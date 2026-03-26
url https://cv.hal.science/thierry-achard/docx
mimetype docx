--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -717,161 +717,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rh(I) Complexes with Hemilabile Thioether-Functionalized NHC Ligands as Catalysts for [2 + 2 + 2] Cycloaddition of 1,5-Bisallenes and Alkynes</w:t>
+                <w:t xml:space="preserve">Cubane Copper(I) Iodide Clusters with Remotely Functionalized Phosphine Ligands: Synthesis, Structural Characterization and Optical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Vila</w:t>
+                <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miquel Solà</w:t>
+                <w:t xml:space="preserve">Thibault Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Egly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Giuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna Pla-Quintana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (5), pp.3201-3210. </w:t>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (6), pp.1210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/sym15061210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075127v1</w:t>
+                <w:t xml:space="preserve">hal-04295382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent progress in developing thioether-containing ligands for catalysis applications</w:t>
               </w:r>
@@ -942,161 +942,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cubane Copper(I) Iodide Clusters with Remotely Functionalized Phosphine Ligands: Synthesis, Structural Characterization and Optical Properties</w:t>
+                <w:t xml:space="preserve">Rh(I) Complexes with Hemilabile Thioether-Functionalized NHC Ligands as Catalysts for [2 + 2 + 2] Cycloaddition of 1,5-Bisallenes and Alkynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Bissessar</w:t>
+                <w:t xml:space="preserve">Jordi Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Thierry</w:t>
+                <w:t xml:space="preserve">Miquel Solà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bellemin-Laponnaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Egly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Achard</w:t>
+                <w:t xml:space="preserve">Anna Pla-Quintana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (6), pp.1210. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (5), pp.3201-3210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/sym15061210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04295382v1</w:t>
+                <w:t xml:space="preserve">hal-04075127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triphenylphosphonium-functionalized N-heterocyclic carbene platinum complexes [(NHC-TPP+)Pt] induce cell death of human glioblastoma cancer stem cells</w:t>
               </w:r>
@@ -1333,64 +1333,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A stable and photoreactive copper-iodide cubane suitable for direct post-functionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1467,51 +1467,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Half-sandwich ruthenium complexes bearing hemilabile κ 2 -(C,S)thioether-functionalized NHC ligands: application to amide synthesis from alcohol and amine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weighang Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1978,64 +1978,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper(I) complexes with remotely functionalized phosphine ligands: synthesis, structural variety, photophysics and effect onto the optical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2106,157 +2106,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral stimuli-responsive metallo-supramolecular assembly induced by Cu II /Cu I redox change</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Bonnefont</w:t>
+                <w:t xml:space="preserve">Hyperpositive nonlinear effects in asymmetric catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Geiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Maisse-François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bellemin-Laponnaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (61), pp.8703-8706. </w:t>
+              <w:t xml:space="preserve">Nature Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (5), pp.422-426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0CC01716G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41929-020-0441-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02997577v1</w:t>
+                <w:t xml:space="preserve">hal-02997477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of hyperpositive non-linear effect in catalytic asymmetric organozinc additions to aldehydes. ‡</w:t>
               </w:r>
@@ -2470,144 +2457,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02997780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperpositive nonlinear effects in asymmetric catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Geiger</w:t>
+                <w:t xml:space="preserve">Chiral stimuli-responsive metallo-supramolecular assembly induced by Cu II /Cu I redox change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Marinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bonnefont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Maisse-François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bellemin-Laponnaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (5), pp.422-426. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (61), pp.8703-8706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41929-020-0441-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0CC01716G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02997477v1</w:t>
+                <w:t xml:space="preserve">hal-02997577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of N-heterocyclic carbene dithiocarbamate platinum complexes with antitumoral activity</w:t>
               </w:r>
@@ -2853,51 +2853,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, characterization, catalytic and biological application of half-sandwich ruthenium complexes bearing hemilabile (κ2- C , S )-thioether-functionalised NHC ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weighang Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amalia I Poblador-Bahamonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3329,64 +3329,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyst-free hydrophosphination of alkenes in presence of 2-methyltetrahydrofuran: a green and easy access to a wide range of tertiary phosphines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3472,51 +3472,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easy ruthenium-catalysed oxidation of primary amines to nitriles under oxidant free conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Sigrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3840,51 +3840,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Structural Characterization and Anti-Proliferative Activity of (κ 1 - C )- and (κ 2 - C , S )-Pt II Complexes Bearing Thioether-Functionalized N-Heterocyclic Carbenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Egly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4000,51 +4000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bellemin-Laponnaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Geiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4238,51 +4238,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust and recyclable self-supported chiral nickel catalyst for the enantioselective michael addition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bissessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4426,385 +4426,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04818671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Formation of cis-N-Heterocyclic Carbene-PtII-Pnictogen Complexes and in vitro Evaluation of Their Cytotoxic Activities toward Cancer Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Palladium-Catalyzed [2+1] Cycloadditions Affording Vinylidenecyclopropanes as Precursors of 7-Membered Carbocycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Dahm</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Maisse-François</w:t>
+                <w:t xml:space="preserve">Aymeric Lepronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse Tenaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Buono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201600296⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 358, pp.631 - 642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201500971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971673v1</w:t>
+                <w:t xml:space="preserve">hal-01409737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium-Catalyzed [2+1] Cycloadditions Affording Vinylidenecyclopropanes as Precursors of 7-Membered Carbocycles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Lepronier</w:t>
+                <w:t xml:space="preserve">Selective Formation of cis-N-Heterocyclic Carbene-PtII-Pnictogen Complexes and in vitro Evaluation of Their Cytotoxic Activities toward Cancer Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Dahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Maisse-François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bellemin-Laponnaz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (17), pp.2828-2836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201600296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsc.201500971⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01409737v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regio- and Diastereoselective Platinum-Catalyzed Tandem [2+1]/[3+2] Cycloaddition Sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Lepronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, </w:t>
@@ -4855,90 +4855,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steric Control in the Synthesis of Phosphinous Acid-Coordinated Mono- and Binuclear Platinum(II) Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alphonse Tenaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Buono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 29 (17), pp.3936 - 3950. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5004,103 +5004,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palladium-Catalyzed [2+1] Cycloadditions Affording Vinylidenecyclopropanes as Precursors of 7-Membered Carbocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Lepronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alphonse Tenaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Buono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
@@ -5139,90 +5139,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Regio- and Diastereoselective Platinum-Catalyzed Tandem [2+1]/[3+2] Cycloaddition Sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Lepronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
@@ -5338,51 +5338,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7313CE7F"/>
+    <w:nsid w:val="E63367A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5569,51 +5569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-achard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8271-8718" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/20042386X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Schiavo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Baio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Guerra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mechrouk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202500146" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374191v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Zampieri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Donati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Achard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin-Laponnaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2025.112957" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781084v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leforestier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weighang Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse-Francois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401390" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo de Marco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Giuso" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzio Rancan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Baron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300184" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075127v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vila" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Sol&#224;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pla-Quintana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05790" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295256v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2193-4927" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295382v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bissessar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Thierry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Egly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15061210" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fernandez de Larrinoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Parmentier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kichler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dontenwill" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123071" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295265v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300188" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871610v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Steffanut" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mauro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200101" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871594v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202101033" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Marinova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse&#8208;fran&#231;ois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin&#8208;laponnaz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23342" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402045v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Geiger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100183" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401905v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dal Grande" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Orian" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Graiff" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100495" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998095v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heinrich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2020.119971" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997577v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CC01716G" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997540v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23271" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997780v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC04724D" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997477v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-020-0441-1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997509v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Verron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Seguin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000329" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960887v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouch&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vincent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25143148" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998170v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia I Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT04825A" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455618v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Egger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Tortoreto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202000190" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011422v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202001209" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346495v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Torres-Werl&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Taupier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b03484" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA04896K" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330378v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sigrist" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902557" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383258v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT02113A" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346501v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ulm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Choppin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chetcuti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT03882A" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399270v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701183" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187579v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2016.10.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406536v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Boeglin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4973580" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187591v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600083" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2D402LBS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818671v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2016.8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971673v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dahm" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600296" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1PLVJFMX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409737v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Lepronier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giordano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphonse Tenaglia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Buono" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500971" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409129v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Clavier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201007992" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658601v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Om100602j" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01768464v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02531896v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-achard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8271-8718" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/20042386X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Schiavo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Baio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Guerra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mechrouk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202500146" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374191v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Zampieri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Donati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Achard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin-Laponnaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2025.112957" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781084v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leforestier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weighang Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse-Francois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401390" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo de Marco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Giuso" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzio Rancan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Baron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300184" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295382v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bissessar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Thierry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Egly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15061210" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295256v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2193-4927" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075127v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vila" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Sol&#224;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pla-Quintana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fernandez de Larrinoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Parmentier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kichler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dontenwill" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123071" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295265v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300188" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871610v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Steffanut" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mauro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200101" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871594v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202101033" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Marinova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Maisse&#8208;fran&#231;ois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin&#8208;laponnaz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23342" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402045v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Geiger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100183" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401905v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dal Grande" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Orian" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Graiff" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100495" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998095v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heinrich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2020.119971" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997477v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-020-0441-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997540v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23271" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997780v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC04724D" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CC01716G" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997509v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Verron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Seguin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000329" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960887v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouch&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vincent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25143148" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998170v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia I Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT04825A" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455618v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Egger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Tortoreto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202000190" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011422v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202001209" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346495v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Torres-Werl&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Taupier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b03484" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA04896K" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330378v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sigrist" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902557" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383258v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT02113A" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346501v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ulm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Choppin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chetcuti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT03882A" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399270v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701183" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187579v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2016.10.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406536v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Boeglin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4973580" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187591v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600083" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2D402LBS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818671v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2016.8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409737v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Lepronier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giordano" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphonse Tenaglia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Buono" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500971" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971673v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dahm" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600296" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1PLVJFMX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409129v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Clavier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201007992" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658601v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Om100602j" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01768464v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02531896v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>