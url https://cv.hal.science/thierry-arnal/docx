--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:141.69741697417px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thierry Arnal </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Maître de Conférences HDR à l'Université Polytechnique Hauts-de-France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thierry-arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">122780817</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal est maître de conférences HDR à l’Université Polytechnique Hauts-de-France (Institut des Transversalités, des sports et de la Santé). Ses travaux portent sur l’étude des mutations sociales analysées au prisme de l’apparition ou de la transformation des activités physiques et sportives et de leur environnement. Co-directeur de plusieurs ouvrages collectifs, il est l’auteur de : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La révolution des mouvements : gymnastique, morale et démocratie au temps d’Amoros,1818-1838</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (L’Harmattan, 2009) et de : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d’une dénaturation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Hermann, 2026).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d'une dénaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, pp.390, 2026, 9791037047588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps au travail. Performance, discipline, fatigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">New Digital Frontiers, pp.424, 2021, 978-88-99487-93-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur la gymnastique, 1843 : Sergent Jean-Joseph Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Roynette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Vigarello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal; Odile Roynette; Georges Vigarello. Presses universitaires de Valenciennes, 117 pp., 2018, 978-2-36424-057-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la gymnastique moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Terret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution des mouvements. Gymnastique, morale et démocratie au temps d’Amoros (1818-1838).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. 2009, Collection Espaces et temps du sport</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives du « sport » : un autre regard sur l’histoire locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Retour aux sources !" Cycle de conférences autour des Archives de Valenciennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives municipales et communales de Valenciennes, Mar 2025, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04999652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme vert à la rencontre du tourisme social ? L’exemple du Parc Loisirs et Nature de la Porte du Hainaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et habitants : conflits, cohabitations et coopérations entre les visiteurs, les acteurs locaux et internationaux du tourisme et les populations des destinations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AsTRES, Dec 2025, Valenciennes Cedex 9, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gymnastique avant Joinville : retour sur l’œuvre d’Amoros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Une longueur d’avance ! Ecole de Joinville, l’invention du sport contemporain (1852-1939)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée Intercommunal de Nogent-sur-Marne., Oct 2023, Nogent-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lassitude au travail a-t-elle un âge? . Le ressenti des professeurs d’EPS de l’Académie de Lille aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les âges au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Gustave Eiffel, Nov 2022, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du corps obèse depuis le Moyen-âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales Sport et obésité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Métiers du Sport, Mar 2022, Kénitra, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Rendez-vous de la DASCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction des Affaires Scolaire, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sauvegarde du patrimoine industriel et préservation du patrimoine naturel : la course des terrils de Raismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Carrefour d’histoire du sport et de la Société française d’Histoire du Sport - 22e Conference of the European Committee for Sports History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education physique et gestion des risques professionnels (XIXe-XXe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps au travail. Performance, discipline et fatigue à l’épreuve du métier (XVIIe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACP - Université Gustave Eiffel; CALHISTE - Université de Valenciennes; CETCOPRA - Université Paris 1, Jun 2017, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Demeny et l’invention du mouvement économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Georges Demeny</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de Recherche Pluridisciplinaire Sport, Santé, Société, Nov 2017, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'athlète et l'ouvrier : deux figures du corps productif au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude "Le corps au travail : performance, discipline et fatigue dans les mondes de l'industrie (XVIIe-XXe)"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CALHISTE - Université de Valenciennes; ACP - Université Marne-la-Vallée, Dec 2016, Valenciennes (Nord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des premiers défis aux compétitions réglementées : les courses à pied au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux, sports et loisirs en France à l'époque moderne (16e-19e siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 13,, May 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des jeux anciens aux premières compétitions : la naissance du sport moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition « Architecture des sports »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service d’Art et d’Histoire et la médiathèque de Cambrai,, Oct 2013, Cambrai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques modèles du physique et leurs conséquences sur les fonctions civiques et hygiéniques attribuées à la gymnastique (Du consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Histoire des Sciences et des Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d’Histoire des Sciences et des Techniques, May 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour de quelques spécificités morales de la gymnastique française et de leur incompatibilité avec l’esprit du Turnen (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès international de l’I.S.H.P.E.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the History of Physical Education and Sport, Aug 2011, Francfort, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Education Générale et Sportive et ses cadres : une pédagogie des disciplines d’action au service de l’édification d’un homme complet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Froissart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2011, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gymnastique comme outil de développement, de discipline et de gestion économique des forces physiques dans l’action éducative des philanthropes libéraux français du premier XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès international de l’I.S.H.P.E.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the History of Physical Education and Sport, Jul 2009, Stirling, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions de l’Homme et usages moraux de la gymnastique (du Consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international : Aux origines de la gymnastique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Valenciennes, Apr 2009, Valenciennes (Nord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gymnastique et éducation du citoyen au cours de la première moitié du XIXe siècle en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2009, Lyon (Fr), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie physique et réforme libérale : L’exemple de la gymnastique d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2007, Leuven, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du sujet moral comme finalité éducative de la méthode de gymnastique d’Amoros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Biennale de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRP – APRIEF, Apr 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d'une dénaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 1 - Panthéon Sorbonne, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04999809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des premiers défis aux compétitions réglementées : la course à pied au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Belmas et Laurent Turcot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux, sports et loisirs en France du XVIe au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.135-146, 2024, 978-2-7535-9525-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04674065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sauvegarde du patrimoine minier et préservation du patrimoine naturel : la course des terrils, une vitrine pour la région Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Loudcher, Pauline Soulier, André Suchet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Héritage sportif et dynamique patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de la Méditerranée, pp.137-155, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exercice de la prévoyance : éducation physique et gestion des risques professionnels (XIXe-XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal, Corine Maitte, Thierry Pillon, Didier Terrier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps au travail. Performance, discipline, fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, New Digital Frontiers, pp.331-354, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amoros et l’invention de la gymnastique militaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal, Odile Roynette, Georges Vigarello. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes sur la gymnastique (1843) du sergent Jean-Joseph Barbier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.101-117, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rapports du physique et du moral en question au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anaïs Bohuon et Grégory Quin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’exercice corporel du XVIIIe siècle à nos jours. De la thérapeutique à la performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Glyphe, pp.41-60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amoros et les militaires : histoire d'une relation tourmentée autour de la mise en œuvre d'une gymnastique du soldat (1818-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Groupe d’études de recherche de la mémoire de l’enseignement du sport. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecole de Joinville, d'hier à aujourd’hui ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-21, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La aparición de la gimnasia en la educación de los jóvenes franceses : el Gimnasio Civil de Grenelle como lugar de experimentación de una pedagogía nueva (1820-1833)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pablo Scharagrodsky,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La invención del ‘homo gymnasticus’. Fragmentos históricos sobre la educación de los cuerpos en movimiento en Occidente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prometeo, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions de l’homme et usages moraux de la gymnastique (Du Consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal &amp; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux origines de la gymnastique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.39-55, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Beltramo, Jean Bréhon, Olivier Chovaux, François Da Rocha Carneiro (dir), Vingt ans après… Ecrire l’histoire du sport, Limoges, Presses universitaires de Limoges, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°146, pp.167-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du stade Nungesser au stade du Hainaut : Entre légende et modernité, une transition difficile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du Nord. Collection Histoire (Hors série)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n°46, pp.195-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le noir et le vert : la course des terrils de Raismes, entre construction et recomposition de l’identité d’un ancien territoire minier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.57-86. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.017.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy, Le sport et la Grande Guerre , Paris, Chistera, 2018, 479 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 127 (1), pp.89-92. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.127.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science et séduction du nouveau corps athlétique : à l'origine du sport en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56, pp.189-206. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rh19.5627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle et pouvoir de l'arbitre en football : approche historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Tenèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Joncheray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.11 - 22. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2014019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLEZ RACING : décryptage du processus de construction et d’idéalisation d’une identité minière au sein d’un club de football amateur du Bassin Houiller Aveyronnais (1951-1961)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6, pp.35-62. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.006.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’invention d’une pédagogie et ses usages politiques : réflexions autour de la fonction idéologique de la méthode de gymnastique mutuelle et libérale d’Amoros (1815-1837)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp.187-202. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.032.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chalopin, L’Enseignement mutuel en Bretagne. Quand les écoliers bretons faisaient la classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (118), pp.156-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bernardeau-Moreau & Cécile Colinet (dir.), Les éducateurs sportifs en France depuis 1945. Questions sur la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (127), pp.145-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discipline de la raison et rationalité des actes : Genèse et usages d’une gymnastique du cerveau dans la méthode d’éducation physique et morale d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 80, pp.85-97. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.080.0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps des boxeurs. La virilité à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retro News, n°2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.141-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hercule au sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire, n°427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.68-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Révolution des mouvements. Gymnastique, morale et démocratie au temps d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 5 Sorbonne Descartes, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04999802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId78"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.4375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thierry Arnal </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Maître de Conférences HDR à l'Université Polytechnique Hauts-de-France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thierry-arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">122780817</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal est maître de conférences HDR à l’Université Polytechnique Hauts-de-France (Institut des Transversalités, des sports et de la Santé). Ses travaux portent sur l’étude des mutations sociales analysées au prisme de l’apparition ou de la transformation des activités physiques et sportives et de leur environnement. Co-directeur de plusieurs ouvrages collectifs, il est l’auteur de : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La révolution des mouvements : gymnastique, morale et démocratie au temps d’Amoros,1818-1838</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (L’Harmattan, 2009) et de : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d’une dénaturation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Hermann, 2026).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d'une dénaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, pp.390, 2026, 9791037047588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps au travail. Performance, discipline, fatigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">New Digital Frontiers, pp.424, 2021, 978-88-99487-93-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur la gymnastique, 1843 : Sergent Jean-Joseph Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Roynette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Vigarello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal; Odile Roynette; Georges Vigarello. Presses universitaires de Valenciennes, 117 pp., 2018, 978-2-36424-057-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la gymnastique moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Terret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution des mouvements. Gymnastique, morale et démocratie au temps d’Amoros (1818-1838).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. 2009, Collection Espaces et temps du sport</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme vert à la rencontre du tourisme social ? L’exemple du Parc Loisirs et Nature de la Porte du Hainaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 389, pp.86-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05560374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Beltramo, Jean Bréhon, Olivier Chovaux, François Da Rocha Carneiro (dir), Vingt ans après… Ecrire l’histoire du sport, Limoges, Presses universitaires de Limoges, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°146, pp.167-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du stade Nungesser au stade du Hainaut : Entre légende et modernité, une transition difficile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du Nord. Collection Histoire (Hors série)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n°46, pp.195-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le noir et le vert : la course des terrils de Raismes, entre construction et recomposition de l’identité d’un ancien territoire minier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.57-86. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.017.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy, Le sport et la Grande Guerre , Paris, Chistera, 2018, 479 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 127 (1), pp.89-92. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.127.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science et séduction du nouveau corps athlétique : à l'origine du sport en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56, pp.189-206. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rh19.5627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle et pouvoir de l'arbitre en football : approche historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Tenèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Joncheray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.11 - 22. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2014019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLEZ RACING : décryptage du processus de construction et d’idéalisation d’une identité minière au sein d’un club de football amateur du Bassin Houiller Aveyronnais (1951-1961)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6, pp.35-62. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.006.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chalopin, L’Enseignement mutuel en Bretagne. Quand les écoliers bretons faisaient la classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (118), pp.156-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’invention d’une pédagogie et ses usages politiques : réflexions autour de la fonction idéologique de la méthode de gymnastique mutuelle et libérale d’Amoros (1815-1837)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp.187-202. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.032.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bernardeau-Moreau & Cécile Colinet (dir.), Les éducateurs sportifs en France depuis 1945. Questions sur la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (127), pp.145-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discipline de la raison et rationalité des actes : Genèse et usages d’une gymnastique du cerveau dans la méthode d’éducation physique et morale d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 80, pp.85-97. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.080.0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives du « sport » : un autre regard sur l’histoire locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Retour aux sources !" Cycle de conférences autour des Archives de Valenciennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives municipales et communales de Valenciennes, Mar 2025, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04999652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme vert à la rencontre du tourisme social ? L’exemple du Parc Loisirs et Nature de la Porte du Hainaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et habitants : conflits, cohabitations et coopérations entre les visiteurs, les acteurs locaux et internationaux du tourisme et les populations des destinations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AsTRES, Dec 2025, Valenciennes Cedex 9, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gymnastique avant Joinville : retour sur l’œuvre d’Amoros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Une longueur d’avance ! Ecole de Joinville, l’invention du sport contemporain (1852-1939)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée Intercommunal de Nogent-sur-Marne., Oct 2023, Nogent-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Rendez-vous de la DASCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction des Affaires Scolaire, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lassitude au travail a-t-elle un âge? . Le ressenti des professeurs d’EPS de l’Académie de Lille aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les âges au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Gustave Eiffel, Nov 2022, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du corps obèse depuis le Moyen-âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales Sport et obésité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Métiers du Sport, Mar 2022, Kénitra, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sauvegarde du patrimoine industriel et préservation du patrimoine naturel : la course des terrils de Raismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Carrefour d’histoire du sport et de la Société française d’Histoire du Sport - 22e Conference of the European Committee for Sports History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education physique et gestion des risques professionnels (XIXe-XXe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps au travail. Performance, discipline et fatigue à l’épreuve du métier (XVIIe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACP - Université Gustave Eiffel; CALHISTE - Université de Valenciennes; CETCOPRA - Université Paris 1, Jun 2017, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Demeny et l’invention du mouvement économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Georges Demeny</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de Recherche Pluridisciplinaire Sport, Santé, Société, Nov 2017, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'athlète et l'ouvrier : deux figures du corps productif au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude "Le corps au travail : performance, discipline et fatigue dans les mondes de l'industrie (XVIIe-XXe)"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CALHISTE - Université de Valenciennes; ACP - Université Marne-la-Vallée, Dec 2016, Valenciennes (Nord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des premiers défis aux compétitions réglementées : les courses à pied au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux, sports et loisirs en France à l'époque moderne (16e-19e siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 13,, May 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des jeux anciens aux premières compétitions : la naissance du sport moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition « Architecture des sports »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service d’Art et d’Histoire et la médiathèque de Cambrai,, Oct 2013, Cambrai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques modèles du physique et leurs conséquences sur les fonctions civiques et hygiéniques attribuées à la gymnastique (Du consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Histoire des Sciences et des Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d’Histoire des Sciences et des Techniques, May 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour de quelques spécificités morales de la gymnastique française et de leur incompatibilité avec l’esprit du Turnen (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès international de l’I.S.H.P.E.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the History of Physical Education and Sport, Aug 2011, Francfort, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Education Générale et Sportive et ses cadres : une pédagogie des disciplines d’action au service de l’édification d’un homme complet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Froissart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2011, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gymnastique comme outil de développement, de discipline et de gestion économique des forces physiques dans l’action éducative des philanthropes libéraux français du premier XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès international de l’I.S.H.P.E.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the History of Physical Education and Sport, Jul 2009, Stirling, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions de l’Homme et usages moraux de la gymnastique (du Consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international : Aux origines de la gymnastique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Valenciennes, Apr 2009, Valenciennes (Nord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gymnastique et éducation du citoyen au cours de la première moitié du XIXe siècle en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2009, Lyon (Fr), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie physique et réforme libérale : L’exemple de la gymnastique d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès International de l’A.C.A.P.S.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2007, Leuven, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du sujet moral comme finalité éducative de la méthode de gymnastique d’Amoros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Biennale de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRP – APRIEF, Apr 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux du sport. Itinéraire d'une dénaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 1 - Panthéon Sorbonne, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04999809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des premiers défis aux compétitions réglementées : la course à pied au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Belmas et Laurent Turcot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux, sports et loisirs en France du XVIe au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.135-146, 2024, 978-2-7535-9525-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04674065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sauvegarde du patrimoine minier et préservation du patrimoine naturel : la course des terrils, une vitrine pour la région Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Champin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Loudcher, Pauline Soulier, André Suchet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Héritage sportif et dynamique patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de la Méditerranée, pp.137-155, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exercice de la prévoyance : éducation physique et gestion des risques professionnels (XIXe-XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal, Corine Maitte, Thierry Pillon, Didier Terrier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps au travail. Performance, discipline, fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, New Digital Frontiers, pp.331-354, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amoros et l’invention de la gymnastique militaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal, Odile Roynette, Georges Vigarello. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes sur la gymnastique (1843) du sergent Jean-Joseph Barbier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.101-117, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rapports du physique et du moral en question au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anaïs Bohuon et Grégory Quin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’exercice corporel du XVIIIe siècle à nos jours. De la thérapeutique à la performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Glyphe, pp.41-60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amoros et les militaires : histoire d'une relation tourmentée autour de la mise en œuvre d'une gymnastique du soldat (1818-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Groupe d’études de recherche de la mémoire de l’enseignement du sport. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecole de Joinville, d'hier à aujourd’hui ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-21, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La aparición de la gimnasia en la educación de los jóvenes franceses : el Gimnasio Civil de Grenelle como lugar de experimentación de una pedagogía nueva (1820-1833)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pablo Scharagrodsky,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La invención del ‘homo gymnasticus’. Fragmentos históricos sobre la educación de los cuerpos en movimiento en Occidente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prometeo, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions de l’homme et usages moraux de la gymnastique (Du Consulat à la Monarchie de Juillet)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Arnal &amp; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux origines de la gymnastique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.39-55, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps des boxeurs. La virilité à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retro News, n°2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.141-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hercule au sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire, n°427</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.68-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Révolution des mouvements. Gymnastique, morale et démocratie au temps d’Amoros (1815-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Arnal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 5 Sorbonne Descartes, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04999802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId79"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2985E7F5"/>
+    <w:nsid w:val="CB4337F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-arnal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122780817" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484815v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arnal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388356v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Maitte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Terrier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pillon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03326594v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roynette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Vigarello" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048291v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04999652v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05426769v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Champin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931846v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053746v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053729v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054375v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931815v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04065494v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054880v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080557v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080552v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080546v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Froissart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080605v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080655v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080567v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080693v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931800v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04999809v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04674065v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049249v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048934v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048911v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048862v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048349v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048882v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048612v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04715740v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04288189v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.017.0057" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702682v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.127.0089" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048143v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.5627" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563276v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ten&#232;ze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2014019" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4FEBE2455EBD41126DEB799A651DFE6F421C38E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048122v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.006.0035" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048074v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.032.0187" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04060102v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04061559v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048057v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0085" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047941v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047414v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04999802v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-arnal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122780817" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484815v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arnal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388356v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Maitte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Terrier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pillon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03326594v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roynette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Vigarello" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048291v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05560374v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Champin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04715740v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04288189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048167v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.017.0057" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.127.0089" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048143v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.5627" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563276v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ten&#232;ze" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2014019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4FEBE2455EBD41126DEB799A651DFE6F421C38E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048122v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.006.0035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04060102v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048074v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.032.0187" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04061559v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048057v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0085" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04999652v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05426769v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931865v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053729v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054375v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054440v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931815v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04065494v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054880v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931833v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080557v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080552v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080546v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Froissart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080605v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080655v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080567v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04080693v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04931800v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04999809v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04674065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049249v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048911v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048862v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048349v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048882v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048612v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047941v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047414v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04999802v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>