--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thierry Berthe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bacterial Antimonite Oxidase AnoA : Unexpected Diversity and Environmental Widespread Occurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Dehaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (3), pp.e70069. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04986528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecotoxicological risk assessment using a multi-scale approach in the estuarine copepod Eurytemora affinis applied to an ecdysone agonist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arcanjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Giusti-Petrucciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Duflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Ravanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 304, pp.119081. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.119081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled responses of the copepod Eurytemora affinis transcriptome and its microbiota to dissolved copper exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arcanjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Trémolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 259, pp.106546. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2023.106546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shifts in sediment bacterial communities reflect changes in depositional environments in a fluviatile context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Copard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gardes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 885, pp.163890. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.163890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild fish from a highly urbanized river (Orge, France) as vectors of culturable Enterobacterales resistant to antibiotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjm-2023-01211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysbiosis of fish gut microbiota is associated with helminths parasitism rather than exposure to PAHs at environmentally relevant concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlie Molbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.11084. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15010-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Record of trace organic contaminants in a river sediment core: from historical wastewater management to historical use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thiebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blanchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145694. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03134012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-persister activity of squalamine against Acinetobacter baumannii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Nicol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Ben Mlouka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.337-342. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2018.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01951034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil fauna as bioindicators of organic matter export in temperate forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 429, pp.549-557. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2018.07.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1259. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in the Structure of Escherichia coli Population and the Pattern of Virulence Genes along a Rural Aquatic Continuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne P Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier P Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre P Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle P Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.609. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of active microbial communities subjected to long-term exposure to chemical contaminants along a 40-year-old sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.4095-4110. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to vancomycin causes a shift in the microbial community structure without affecting nitrate reduction rates in river sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anniet M. Laverman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Cazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roose-Amsaleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13702-13709. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4159-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct diversity of the czcA gene in two sedimentary horizons from a contaminated estuarine core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (18), pp.10787-10802. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-014-3029-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a Complex Relationship between Antibiotics and Antibiotic-Resistant Escherichia Coli: From Medical Center Patients to a Receiving Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Oberlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46, pp.1859−1868. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es203399h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of methylmercury production and modification of the microbial community structure in estuary sediments contaminated with wastewater treatment plant effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (5), pp.1073-1080. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2011.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive exploitation of a karst aquifer leads to Cryptosporidium water supply contamination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Khaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (9), pp.2906-2914. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of hydrological conditions on the Escherichia coli population structure in the water of a creek on a rural watershed.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.222. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00663723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolerance in organisms chronically exposed to estuarine pollution. In: Claude Amiard-Triquet, Philip S. Rainbow.Environmental assessment of estuarine ecosystems, a case study. Eds: CRC Press / Taylor & Francis Group, 2009. Chapitre 7, p. 135-157.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard-Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Créach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978 (1), pp.4200-6260-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence ofantibiotic resistance and class1, 2 and 3 integrons in Escherichia coli isolated froma densely populated estuary (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skurnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 68 (1), pp.118-130. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1574-6941.2009.00655.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of mercury contamination and wastewater effluent input on Gram-negative merA gene abundance in mudflats of an anthropized estuary (Seine, France): a microcosm approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.10-18. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2008.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hydrosedimentary processes and occurrence of mercury-resistant bacteria (merA) in estuary mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lafite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (6), pp.1168-1176. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2008.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00358814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecal-indicator bacteria and sedimentary processes in estuarine mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1-5), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of faecal contamination and the relationship between pathogens and faecal bacterial indicators in an estuarine environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (9), pp.1441-1450. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antimoine, un polluant ré-émergent dans les sols et rivières urbaines : premières études sur la biogéochimie de l’antimoine urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2022 du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’augmentation de prélèvements de biomasses ligneuses sur la macrofaune du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Étude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relathionship between hydrological conditions and Escherichia coli contamination in a karstic rural watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Michaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of logging residue management and wood ash fertilization on forest soil-plant interface biology: a microcosm study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE2 ecologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'arasement d'un barrage sur les la qualité et quantité des transferts sédimentaires : projet Observatoire des Sédiments de la Seine (OSS) 276</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gardes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Copard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Portet-Koltalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport solide et morphodynamique des rivières (TSMR, 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial biofilms' microenvironments and metals cycling in the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of logging residue management and wood ash fertilization on forest soil-plant interface biology: a microcosm study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sfécologie2018 : International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of increased forest biomass export on soil Carbon dynamics RESPIRE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment optimiser la contribution des forêts et de la filière bois à l'atténuation du changement climatique?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of increase in forest biomass export on soil fauna and associated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of increased export of forest biomass on soil fauna and associated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint meeting French Ecology Society – British Ecology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofilms as bioindicators of urban contamination: linking community tolerance to the presence of microbial metal resistance genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piriyanthini Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on mycrobial ecology, ISME14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Copenhagen, Denmark. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contaminants of emerging concern in the Seine river basin: Overview of recent research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Alligant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bigot-Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Seine River Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, Springer, pp.355-380, 2021, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/698_2019_381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des micro-organismes dans la biodisponibilité des contaminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin; Emmanuelle Uher; Catherine Gourlay-Francé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles - Une histoire entre le vivant et son exposome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp.163-202, 2018, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors Influencing the Occurrence and the Fate of E. coli Population in Karst Hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Denamur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William B. White; Janet S. Herman; Ellen K. Herman; Marian Rutigliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Groundwater Contamination and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.219-230, 2017, 978-3-319-51069-9. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-51070-5_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et résilience des estuaires à la contamination en antibiotiques et en bactéries antibiorésistantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cattoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monaco, A.; Prouzet, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques côtiers et adaptations des Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.105-130, 2014, 978-1-78405-002-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive methodology for the assessment of the health status of estuarine ecosystems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard−triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RESPIRE - Récolte des menus bois en forêt - Potentiel, Impact, Indicateurs et remédiations par épandage de cendres de bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André Saint Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Deleuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ADEME. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId188"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thierry Berthe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bacterial Antimonite Oxidase AnoA : Unexpected Diversity and Environmental Widespread Occurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Dehaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (3), pp.e70069. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04986528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecotoxicological risk assessment using a multi-scale approach in the estuarine copepod Eurytemora affinis applied to an ecdysone agonist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arcanjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Giusti-Petrucciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Duflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Ravanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 304, pp.119081. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.119081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled responses of the copepod Eurytemora affinis transcriptome and its microbiota to dissolved copper exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arcanjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Trémolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 259, pp.106546. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2023.106546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shifts in sediment bacterial communities reflect changes in depositional environments in a fluviatile context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Copard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gardes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 885, pp.163890. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.163890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild fish from a highly urbanized river (Orge, France) as vectors of culturable Enterobacterales resistant to antibiotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjm-2023-01211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysbiosis of fish gut microbiota is associated with helminths parasitism rather than exposure to PAHs at environmentally relevant concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlie Molbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.11084. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15010-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Record of trace organic contaminants in a river sediment core: from historical wastewater management to historical use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thiebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blanchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145694. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03134012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-persister activity of squalamine against Acinetobacter baumannii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Nicol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Ben Mlouka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.337-342. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2018.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01951034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil fauna as bioindicators of organic matter export in temperate forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 429, pp.549-557. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2018.07.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1259. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in the Structure of Escherichia coli Population and the Pattern of Virulence Genes along a Rural Aquatic Continuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne P Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier P Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre P Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle P Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.609. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of active microbial communities subjected to long-term exposure to chemical contaminants along a 40-year-old sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.4095-4110. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to vancomycin causes a shift in the microbial community structure without affecting nitrate reduction rates in river sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anniet M. Laverman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Cazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roose-Amsaleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13702-13709. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4159-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct diversity of the czcA gene in two sedimentary horizons from a contaminated estuarine core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (18), pp.10787-10802. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-014-3029-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a Complex Relationship between Antibiotics and Antibiotic-Resistant Escherichia Coli: From Medical Center Patients to a Receiving Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Oberlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46, pp.1859−1868. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es203399h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of methylmercury production and modification of the microbial community structure in estuary sediments contaminated with wastewater treatment plant effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (5), pp.1073-1080. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2011.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive exploitation of a karst aquifer leads to Cryptosporidium water supply contamination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Khaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (9), pp.2906-2914. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of hydrological conditions on the Escherichia coli population structure in the water of a creek on a rural watershed.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.222. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00663723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolerance in organisms chronically exposed to estuarine pollution. In: Claude Amiard-Triquet, Philip S. Rainbow.Environmental assessment of estuarine ecosystems, a case study. Eds: CRC Press / Taylor & Francis Group, 2009. Chapitre 7, p. 135-157.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard-Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Créach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978 (1), pp.4200-6260-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence ofantibiotic resistance and class1, 2 and 3 integrons in Escherichia coli isolated froma densely populated estuary (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skurnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 68 (1), pp.118-130. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1574-6941.2009.00655.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of mercury contamination and wastewater effluent input on Gram-negative merA gene abundance in mudflats of an anthropized estuary (Seine, France): a microcosm approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.10-18. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2008.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecal-indicator bacteria and sedimentary processes in estuarine mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1-5), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hydrosedimentary processes and occurrence of mercury-resistant bacteria (merA) in estuary mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lafite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (6), pp.1168-1176. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2008.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00358814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of faecal contamination and the relationship between pathogens and faecal bacterial indicators in an estuarine environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (9), pp.1441-1450. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antimoine, un polluant ré-émergent dans les sols et rivières urbaines : premières études sur la biogéochimie de l’antimoine urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2022 du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of logging residue management and wood ash fertilization on forest soil-plant interface biology: a microcosm study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE2 ecologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relathionship between hydrological conditions and Escherichia coli contamination in a karstic rural watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Michaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’augmentation de prélèvements de biomasses ligneuses sur la macrofaune du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Étude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'arasement d'un barrage sur les la qualité et quantité des transferts sédimentaires : projet Observatoire des Sédiments de la Seine (OSS) 276</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gardes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Copard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Portet-Koltalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport solide et morphodynamique des rivières (TSMR, 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial biofilms' microenvironments and metals cycling in the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of logging residue management and wood ash fertilization on forest soil-plant interface biology: a microcosm study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Zeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sfécologie2018 : International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of increased forest biomass export on soil Carbon dynamics RESPIRE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Quibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment optimiser la contribution des forêts et de la filière bois à l'atténuation du changement climatique?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of increase in forest biomass export on soil fauna and associated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of increased export of forest biomass on soil fauna and associated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Vincenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint meeting French Ecology Society – British Ecology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofilms as bioindicators of urban contamination: linking community tolerance to the presence of microbial metal resistance genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piriyanthini Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on mycrobial ecology, ISME14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Copenhagen, Denmark. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contaminants of emerging concern in the Seine river basin: Overview of recent research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Alligant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bigot-Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Seine River Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, Springer, pp.355-380, 2021, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/698_2019_381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des micro-organismes dans la biodisponibilité des contaminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin; Emmanuelle Uher; Catherine Gourlay-Francé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles - Une histoire entre le vivant et son exposome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp.163-202, 2018, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors Influencing the Occurrence and the Fate of E. coli Population in Karst Hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Denamur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William B. White; Janet S. Herman; Ellen K. Herman; Marian Rutigliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Groundwater Contamination and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.219-230, 2017, 978-3-319-51069-9. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-51070-5_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et résilience des estuaires à la contamination en antibiotiques et en bactéries antibiorésistantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cattoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monaco, A.; Prouzet, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques côtiers et adaptations des Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.105-130, 2014, 978-1-78405-002-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive methodology for the assessment of the health status of estuarine ecosystems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard−triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RESPIRE - Récolte des menus bois en forêt - Potentiel, Impact, Indicateurs et remédiations par épandage de cendres de bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André Saint Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Deleuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ADEME. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId188"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire da Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Dehaies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arcanjo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Giusti-Petrucciani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119081" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tr&#233;molet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106546" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087295v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.163890" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417454v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Janvier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guigon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjm-2023-01211" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Molbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15010-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03134012v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thiebault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145694" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951034v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Mlouka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Di Martino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2018.11.004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959677v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Elie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Quibel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.07.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522686v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne P Petit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Clermont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P Servais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le P Gourmelon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00609" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110969v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Kaci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boust" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4506-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146843v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cazier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4159-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614022v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lesueur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vrel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3029-y" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oberl&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203399h" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735680v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ramond" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baghdad Ouddane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2011.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ9H30XK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735372v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khaldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdy Ratajczak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gargala" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.03.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PG7TQJZ9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratajczak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Clermont" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pawlak" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-222" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480256v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard-Triquet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dourou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436572v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skurnik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00655.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433902v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2008.10.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSXCDQV3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358814v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2008.02.022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3RL8TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333441v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leloup" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.10.013" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCBMBWBK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Touron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.05.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLWVQ51C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781678v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Philippe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Da Costa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420902v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299729v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Michaut" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Valdes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437849v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381413v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Portet-Koltalo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017584v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rollot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420876v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420918v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420927v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599313v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piriyanthini Peter" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894943v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Alligant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_381" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439038v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439007v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clermont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51070-5_25" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01115748v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leclercq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cattoir" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481482v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard&#8722;triquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Amiard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180971v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233; Saint Andre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Richter" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deleuze" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire da Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Dehaies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arcanjo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Giusti-Petrucciani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119081" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tr&#233;molet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106546" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087295v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.163890" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417454v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Janvier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guigon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjm-2023-01211" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Molbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15010-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03134012v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thiebault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145694" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951034v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Mlouka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Di Martino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2018.11.004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959677v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Elie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Quibel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.07.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522686v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne P Petit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Clermont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P Servais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le P Gourmelon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00609" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110969v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Kaci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boust" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4506-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146843v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cazier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4159-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614022v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lesueur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vrel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3029-y" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oberl&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203399h" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735680v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ramond" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baghdad Ouddane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2011.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ9H30XK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735372v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khaldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdy Ratajczak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gargala" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.03.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PG7TQJZ9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratajczak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Clermont" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pawlak" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-222" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480256v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard-Triquet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dourou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436572v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skurnik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00655.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433902v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2008.10.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSXCDQV3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333441v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touron" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leloup" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.10.013" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCBMBWBK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358814v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafite" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2008.02.022" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3RL8TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Touron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.05.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLWVQ51C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781678v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Philippe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Da Costa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437849v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299729v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Michaut" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Valdes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420902v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381413v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Portet-Koltalo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017584v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rollot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420876v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420918v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420927v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599313v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piriyanthini Peter" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894943v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Alligant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_381" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439038v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439007v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clermont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51070-5_25" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01115748v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leclercq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cattoir" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481482v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard&#8722;triquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Amiard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180971v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233; Saint Andre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Richter" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deleuze" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>