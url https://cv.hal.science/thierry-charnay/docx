--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -468,329 +468,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La construction identitaire de Marcelle Delpastre par la mémoire des ethno-textes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marcelle Delpastre : une femme-monde, Université Jean-Jaurès de Toulouse et GARAE Ethnopôle Carcassonne, 24, 25 octobre 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Toulouse et Carcassonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'alliance homme-animal dans l'ethno-conte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle un jour un conte, Des animaux reconnaissants à " La Belle aux cheveux d'or ", Université de Lille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bochra Charnay et Thierry Charnay, Mar 2024, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’eau de vie – l’eau de mort dans l’ethno-conte »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrire la nature : du symbolisme à l’écopoétique en littérature/littérature de jeunesse. Première partie « L’Eau » Universités de Lille et de Hradec Kralove, 21-22 mars 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bochra Charnay, Thierry Charnay et Květuše Kunešová, Mar 2024, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le pouvoir des contes comme initiation à la nature et à l’environnement », 28 janvier 2024, Université Populaire Lille. (Lille /France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université populaire de Lille, Jan 2024, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478497v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04478659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La francité &amp;quot;franchouillarde&amp;quot; dans les albums d'Astérix, texte et icône</w:t>
               </w:r>
@@ -1272,51 +1272,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L'instabilité temporelle dans l’ethno-conte français »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le temps vécu, le temps raconté en littérature de jeunesse, 24 - 25 mars 2022.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bochra Charnay, Thierry Charnay et Květuše Kunešová, Mar 2022, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1479,51 +1479,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Une écriture palimpseste et fantaisiste : Les Huit pendues de Barbe-Bleue d’Alphonse Daudet », colloque international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1656,208 +1656,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04477920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La parenté tragique dans l’ethno-chanson &amp;quot; l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 5, octobre 2023</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Famille : le travail de l’imaginaire en actes. Introduction &amp;quot;, L’Oiseau Bleu, revue du conte et de la littérature de jeunesse n° 5, octobre 2023.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bochra Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Oiseau bleu </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04477939v1</w:t>
+                <w:t xml:space="preserve">hal-04477608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Famille : le travail de l’imaginaire en actes. Introduction &amp;quot;, L’Oiseau Bleu, revue du conte et de la littérature de jeunesse n° 5, octobre 2023.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La parenté tragique dans l’ethno-chanson &amp;quot; l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 5, octobre 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Oiseau bleu </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04477608v1</w:t>
+                <w:t xml:space="preserve">hal-04477939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La jeune fille sans mains&amp;quot; : une réécriture poétique conforme et critique de la version des Grimm par Anne Sexton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1904,51 +1904,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réécritures du ‘Petit chaperon rouge’ : l’ethno-conte perverti » l’Oiseau Bleu revue du conte et de la littérature de jeunesse numéro 4, juillet 2023.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2193,51 +2193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : les enjambées du &amp;quot;Chat botté&amp;quot;, Fabula, février 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2366,51 +2366,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Christiane Connan-Pintado et Gilles Béhotéguy (dir.), Littérature de jeunesse au présent (2), Genres graphiques en question(s), Presses universitaires de Bordeaux, « Études sur le livre de jeunesse », 2020 », dans l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 1, octobre 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Oiseau bleu </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2636,187 +2636,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« L’animal décepteur mais bienfaiteur dans l’ethno-conte français. Contractualisation et véridiction », Fabula, février 2022.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le motif de « l’enfant exposé » : un cas type de la permanence des schémas mythiques par-delà les genres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fééries. Études sur le conte merveilleux XVIIe-XIXe siècle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/feeries.2348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/feeries.2348⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04475849v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04478049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Les Désastreuses aventures ‘ pédagogiques des schémas narratifs &amp;quot;, Ondina/Ondine, n°4, 2020.</w:t>
               </w:r>
@@ -2981,51 +2981,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le Petit Chaperon rouge » dans ses expansions hypertextuelles et hypericoniques, l'Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 4, juillet 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3063,51 +3063,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Famille et parenté dans les fictions pour la jeunesse : troubles, instabilités et mutations, l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 5, octobre 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3145,51 +3145,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chat botté&amp;quot; dans ses expansions hypertextuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3227,51 +3227,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les trois petits cochons » et ses expansions hypertextuelles, l’Oiseau Bleu, revue du conte et de la littérature de jeunesse, numéro 2, avril 2022.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3302,51 +3302,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mort et le deuil dans les fictions pour la jeunesse, l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro 3, juillet 2022.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3384,51 +3384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naître et renaître dans les fictions pour la jeunesse, l’Oiseau Bleu revue du conte et de la littérature de jeunesse, numéro n°1 octobre 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3466,51 +3466,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentiments et émotions dans les fictions pour la jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3583,191 +3583,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Figurations des insectes dans les ethno-contes de randonnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bochra Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’insecte au miroir des livres pour la jeunesse. Présence, représentations, discours, Christiane Connan-Pintado (dir.), Presses Universitaires Blaise Pascal, 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, ISSN 1242-7888</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La violence des châtiments dans les clausules : des ethno-contes aux contes d’auteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cruautés et violences dans le conte et dans le récit bref, Jacqueline Bel, Jean Devaux, Xavier Escudero, Ramón Pérez Parejo, José Soto Vázquez, Carl Vetters (dir.), Düren, éd. Shaker Verlag, 2022, 796 p</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 978-3-8440-7728-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04476212v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04476235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l’Orbis Sensalium Pictus à Rôti-Cochon : deux visons du monde ?</w:t>
               </w:r>
@@ -3960,51 +3960,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le conte en bandes et en dérision chez Gotlib dans Rubrique-à-brac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4174,178 +4174,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04477822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« La musique harmonique/cacophonique dans le conte traditionnel ‘La danse dans les épines’ »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la musique avant toute chose en Littérature de jeunesse, Bochra Charnay, Thierry Charnay et Květuše Kunešová (dir.), Gaudeamus, Université Hradec Králové, République tchèque, p. 17-37. 253 p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 978-80-7435-697-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Entre rhétorique guerrière et poétique terrienne : la figure du soldat dans les chants patriotiques et les contes d’Henri Pourrat »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14-18 Dramatisation du récit de guerre,2018, Danièle Henky (dir), p. 12- 33. https://hal.archives-ouvertes.fr/hal-01808439</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04476911v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04477832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La maltraitance exemplaire des « Enfants terribles » : le cas du Struwwelpeter ou Pierre L’Ébouriffé »</w:t>
               </w:r>
@@ -4400,51 +4400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Préface »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4652,51 +4652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métamorphoses et transfigurations dans la littérature de jeunesse, Gaudeamus, Université Hradec Králové, République tchèque.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4740,51 +4740,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Littérature de jeunesse : richesse de l’objet, diversité des approches, vol. 2. Corps et guerre : de nouveaux espaces fictionnels, éditions du Conseil Scientifique de l’Université de Lille, coll. « UL3 Travaux et recherches », 242 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4815,51 +4815,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la musique avant toute chose en Littérature de jeunesse, Gaudeamus, Université Hradec Králové, République tchèque, 253 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4903,51 +4903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malveillance/ maltraitance de l’enfant dans les récits pour jeune public, Gaudeamus, Université Hradec Kralové, République tchèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4991,51 +4991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Littérature de jeunesse : richesse de l’objet, diversité des approches, Vol. 1, éditions du Conseil Scientifique de l’Université Lille 3, coll. « UL3 Travaux et recherches », 397 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5066,51 +5066,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contes merveilleux de Tunisie, Maisonneuve et Larose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Charnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5231,51 +5231,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="71BA6F6B"/>
+    <w:nsid w:val="2B892111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5462,51 +5462,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-charnay" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6263-3052" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484726v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charnay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484729v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484735v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484722v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478635v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra Charnay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478497v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478659v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478649v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478426v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478479v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478448v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478527v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478535v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478607v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478547v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477920v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477939v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477608v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475842v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.5389" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477624v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477954v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478302v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477991v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476046v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.7679" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477967v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478320v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478307v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478069v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478136v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475849v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.2348" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478049v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478201v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.201812039" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476534v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476528v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476572v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476571v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476843v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.202054838" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476212v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476235v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477772v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478618v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477786v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476270v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477806v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476911v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477832v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476923v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477866v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477902v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476498v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kv&#283;tu&#353;e Kune&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476500v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476503v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476505v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476506v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476496v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-charnay" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6263-3052" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484726v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charnay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484729v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484735v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484722v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478659v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478633v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478635v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra Charnay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478497v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478649v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478426v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478479v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478448v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478527v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478535v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478607v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478547v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477920v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477608v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477939v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475842v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.5389" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477624v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477954v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478302v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477991v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476046v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.7679" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477967v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478320v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478307v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478069v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478136v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478049v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475849v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.2348" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478201v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.201812039" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476534v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476528v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476572v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476571v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476843v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.202054838" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476235v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477772v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478618v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477786v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476270v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477806v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477832v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476911v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476923v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477866v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477902v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476498v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kv&#283;tu&#353;e Kune&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476500v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476503v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476505v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476506v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476496v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>