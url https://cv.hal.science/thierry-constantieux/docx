--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -721,295 +721,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04890905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Synthesis of Atropisomers by Oxidative Aromatization with Central-to-Axial Conversion of Chirality</w:t>
+                <w:t xml:space="preserve">N ‐Heterocyclic Carbene Control over Multiple Stereogenicities: Atroposelective Synthesis of Axially Chiral Phthalimides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lemaitre</w:t>
+                <w:t xml:space="preserve">Manuel Barday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefania Perulli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cyril Bressy</w:t>
+                <w:t xml:space="preserve">Pierre Bouillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules28073142⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 365 (2), pp.148-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.202201175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04410491v1</w:t>
+                <w:t xml:space="preserve">hal-04384076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N ‐Heterocyclic Carbene Control over Multiple Stereogenicities: Atroposelective Synthesis of Axially Chiral Phthalimides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enantioselective Synthesis of Atropisomers by Oxidative Aromatization with Central-to-Axial Conversion of Chirality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Perulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Barday</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jessica Rodrigues</w:t>
+                <w:t xml:space="preserve">Ophélie Quinonero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bouillac</w:t>
+                <w:t xml:space="preserve">Cyril Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 365 (2), pp.148-155. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsc.202201175⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules28073142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384076v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04410491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the regioselective molecular sieves-promoted oxidative three-component synthesis of fused-benzimidazoles from β-ketoesters</w:t>
               </w:r>
@@ -1129,64 +1129,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalytic Syntheses and Ring‐Expansions of Cyclobutane Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Barday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1263,64 +1263,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Enantioselective Phosphoric-Acid-Catalyzed Hantzsch Synthesis of Polyhydroquinolines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Quinonero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2031,351 +2031,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Simple Cyclic 1,3-Ketoamides to Complex Spirolactams by Supported Heterogeneous Organocatalysis with PS-BEMP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addition of silylated nucleophiles to α-oxoketenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Dudognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aouicha Benmaati</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">José Carlos Menéndez</w:t>
+                <w:t xml:space="preserve">Marc Presset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0035-1561485⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (14), pp.3010-3013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5CC10217K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01415069v1</w:t>
+                <w:t xml:space="preserve">hal-01323402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addition of silylated nucleophiles to α-oxoketenes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Organocatalytic Multicomponent Reactions of 1,3-Dicarbonyls for the Synthesis of Enantioenriched Heterocycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiying Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Dudognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. del Mar Sanchez Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5CC10217K⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48, pp.3479-3503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0035-1561490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01323402v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalyzed Consecutive Synthesis of Alkyl 4,5-Dihydrofuran-2-carboxylates from α-Keto Esters and (Z)-β-Chloro-β-nitrostyrenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Raimondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dauzonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2384,473 +2384,473 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49 (01), pp.195-201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1055/s-0035-1562446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic Multicomponent Reactions of 1,3-Dicarbonyls for the Synthesis of Enantioenriched Heterocycles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
+                <w:t xml:space="preserve">Combining Organocatalysis with Central-to-Axial Chirality Conversion: Atroposelective Hantzsch-Type Synthesis of 4-Arylpyridines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Quinonero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vanthuyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0035-1561490⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201509967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415048v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01323419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Organocatalysis with Central-to-Axial Chirality Conversion: Atroposelective Hantzsch-Type Synthesis of 4-Arylpyridines</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Triple Iron/Copper/Iminium Activation for the Efficient Redox Neutral Catalytic Enantioselective Functionalization of Allylic Alcohols.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Roudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201509967⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.5236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01323419v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triple Iron/Copper/Iminium Activation for the Efficient Redox Neutral Catalytic Enantioselective Functionalization of Allylic Alcohols.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Simple Cyclic 1,3-Ketoamides to Complex Spirolactams by Supported Heterogeneous Organocatalysis with PS-BEMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aouicha Benmaati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadjira Habib Zahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Roudier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+                <w:t xml:space="preserve">Salih Hacini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Quintard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José Carlos Menéndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6, pp.5236. </w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (19), pp.3217 - 3231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0035-1561485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415077v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organocatalytic multicomponent synthesis of enantioenriched polycyclic 1,2,3,4-tetrahydro-pyridines: key substrate selection enabling regio-and stereoselectivities †</w:t>
               </w:r>
@@ -2979,51 +2979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting the Reactivity of 1,2-Ketoamides: Enantioselective Syn-thesis of Functionalized Pyrrolidines and Pyrrolo-1,4-benzodiaze-pine-2,5-diones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3100,90 +3100,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Achievements in Enantioselective Borrowing Hydrogen by the Combination of Iron- and Organocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Roudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHIMIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 70, pp.97-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3217,51 +3217,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of the Enantioselectivity in Organocatalytic Michael Additions of beta-Ketoamides to alpha,beta-Unsaturated Carbonyls: A Combined Experimental, Spectroscopic and Theoretical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Cheshmedzhieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3474,199 +3474,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic Enantioselective Multicomponent Synthesis of Pyrrolopiperazines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haiying Du</w:t>
+                <w:t xml:space="preserve">Enantioselective cascade formal reductive insertion of allylic alcohols into the C(O)Cbond of 1,3-diketones: ready access to synthetically valuable 3-alkylpentanol units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Roudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 356 (4), pp.851-856. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.2802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsc.201300932⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ol500821c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00979217v1</w:t>
+                <w:t xml:space="preserve">hal-01066618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A temporary-bridge strategy for enantioselective organocatalyzed synthesis of aza-seven-membered rings †</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pierrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,489 +3672,501 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 50, pp.15605-15608. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c4cc07731h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01133431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective cascade formal reductive insertion of allylic alcohols into the C(O)Cbond of 1,3-diketones: ready access to synthetically valuable 3-alkylpentanol units</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mylène Roudier</w:t>
+                <w:t xml:space="preserve">α,β-Unsaturated Acyl Cyanides as New Bis-Electrophiles for Enantioselective Organocatalyzed Formal [3+3]Spiroannulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Quintard</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (2), pp.410-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201303613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ol500821c⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01066618v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01133425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">α,β-Unsaturated Acyl Cyanides as New Bis-Electrophiles for Enantioselective Organocatalyzed Formal [3+3]Spiroannulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+                <w:t xml:space="preserve">Preyssler Heteropoly Acids Encapsulated in a Silica Framework for an Efficient Preparation of Fluorinated Hexahydropyrimidine Derivatives under Solvent-Free Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel G. Sathicq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego M. Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo P. Romanelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201303613⟩</w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (6), pp.881-883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0033-1340845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01133425v1</w:t>
+                <w:t xml:space="preserve">hal-01066292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preyssler Heteropoly Acids Encapsulated in a Silica Framework for an Efficient Preparation of Fluorinated Hexahydropyrimidine Derivatives under Solvent-Free Conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diego M. Ruiz</w:t>
+                <w:t xml:space="preserve">Organocatalytic enantio- and diastereoselective conjugate addition to nitroolefins: when beta-ketoamides surpass beta-ketoesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiying Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gustavo P. Romanelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.8458-8466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201402192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0033-1340845⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01066292v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01066616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic enantio- and diastereoselective conjugate addition to nitroolefins: when beta-ketoamides surpass beta-ketoesters</w:t>
+                <w:t xml:space="preserve">Organocatalytic Enantioselective Multicomponent Synthesis of Pyrrolopiperazines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiying Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
@@ -4184,1956 +4184,1956 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, pp.8458-8466. </w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 356 (4), pp.851-856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201402192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201300932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01066616v1</w:t>
+                <w:t xml:space="preserve">hal-00979217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of 1,2- and 1,3-Ketoamides with Thiourea Organocatalyst for the Enantioselective Domino Synthesis of Fuctionalized Cyclohexanes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adrien Quintard</w:t>
+                <w:t xml:space="preserve">Michael Addition-Initiated Sequential Reactions from 1,3-Dicarbonyls for the Synthesis of Polycyclic Heterocycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Coquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 45, pp.1659-1666. </w:t>
+              <w:t xml:space="preserve">Current Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17, pp.1920-1928. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0033-1338844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/13852728113179990090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00861637v1</w:t>
+                <w:t xml:space="preserve">hal-00861704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Addition-Initiated Sequential Reactions from 1,3-Dicarbonyls for the Synthesis of Polycyclic Heterocycles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stereoselective Multiple Bond-Forming Transformations (MBFTs): The Power of 1,2- and 1,3-Dicarbonyl Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 17, pp.1920-1928. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19, pp.2218-2231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/13852728113179990090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201204018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00861704v1</w:t>
+                <w:t xml:space="preserve">hal-00801902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereoselective Multiple Bond-Forming Transformations (MBFTs): The Power of 1,2- and 1,3-Dicarbonyl Compounds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enantioselective Organocatalyzed Domino Synthesis of Six-Membered Carbocycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Raimondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 19, pp.2218-2231. </w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45, pp.1909-1930. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201204018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0033-1338484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00801902v1</w:t>
+                <w:t xml:space="preserve">hal-00861699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Organocatalyzed Domino Synthesis of Six-Membered Carbocycles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bugaut</w:t>
+                <w:t xml:space="preserve">An Iron/Amine-Catalyzed Cascade Process for the Enantioselective Functionalization of Allylic Alcohols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 45, pp.1909-1930. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52, pp.12883-12887. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0033-1338484⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201307295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00861699v1</w:t>
+                <w:t xml:space="preserve">hal-01133519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Iron/Amine-Catalyzed Cascade Process for the Enantioselective Functionalization of Allylic Alcohols</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+                <w:t xml:space="preserve">Tartrate-based ionic liquids: unified synthesis and characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Castellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Saffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (2), pp.413-426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2RA21637J⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201307295⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01133519v1</w:t>
+                <w:t xml:space="preserve">hal-03969310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tartrate-based ionic liquids: unified synthesis and characterisation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+                <w:t xml:space="preserve">Enantioselective Organocatalytic Multicomponent Synthesis of 2,6-Diazabicyclo[2.2.2]octanones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Génisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Plaquevent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C2RA21637J⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (52), pp.14143-14146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201306656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969310v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Organocatalytic Multicomponent Synthesis of 2,6-Diazabicyclo[2.2.2]octanones</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal-free Michael addition-initiated three-component reaction for the regioselective synthesis of highly functionalized pyridines: scope, mechanistic investigations and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Allais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liéby-Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.4131-4145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201300246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201306656⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00979211v1</w:t>
+                <w:t xml:space="preserve">hal-00861780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal-free Michael addition-initiated three-component reaction for the regioselective synthesis of highly functionalized pyridines: scope, mechanistic investigations and applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+                <w:t xml:space="preserve">Activation of 1,2- and 1,3-Ketoamides with Thiourea Organocatalyst for the Enantioselective Domino Synthesis of Fuctionalized Cyclohexanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Raimondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudedranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45, pp.1659-1666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0033-1338844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201300246⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00861780v1</w:t>
+                <w:t xml:space="preserve">hal-00861637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of 1,2-Keto Esters with Takemoto's Catalyst toward Michael Addition to Nitroalkenes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Enantioselective Organocatalytic Michael Addition of Cyclobutanones to Nitroalkenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Raimondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Baslé</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 354, pp.563-568. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201100739⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 354, pp.3523-3532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201200658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00682117v1</w:t>
+                <w:t xml:space="preserve">hal-00801880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Heterogeneous Organocatalysis and Homogeneous Metal Catalysis for the One-Pot Regioselective Synthesis of 2-Pyridones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Dual Heterogeneous Catalysis for a Regioselective Three- Component Synthesis of Bi- and Tri(hetero)arylpyridines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liéby-Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 354, pp.2084-2088. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201200367⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 354, pp.2537-2544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201200412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00737333v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00737327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Organocatalytic Michael Addition of Cyclobutanones to Nitroalkenes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asymmetric organocascades involving the formation of two C-heteroatom bonds from two distinct heteroatoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Coquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201200658⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10, pp.3969-3973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2ob25248a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00801880v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Heterogeneous Catalysis for a Regioselective Three- Component Synthesis of Bi- and Tri(hetero)arylpyridines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liéby-Müller</w:t>
+                <w:t xml:space="preserve">Expeditious, Metal-Free, Domino, Regioselective Synthesis of Highly Substituted 2-Carbonyl- and 2-Phosphorylfurans by Formal [3+2] Cycloaddition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Raimondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dauzonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201200412⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.6119-6123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201201192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00737327v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric organocascades involving the formation of two C-heteroatom bonds from two distinct heteroatoms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activation of 1,2-Keto Esters with Takemoto's Catalyst toward Michael Addition to Nitroalkenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Raimondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bonne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c2ob25248a⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 354, pp.563-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201100739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703293v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expeditious, Metal-Free, Domino, Regioselective Synthesis of Highly Substituted 2-Carbonyl- and 2-Phosphorylfurans by Formal [3+2] Cycloaddition</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cooperative Heterogeneous Organocatalysis and Homogeneous Metal Catalysis for the One-Pot Regioselective Synthesis of 2-Pyridones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Allais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Grassot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Anguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, pp.6119-6123. </w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 354, pp.2084-2088. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201201192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201200367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747378v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00737333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicomponent reactions and ionic liquids: a perfect synergy for eco-compatible heterocyclic synthesis</w:t>
               </w:r>
@@ -6145,64 +6145,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Isambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Plaquevent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6266,77 +6266,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicomponent reactions in ionic liquids: convenient and ecocompatible access to the 2,6-DABCO core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhor El Asri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Isambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6387,103 +6387,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cooperative participation of the amido group in the organocatalytic construction of all-carbon quartenary stereocenters by Michael addition with beta-ketoamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. del Mar Sanchez Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Isambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gaudel-Siri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 13, pp.3296. </w:t>
@@ -6521,64 +6521,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly diastereo- and enantioselective organocatalytic Michael addition of alpha-ketoamides to nitroalkenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Raimondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6766,420 +6766,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00677511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly efficient synthesis of trans-β,γ-unsaturated-α-keto amides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Allais</w:t>
+                <w:t xml:space="preserve">Synthesis and palladium-catalysed isomerisation of fused polycyclic tetrahydrofurans : efficient and stereoselective one-pot domino construction of functionalised bridged bicyclo[n.2.1] ring systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bensa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+              <w:t xml:space="preserve">Molecular Diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 13, pp.469-473. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0029-1216869⟩</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11030-009-9131-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00681064v1</w:t>
+                <w:t xml:space="preserve">hal-00681054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and palladium-catalysed isomerisation of fused polycyclic tetrahydrofurans : efficient and stereoselective one-pot domino construction of functionalised bridged bicyclo[n.2.1] ring systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Bensa</w:t>
+                <w:t xml:space="preserve">Use of beta,gamma-Unsaturated alpha-Ketocarbonyls for a Totally Regioselective Oxidative Multicomponent Synthesis of Polyfunctionalized Pyridines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 13, pp.469-473. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15, pp.12945-12948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11030-009-9131-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.200902491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00681054v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00680515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of beta,gamma-Unsaturated alpha-Ketocarbonyls for a Totally Regioselective Oxidative Multicomponent Synthesis of Polyfunctionalized Pyridines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Highly efficient synthesis of trans-β,γ-unsaturated-α-keto amides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13, pp.469-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0029-1216869⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.200902491⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00680515v1</w:t>
+                <w:t xml:space="preserve">hal-00681064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholesteric bonded stationary phases for high performance liquid chromatography II: synthesis, physico-chemical characterization and chromatographic behavior of a phospho-cholesteric bonded support. A new way to mimic drug/membrane interactions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7268,64 +7268,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal-free Michael addition initiated multicomponent oxidative cyclodehydration route to polysubstituted pyridines from 1,3-dicarbonyls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liéby-Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7489,51 +7489,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Efficient Access to Original Polycyclic Pyrrolopiperazine Scaffolds by a Three-Component Reaction with 1,3-Dicarbonyls.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liéby-Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7587,51 +7587,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00681078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking forward : a glance into the future of organic chemistry</w:t>
+                <w:t xml:space="preserve">Future alchemy: account of the ESYOP experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Compain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Desvergnes</w:t>
@@ -7666,118 +7666,118 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Suzenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 30 (6), pp.823-831. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 9, pp.127-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/B601837H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2005.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00158370v1</w:t>
+                <w:t xml:space="preserve">hal-00158010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future alchemy: account of the ESYOP experiment</w:t>
+                <w:t xml:space="preserve">Looking forward : a glance into the future of organic chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Compain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Desvergnes</w:t>
@@ -7812,94 +7812,94 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Suzenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 9, pp.127-140. </w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 30 (6), pp.823-831. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crci.2005.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/B601837H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00158010v1</w:t>
+                <w:t xml:space="preserve">hal-00158370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Image (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7917,77 +7917,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N ‐Heterocyclic Carbene Control over Multiple Stereogenicities: Atroposelective Synthesis of Axially Chiral Phthalimides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Barday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8035,90 +8035,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Synthesis of Atropisomers by Oxidative Aromatization with Central-to-Axial Conversion of Chirality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Perulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Quinonero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8153,64 +8153,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Enantioselective Phosphoric-Acid-Catalyzed Hantzsch Synthesis of Polyhydroquinolines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Quinonero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8275,64 +8275,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalytic Syntheses and Ring‐Expansions of Cyclobutane Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Barday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8986,77 +8986,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalyzed Consecutive Synthesis of Alkyl 4,5-Dihydrofuran-2-carboxylates from α-Keto Esters and (Z)-β-Chloro-β-nitrostyrenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Raimondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dauzonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9140,51 +9140,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éco-conception, un défi pour la recherche fondamentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bugaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9377,51 +9377,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">beta-diketo building blocks for MCRs-based syntheses of heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria del Mar Sanchez Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Isambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9704,51 +9704,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="834FE6AA"/>
+    <w:nsid w:val="260ABFA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9935,51 +9935,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-constantieux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8634-399X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113332513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207167332" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Franc&#233;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diop" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Jiang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500220" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452352v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez&#8208;franc&#233;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rodrigues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Humbel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500485" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Givaudan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Recupido" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constantieux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202300261" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890905v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjoc.202400787" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410491v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lemaitre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Perulli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Quinonero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bressy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28073142" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384076v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barday" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouillac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201175" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777692v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cheshmedzhieva" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Palermo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;by-Muller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P Romanelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.137" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370300v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Coquerel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100405" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285117v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roussel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c00866" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163964v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Fofana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dudognon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bertrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723120v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiying Du" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bugaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591870" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969953v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687211v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sasso D 'Elia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudedranche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bella" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201700735" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek S Raut" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b11079" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouicha Benmaati" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjira Habib Zahmani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Hacini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Men&#233;ndez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561485" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323402v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Presset" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC10217K" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533770v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Becerra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Raimondi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dauzonne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1562446" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415048v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. del Mar Sanchez Duque" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561490" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323419v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201509967" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0J0BPG2T-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415077v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Roudier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Quintard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01102" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133610v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc08469a" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219398v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Acosta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Quiroga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1378711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323381v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2016.97" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133609v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Sanchez Duque" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Gaudel-Siri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404481" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-381FLL1N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1380229" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979217v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300932" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-63QPVMF1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133431v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierrot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc07731h" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066618v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol500821c" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133425v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201303613" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZQ8K9TX-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066292v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel G. Sathicq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego M. Ruiz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P. Romanelli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340845" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066616v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201402192" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-99601ZP3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861637v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1338844" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861704v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/13852728113179990090" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801902v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201204018" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1338484" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133519v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201307295" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7JQQDS5K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969310v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouch" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Castellan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21637J" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979211v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basl&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;nisson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plaquevent" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201306656" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2120TZKX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861780v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Allais" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;by-M&#252;ller" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201300246" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2CJ0GKC8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682117v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201100739" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BK9VKT6X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737333v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Grassot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fontaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anguille" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200367" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X177WQTJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801880v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mailhol" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200658" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TZ8642PB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737327v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200412" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MDT7PLGC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703293v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25248a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747378v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201192" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-03S6B72X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681335v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Isambert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00013b" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681302v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhor El Asri" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1gc15635g" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407713v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Isambert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaudel-Siri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol200924e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680497v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol102289g" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677511v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2010.04.045" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681064v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1216869" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681054v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Roger" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blondeau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bensa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11030-009-9131-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680515v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902491" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J8VH5BC3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681291v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Courtois" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caldarelli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-008-2385-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE803CAE88A49C1BDA52A5B617CA11A0C15AE742/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677037v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b805680c" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681192v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Sotoca" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1072787" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681078v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-973906" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158370v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Compain" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desvergnes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ollivier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Suzenet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B601837H" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-PSHB7PR2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158010v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2005.09.004" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N747Z0R7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04384080v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04410525v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03285197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03370299v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03163974v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01969962v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723162v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723176v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sasso d'Elia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723131v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723185v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533756v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/economie-circulaire-territoires-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133604v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680508v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7081_2010_26" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9K9B9SMD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680619v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-constantieux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8634-399X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113332513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207167332" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Franc&#233;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diop" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Jiang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500220" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452352v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez&#8208;franc&#233;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rodrigues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Humbel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500485" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Givaudan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Recupido" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constantieux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202300261" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890905v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjoc.202400787" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384076v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barday" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouillac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201175" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410491v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lemaitre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Perulli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Quinonero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bressy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28073142" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777692v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cheshmedzhieva" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Palermo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;by-Muller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P Romanelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.137" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370300v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Coquerel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100405" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285117v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roussel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c00866" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163964v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Fofana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dudognon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bertrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723120v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiying Du" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bugaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591870" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969953v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687211v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sasso D 'Elia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudedranche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bella" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201700735" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek S Raut" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b11079" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323402v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Presset" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC10217K" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415048v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. del Mar Sanchez Duque" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561490" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Becerra" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Raimondi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dauzonne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1562446" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323419v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201509967" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0J0BPG2T-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415077v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Roudier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Quintard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01102" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouicha Benmaati" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjira Habib Zahmani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Hacini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Men&#233;ndez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561485" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133610v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc08469a" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219398v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Acosta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Quiroga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1378711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323381v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2016.97" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133609v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Sanchez Duque" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Gaudel-Siri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404481" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-381FLL1N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1380229" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol500821c" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierrot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc07731h" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133425v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201303613" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZQ8K9TX-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel G. Sathicq" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego M. Ruiz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P. Romanelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340845" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066616v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201402192" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-99601ZP3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979217v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300932" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-63QPVMF1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861704v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/13852728113179990090" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801902v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201204018" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861699v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1338484" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133519v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201307295" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7JQQDS5K-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969310v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouch" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Castellan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21637J" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979211v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basl&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;nisson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plaquevent" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201306656" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2120TZKX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861780v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Allais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;by-M&#252;ller" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201300246" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2CJ0GKC8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861637v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1338844" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801880v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mailhol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200658" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TZ8642PB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737327v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200412" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MDT7PLGC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703293v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25248a" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747378v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201192" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-03S6B72X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682117v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201100739" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BK9VKT6X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737333v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Grassot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fontaine" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anguille" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200367" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X177WQTJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681335v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Isambert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00013b" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681302v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhor El Asri" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1gc15635g" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407713v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Isambert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaudel-Siri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol200924e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680497v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol102289g" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677511v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2010.04.045" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681054v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Roger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blondeau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bensa" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11030-009-9131-2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680515v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902491" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J8VH5BC3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681064v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1216869" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681291v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Courtois" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caldarelli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-008-2385-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE803CAE88A49C1BDA52A5B617CA11A0C15AE742/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677037v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b805680c" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681192v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Sotoca" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1072787" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681078v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-973906" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158010v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Compain" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desvergnes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ollivier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Suzenet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2005.09.004" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N747Z0R7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158370v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B601837H" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-PSHB7PR2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04384080v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04410525v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03285197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03370299v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03163974v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01969962v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723162v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723176v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sasso d'Elia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723131v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01723185v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533756v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/economie-circulaire-territoires-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133604v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680508v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7081_2010_26" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9K9B9SMD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680619v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>