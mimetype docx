--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -394,183 +394,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04070035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Fallen-Soufflé Crisis in Dinner with Friends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Contemporary Drama in English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (2), pp.270-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jcde-2020-0022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03162859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La stratégie auctoriale de Thomas Kilroy dans l’écriture de The Secret Fall of Constance Wilde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études irlandaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 45-2, pp.21-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/etudesirlandaises.10177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03161735v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03162859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miller's An Enemy of the People: Is Chaos Come Again?</w:t>
               </w:r>
@@ -697,183 +697,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02439914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'homme et la machine dans The Hairy Ape d'Eugène O'Neill (1921)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp.221-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/FMPS4879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Desire under the Elms in Dublin, The Corn Exchange production, directed by Annie Ryan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eugene O’Neill Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 35 (2), pp.177-184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5325/eugeoneirevi.35.2.0177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02439919v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-02439921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exorcism, or the Road Not Taken</w:t>
               </w:r>
@@ -1588,165 +1588,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02478817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Day’s Journey into Night, autobiographie irlandaise d'un dramaturge américain</w:t>
+                <w:t xml:space="preserve">La sexualité dans Strange Interlude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coup de théâtre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, Eugene O'Neill, 17, pp.163-182</w:t>
+              <w:t xml:space="preserve">, 2001, Eugene O'Neill, 17, pp.83-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478811v1</w:t>
+                <w:t xml:space="preserve">hal-02478778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sexualité dans Strange Interlude</w:t>
+                <w:t xml:space="preserve">Long Day’s Journey into Night, autobiographie irlandaise d'un dramaturge américain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coup de théâtre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, Eugene O'Neill, 17, pp.83-101</w:t>
+              <w:t xml:space="preserve">, 2001, Eugene O'Neill, 17, pp.163-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478778v1</w:t>
+                <w:t xml:space="preserve">hal-02478811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strange Interlude and the Quest for Truth</w:t>
               </w:r>
@@ -2904,164 +2904,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02484696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La Femme Noire américaine. Aspects d’une crise d’identité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Mills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Caen, 117 p., 1997, 978-2-84133-016-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02484686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Struggle, Defeat or Rebirth. Eugene O’Neill’s Vision of Humanity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">McFarland &amp; Co Inc, 293 p., 1997, 978-0-7864-2419-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02445016v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-02484686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3146,182 +3146,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02439926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Importance of Being Earnest : liminalités conjugales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Aquien; Xavier Gudicelli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Importance of Being Earnest d’Oscar Wilde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne, pp.181-198, 2014, (Mondes anglophones Questions d'agrégation), 978-2-84050-959-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marina Carr, l’adolescence d’une dramaturgie féminine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bertrand Cardin; Sylvie Mikowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrivaines irlandaises ∙ Irish Women Writers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Caen, pp.203-219, 2014, (Symposia), 978-2-84133-484-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.puc.7148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.puc.7148⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02439938v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02477403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O’Neill’s Choric Designs in The Iceman Cometh</w:t>
               </w:r>
@@ -4847,51 +4847,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C80659A1"/>
+    <w:nsid w:val="923C4428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5078,51 +5078,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-dubost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7984-8228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293616v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dubost" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.17539" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278820v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070035v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/arthmillj.17.2.0106" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161735v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.10177" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jcde-2020-0022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439892v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/arthmillj.14.2.0109" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439914v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439919v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/eugeoneirevi.35.2.0177" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439921v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FMPS4879" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437349v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/eugeoneirevi.34.1.0072" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478887v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478880v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9132" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/29784830" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075258v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/041652ar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478858v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.2005.2991" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478843v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478817v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478811v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478778v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478734v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478716v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.1998.1451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478694v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438443v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438465v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450777v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etienne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Slaby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7072" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450953v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450968v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.431" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lobo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.851" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02445019v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.164" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484703v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mills" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brennan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.986" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02445016v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484686v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439926v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439938v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7148" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439950v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439951v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439956v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439963v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477386v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439967v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477384v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.476" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477377v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477382v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477363v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.879" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477372v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470486v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.572" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477355v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470440v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478723v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/1434" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1434" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.1006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470372v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470352v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-dubost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7984-8228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293616v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dubost" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.17539" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278820v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070035v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/arthmillj.17.2.0106" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162859v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jcde-2020-0022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161735v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.10177" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439892v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/arthmillj.14.2.0109" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439914v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439921v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FMPS4879" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439919v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/eugeoneirevi.35.2.0177" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437349v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/eugeoneirevi.34.1.0072" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478887v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478880v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.9132" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/29784830" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075258v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/041652ar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478858v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.2005.2991" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478843v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478817v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478778v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478811v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478734v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478716v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.1998.1451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478694v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438443v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438465v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450777v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etienne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Slaby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7072" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450953v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450968v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.431" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lobo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.851" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02445019v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.164" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484703v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mills" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brennan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.986" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02445016v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439926v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477403v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7148" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439950v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439951v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.7100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439956v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439963v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477386v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439967v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477384v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.476" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477377v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477382v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477363v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.879" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477372v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470486v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.572" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477355v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470440v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478723v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/1434" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1434" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.1006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470372v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470352v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>