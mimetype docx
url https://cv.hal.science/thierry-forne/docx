--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1748,191 +1748,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct polymer physics principles govern chromatin dynamics in mouse and Drosophila topological domains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chromatin fiber allostery and the epigenetic code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vuthy Ea</w:t>
+                <w:t xml:space="preserve">Nicolas Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Sexton</w:t>
+                <w:t xml:space="preserve">Guy Cathala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Forné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gostan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
+                <w:t xml:space="preserve">Hua Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-1786-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (6), pp.064114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/6/064114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01212952v1</w:t>
+                <w:t xml:space="preserve">hal-01110488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Topological Domains and Loop Formation to 3D Chromatin Organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuthy Ea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1969,191 +1969,191 @@
               <w:t xml:space="preserve">Genes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (3), pp.734-750. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/genes6030734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01264317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin fiber allostery and the epigenetic code</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Distinct polymer physics principles govern chromatin dynamics in mouse and Drosophila topological domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuthy Ea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Foray</w:t>
+                <w:t xml:space="preserve">Tom Sexton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Cathala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Forné</w:t>
+                <w:t xml:space="preserve">Thierry Gostan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hua Wong</w:t>
+                <w:t xml:space="preserve">Laurie Herviou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 27 (6), pp.064114. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, pp.607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/6/064114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1786-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01110488v1</w:t>
+                <w:t xml:space="preserve">hal-01212952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite-Size Conformational Transitions: A Unifying Concept Underlying Chromosome Dynamics</w:t>
               </w:r>
@@ -3375,51 +3375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Labourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 270 (27), pp.16476--16481. </w:t>
@@ -3483,222 +3483,222 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empreinte génomique parentale : découverte et mécanismes de régulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chromatin and DNA Dynamics in Mouse Models of Liver Cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Sanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Forné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chantalat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gougelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Épigénétique. Mécanismes moléculaires, biologie du développement et réponses à l’environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35690/978-2-7592-3770-8⟩</w:t>
+              <w:t xml:space="preserve">Liver Carcinogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2769, Springer US, pp.167-187, 2024, Methods in Molecular Biology, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-3694-7_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04765382v1</w:t>
+                <w:t xml:space="preserve">hal-04717291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin and DNA Dynamics in Mouse Models of Liver Cancers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Empreinte génomique parentale : découverte et mécanismes de régulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Forné</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angélique Gougelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver Carcinogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2769, Springer US, pp.167-187, 2024, Methods in Molecular Biology, </w:t>
+              <w:t xml:space="preserve">Épigénétique. Mécanismes moléculaires, biologie du développement et réponses à l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, chapitre 4, éditions Quae, pp.67-82, 2024, Synthèses, 978-2-7592-3769-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-0716-3694-7_13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-3770-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717291v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic regulation of mammalian imprinted genes: from primary to functional imprints.</w:t>
               </w:r>
@@ -3736,51 +3736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Aptel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Jeanteur. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Molecular and Subcellular Biology</w:t>
@@ -4298,51 +4298,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecouvreur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Rebouissou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forn&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4726-4_10" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04441676v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sanceau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poupel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joubel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.01.036" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252815v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Boulanger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mays Aqrouq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Temp&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamseddine Kifagi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Ristic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad581" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500295v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Sallis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2497-5_1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2497-5_9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745418v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Calvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehm&#233; Saksouk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teyssier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152392" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03525806v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Philipp Jablonski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Carron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten H&#252;tt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40246-022-00375-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989971v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Vaillancourt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Yerko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Th&#233;roux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-020-00909-x" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504555v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Otandault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Abraham" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Al Amir Dache" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaby Khalyfa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jariel-Encontre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0716-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes10121049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auclair" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borgel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sanz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vallet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guibert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.198291.115" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666603v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg B Naimark" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr S Nikitiuk" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960270" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01212952v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuthy Ea" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sexton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gostan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Herviou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1786-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264317v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes6030734" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01110488v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Foray" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cathala" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/6/064114" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948467v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R Car&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0253-6102/62/4/18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191602v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borensztein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Louault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Ripoche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.084665" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Weber" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.130997.111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00605349v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Miro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Braem" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lelay-Taha" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Brisebarre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2011-12-5-r42" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Baniol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hag&#232;ge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sandrine Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr209" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600983v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Recolin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca C Rancourt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Angiolini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barth&#232;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M801883200" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685886v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Klous" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Splinter" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Dekker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2007.243" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685920v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Weber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Murrell" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Brunel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Reik" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.24.8953-8959.2003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685917v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Lutfalla" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Dandolo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-2697(03)00396-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-964HM36R-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193512v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Rossi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Labourier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Antoine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.27.16476" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765382v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3770-8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04717291v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chantalat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gougelet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3694-7_13" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685907v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aptel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gabellier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685906v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Piette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1240/sav_gbm_2008_m_002176" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecouvreur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Rebouissou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forn&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4726-4_10" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04441676v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sanceau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poupel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joubel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.01.036" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252815v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Boulanger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mays Aqrouq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Temp&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamseddine Kifagi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Ristic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad581" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500295v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Sallis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2497-5_1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2497-5_9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745418v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Calvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehm&#233; Saksouk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teyssier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152392" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03525806v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Philipp Jablonski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Carron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten H&#252;tt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40246-022-00375-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989971v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Vaillancourt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Yerko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Th&#233;roux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-020-00909-x" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504555v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Otandault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Abraham" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Al Amir Dache" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaby Khalyfa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jariel-Encontre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0716-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes10121049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auclair" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borgel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sanz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vallet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guibert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.198291.115" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666603v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg B Naimark" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr S Nikitiuk" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960270" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01110488v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Foray" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cathala" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/6/064114" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264317v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuthy Ea" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes6030734" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01212952v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sexton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gostan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Herviou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1786-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948467v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R Car&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0253-6102/62/4/18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191602v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borensztein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Louault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Ripoche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.084665" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Weber" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.130997.111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00605349v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Miro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Braem" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lelay-Taha" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Brisebarre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2011-12-5-r42" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Baniol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hag&#232;ge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sandrine Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr209" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600983v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Recolin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca C Rancourt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Angiolini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barth&#232;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M801883200" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685886v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Klous" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Splinter" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Dekker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2007.243" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685920v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Weber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Murrell" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Brunel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Reik" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.24.8953-8959.2003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685917v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Lutfalla" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Dandolo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-2697(03)00396-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-964HM36R-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193512v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Rossi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Labourier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Antoine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.27.16476" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04717291v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chantalat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gougelet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3694-7_13" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765382v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3770-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685907v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aptel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gabellier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01685906v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Piette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1240/sav_gbm_2008_m_002176" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>