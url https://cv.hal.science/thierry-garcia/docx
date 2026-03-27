--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -739,273 +739,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of parallel two-stage method for the simulation of steel solidification in continuous casting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Asynchronous multi-splitting method for linear and pseudo-linear problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Partimbene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ghania Khenniche</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Ratsifandrihana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Engineering Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 131, pp.116-142. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2018.11.012⟩</w:t>
+              <w:t xml:space="preserve">, 2019, Advances in Engineering Software (ISSN: 0965-9978), 133, pp.76-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2019.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02381883v1</w:t>
+                <w:t xml:space="preserve">hal-02381885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asynchronous multi-splitting method for linear and pseudo-linear problems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behavior of parallel two-stage method for the simulation of steel solidification in continuous casting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Léon Ratsifandrihana</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Khenniche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Engineering Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Advances in Engineering Software (ISSN: 0965-9978), 133, pp.76-95. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2019.03.001⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 131, pp.116-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2018.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02381885v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grid solution of problem with unilateral constraints</w:t>
               </w:r>
@@ -1681,740 +1681,740 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Parallel Method for the Solution of Fluid-Structure Interaction Problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Partimbene</w:t>
+                <w:t xml:space="preserve">Parallel Simulation of Steel Solidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Khenniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leon Ratsifandrihana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Parallel, Distributed, Grid and Cloud Computing for Engineering (2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Pécs, Hungary. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4203/ccp.111.20⟩</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.111.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588515v1</w:t>
+                <w:t xml:space="preserve">hal-01588516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel Simulation of Steel Solidification</w:t>
+                <w:t xml:space="preserve">A Parallel Method for the Solution of Fluid-Structure Interaction Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghania Khenniche</w:t>
+                <w:t xml:space="preserve">Vincent Partimbene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leon Ratsifandrihana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Parallel, Distributed, Grid and Cloud Computing for Engineering (2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Pécs, Hungary. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4203/ccp.111.22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4203/ccp.111.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588516v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of Protein Separation using a Grid Environment</w:t>
+                <w:t xml:space="preserve">Asynchronous peer-to-peer distributed computing for financial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Chau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chau</w:t>
+                <w:t xml:space="preserve">The Tung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier El Baz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Parallel, Distributed, Grid and Cloud Computing for Engineering (PARENG 2011)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4203/ccp.95.82⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Parallel and Distributed Processing Workshops and Phd Forum (IPDPSW 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2011, Anchorage, Alaska, United States. pp.1458-1466, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPS.2011.292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00690837v1</w:t>
+                <w:t xml:space="preserve">hal-00688400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subdomain Solution of Problem with Unilateral Constraints in Grid Environments</w:t>
+                <w:t xml:space="preserve">Proteins Separation in Distributed Environment Computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Chau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelhamid Laouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Data Management in Grid and Peer-to-Peer Systems (Globe 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Toulouse, France. pp.108--119, </w:t>
+              <w:t xml:space="preserve">11th International Conference on Computational Science and Its Applications (ICCSA 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Santander, Spain. pp.648-663, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-22947-3_10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-21887-3_49⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588520v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00690910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asynchronous peer-to-peer distributed computing for financial applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subdomain Solution of Problem with Unilateral Constraints in Grid Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Chau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tung Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier El Baz</w:t>
+                <w:t xml:space="preserve">Abdelhamid Laouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Parallel and Distributed Processing Workshops and Phd Forum (IPDPSW 2011)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Data Management in Grid and Peer-to-Peer Systems (Globe 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Toulouse, France. pp.108--119, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-22947-3_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IPDPS.2011.292⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00688400v1</w:t>
+                <w:t xml:space="preserve">hal-01588520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteins Separation in Distributed Environment Computation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computation of Protein Separation using a Grid Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Computational Science and Its Applications (ICCSA 2011)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-21887-3_49⟩</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Parallel, Distributed, Grid and Cloud Computing for Engineering (PARENG 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Ajaccio, Corse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.95.82⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00690910v1</w:t>
+                <w:t xml:space="preserve">hal-00690837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel asynchronous Schwarz alternating method for obstacle problems on grid computing</w:t>
               </w:r>
@@ -2696,277 +2696,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Coarse-Grained Multicomputer Algorithm for the Longest Repeated Suffix Ending at Each Point in a Word</w:t>
+                <w:t xml:space="preserve">A Coarse-Grained Multicomputer Algorithm for the Longest Common Subsequence Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Frédéric Myoupo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Semé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Science and Its Applications ―- ICCSA 2003: International Conference Montreal, Canada, May 18―21, 2003 Proceedings, Part II</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/3-540-44843-8_26⟩</w:t>
+              <w:t xml:space="preserve">Proceedings - 11th Euromicro Conference on Parallel, Distributed and Network-Based Processing, Euro-PDP 2003.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2003, Gênes, Italy. pp.349--356, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMPDP.2003.1183610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588525v1</w:t>
+                <w:t xml:space="preserve">hal-01588524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Coarse-Grained Multicomputer Algorithm for the Longest Common Subsequence Problem</w:t>
+                <w:t xml:space="preserve">A Coarse-Grained Multicomputer Algorithm for the Longest Repeated Suffix Ending at Each Point in a Word</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Frédéric Myoupo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Semé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings - 11th Euromicro Conference on Parallel, Distributed and Network-Based Processing, Euro-PDP 2003.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Science and Its Applications ―- ICCSA 2003: International Conference Montreal, Canada, May 18―21, 2003 Proceedings, Part II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Montreal, Canada. pp.239--248, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-44843-8_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EMPDP.2003.1183610⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588524v1</w:t>
+                <w:t xml:space="preserve">hal-01588525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A work-optimal CGM algorithm for the LIS problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Myoupo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Semé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3290,51 +3290,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04919001v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918760v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Rahhali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Spit&#233;ri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2024.03.012" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556521v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2023.103550" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549342v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Ziane Khodja" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Couturier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2020.102929" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186558v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocs.2021.101303" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381883v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Khenniche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2018.11.012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381885v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Partimbene" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marthon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ratsifandrihana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2019.03.001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WZ2H60FZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Chau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laouar Abdelhamid" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-016-0224-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588517v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2014.03.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJR6MTZX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588518v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.11.010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBTV3XZK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588523v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sem&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2004.12.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-091KDFMR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04594646v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Amine Rahhali" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403752v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2019.0249" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588515v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Ratsifandrihana" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.111.20" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588516v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.111.22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00690837v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.95.82" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588520v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Laouar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22947-3_10" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-T9XX92X5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Tung Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier El Baz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.292" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00690910v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21887-3_49" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-B4T5C0Q0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588519v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.96.118" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588521v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21887-3_50" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9G64PQ4V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588522v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588525v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44843-8_26" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-LN1R8D63-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588524v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Myoupo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMPDP.2003.1183610" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588526v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/378580.378756" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588527v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Hou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mesnard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kauffmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04919001v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918760v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Rahhali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Spit&#233;ri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2024.03.012" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556521v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2023.103550" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549342v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Ziane Khodja" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Couturier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2020.102929" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186558v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocs.2021.101303" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381885v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Partimbene" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marthon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ratsifandrihana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2019.03.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WZ2H60FZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381883v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Khenniche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2018.11.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Chau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laouar Abdelhamid" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-016-0224-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588517v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2014.03.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJR6MTZX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588518v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.11.010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBTV3XZK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588523v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sem&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2004.12.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-091KDFMR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04594646v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Amine Rahhali" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403752v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2019.0249" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588516v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.111.22" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Ratsifandrihana" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.111.20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688400v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Tung Nguyen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier El Baz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.292" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00690910v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21887-3_49" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-B4T5C0Q0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588520v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Laouar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22947-3_10" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-T9XX92X5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00690837v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.95.82" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588519v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.96.118" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588521v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21887-3_50" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9G64PQ4V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588522v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588524v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Myoupo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMPDP.2003.1183610" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588525v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44843-8_26" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-LN1R8D63-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588526v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/378580.378756" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588527v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Hou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mesnard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kauffmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>