--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -261,304 +261,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Intensity Order Transformation for Robust Curvilinear Object Segmentation</w:t>
+                <w:t xml:space="preserve">Some equivalence relation between persistent homology and morphological dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianyi Shi</w:t>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Boutry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yongchao Xu</w:t>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2022.3155954⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64, pp.807--824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-022-01104-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579617v1</w:t>
+                <w:t xml:space="preserve">hal-03676854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some equivalence relation between persistent homology and morphological dynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Local Intensity Order Transformation for Robust Curvilinear Object Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianyi Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Najman</w:t>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 64, pp.807--824. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.2557--2569. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10851-022-01104-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2022.3155954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03676854v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Well-Composedness Implies Digital Well-Composedness in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -605,64 +605,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equivalence between Digital Well-Composedness and Well-Composedness in the Sense of Alexandrov on n-D Cubical Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -709,64 +709,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topological Properties of the First Non-Local Digitally Well-Composed Interpolation on n-D Cubical Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -807,1559 +807,1559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connected filters on generalized shape-Spaces</w:t>
+                <w:t xml:space="preserve">Braids of partitions for the hierarchical representation and segmentation of multimodal images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Duy Huỳnh</w:t>
+                <w:t xml:space="preserve">Guillaume Tochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Huỳnh</w:t>
+                <w:t xml:space="preserve">Mauro Dalla Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patrec.2019.09.018⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 95 (November), pp.162-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2019.05.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04871384v1</w:t>
+                <w:t xml:space="preserve">hal-02307542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Braids of partitions for the hierarchical representation and segmentation of multimodal images</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Connected filters on generalized shape-Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
+                <w:t xml:space="preserve">Le Duy Huỳnh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2019.05.029⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 128, pp.348-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patrec.2019.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307542v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Make n-D Plain Maps defined on Discrete Surfaces Alexandrov-Well-Composed in a Self-dual Way</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 61, pp.849-973. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10851-019-00873-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenge of cerebral magnetic resonance imaging in neonates: A new method using mathematical morphology for the segmentation of structures including diffuse excessive high signal intensities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Morel</w:t>
+                <w:t xml:space="preserve">Sonia Dahdouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Dahdouh</w:t>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Virzì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 48, pp.75-94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.media.2018.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tutorial on Well-Composedness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 60 (3), pp.443-478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10851-017-0769-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Computation of Component Trees on Distributed Memory Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Gotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Gotz</w:t>
+                <w:t xml:space="preserve">Gabriele Cavallaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele Cavallaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
+                <w:t xml:space="preserve">Matthias Book</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morris Riedel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (11), pp.2582-2598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPDS.2018.2829724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02181876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Segmentation Using Tree-Based Shape Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 39 (3), pp.457-469. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPAMI.2016.2554550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01301966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connected Filtering on Tree-Based Shape-Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38 (6), pp.1126 - 1140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPAMI.2015.2441070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01162437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical image simplification and segmentation based on Mumford-Shah-salient level line selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patrec.2016.05.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01287029v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MToS: A Tree of Shapes for Multivariate Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24 (12), pp.5330 - 5342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TIP.2015.2480599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01474835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Review of Component Tree Computation Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Efficient Multiscale Sauvola's Binarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lazzara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 23 (9), pp.3885 - 3895. </w:t>
+              <w:t xml:space="preserve">International Journal on Document Analysis and Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (2), pp.105-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIP.2014.2336551⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10032-013-0209-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01474830v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree-Based Morse Regions: A Topological Approach to Local Feature Detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Monasse</w:t>
+                <w:t xml:space="preserve">A Comparative Review of Component Tree Computation Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (12), pp.5612-5625. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2014.2364127⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 23 (9), pp.3885 - 3895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2014.2336551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01162446v1</w:t>
+                <w:t xml:space="preserve">hal-01474830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Multiscale Sauvola's Binarization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lazzara</w:t>
+                <w:t xml:space="preserve">Tree-Based Morse Regions: A Topological Approach to Local Feature Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Monasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Document Analysis and Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10032-013-0209-0⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (12), pp.5612-5625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2014.2364127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02181880v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01162446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion of spatial relationships for guiding recognition, example of brain structure recognition in 3D MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+                <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 26 (4), pp.449-457. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patrec.2004.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01251245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2369,5860 +2369,5860 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verification of Dynamic Holographic Behavior in Identity Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glen Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glen Pouliquen</w:t>
+                <w:t xml:space="preserve">Joseph Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Chazalon</w:t>
+                <w:t xml:space="preserve">Guillaume Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Montaser Awal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Document Analysis and Recognition (ICDAR 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Wuhan, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weakly Supervised Training for Hologram Verification in Identity Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glen Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glen Pouliquen</w:t>
+                <w:t xml:space="preserve">Joseph Chazalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Montaser Awal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Document Analysis and Recognition (ICDAR 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Athenes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04560270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FOANet: A Focus of Attention Network with Application to Myocardium Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhou Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.1120--1127, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Matching Algorithm between Trees of Shapes and its Application to Brain Tumor Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Uppsala, Sweden. pp.67--78, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-76657-3_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do not Treat Boundaries and Regions Differently: An Example on Heart Left Atrial Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhou Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.7447--7453, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03171063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Separated Inputs for Multimodal Brain Tumor Segmentation with 3D U-Net-like Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Boutry</w:t>
+                <w:t xml:space="preserve">J. Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Chazalon</w:t>
+                <w:t xml:space="preserve">E. Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Puybareau</w:t>
+                <w:t xml:space="preserve">G. Tochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Talbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brainlesion: Glioma, Multiple Sclerosis, Stroke and Traumatic Brain Injuries: 5th International Workshop,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Shenzhen, China. pp.187-199, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-46640-4_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04580407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Two-Stage Temporal-Like Fully Convolutional Network Framework for Left Ventricle Segmentation and Quantification on MR Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhou Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistical Atlases and Computational Models of the Heart. Multi-Sequence CMR Segmentation, CRT-EPiggy and LV Full Quantification Challenges−-10th International Workshop, STACOM 2019, Held in Conjunction with MICCAI 2019, Shenzhen, China, October 13, 2019, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Shenzhen, China. pp.405--413, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-39074-7_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 4D counter-example showing that DWCness does not imply CWCness in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combinatorial Image Analysis. IWCIA 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Novi Sad, Serbia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-51002-2_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation du niveau de bruit par arbre des formes et statistiques non paramétriques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Tochon</w:t>
+                <w:t xml:space="preserve">Filtres connexes multivariés par fusion d'arbres de composantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 27st Symposium on Signal and Image Processing (GRETSI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579606v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervertebral Disc Segmentation Using Mathematical Morphology−-A CNN-Free Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Estimation du niveau de bruit par arbre des formes et statistiques non paramétriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esteban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 5th MICCAI Workshop &amp; Challenge on Computational Methods and Clinical Applications for Spine Imaging (CSI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the 27st Symposium on Signal and Image Processing (GRETSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579600v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in 1D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+                <w:t xml:space="preserve">Intervertebral Disc Segmentation Using Mathematical Morphology−-A CNN-Free Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_5⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 5th MICCAI Workshop &amp; Challenge on Computational Methods and Clinical Applications for Spine Imaging (CSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Granada, Spain. pp.105--118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-13736-6_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01978607v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtres connexes multivariés par fusion d'arbres de composantes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Deep neural networks for aberration compensation in digital holographic imaging of the retina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Meimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Paques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 27st Symposium on Signal and Image Processing (GRETSI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control for Biological Systems V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, San Francisco, United States. pp.34, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2509711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579601v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02176460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the noise level function with the tree of shapes and non-parametric statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Esteban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 18th International Conference on Computer Analysis of Images and Patterns (CAIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Salerno, Italy. pp.377--388, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-29891-3_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep neural networks for aberration compensation in digital holographic imaging of the retina</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michel Paques</w:t>
+                <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in 1D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control for Biological Systems V</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2509711⟩</w:t>
+              <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Burgeth, Bernhard; Kleefeld, Andreas; Naegel, Benoît; Passat, Nicolas; Perret, Benjamin, 2019, Strasbourg, France. pp.57-68, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02176460v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01978607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Document detection in videos captured by smartphones using a saliency-based method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh On Vu Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Document Analysis and Recognition Workshops (ICDARW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Sydney, Australia. pp.19--24, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICDARW.2019.30059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion Compensation In Digital Holography For Retinal Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Meimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Paques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE 16th International Symposium on Biomedical Imaging (ISBI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Venise, Italy. pp.1428-1431, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISBI.2019.8759564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing Multivariate Connected Openings and Closings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Morphology and Its Application to Signal and Image Processing − Proceedings of the 14th International Symposium on Mathematical Morphology (ISMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Saarbrücken, Germany. pp.1--12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un algorithme de complexité linéaire pour le calcul de l'arbre des formes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Extraction du contenu de cartes historiques à partir d’un arbre des composantes connexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Drapeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Crozet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mickaël Coustaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Chazalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Burie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du congrès Reconnaissance des Formes, Image, Apprentissage et Perception (RFIAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">Symposium International Francophone sur l'Écrit et le Document</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579599v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Document Detection in Smartphone Videos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+                <w:t xml:space="preserve">Un algorithme de complexité linéaire pour le calcul de l'arbre des formes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 24th IEEE International Conference on Image Processing (ICIP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actes du congrès Reconnaissance des Formes, Image, Apprentissage et Perception (RFIAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Marne-la-Vallée, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIP.2018.8451533⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04579615v1</w:t>
+                <w:t xml:space="preserve">hal-04579599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tree of Shapes Turned into a Max-Tree: A Simple and Efficient Linear Algorithm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Saliency-Based Detection of Identity Documents Captured by Smartphones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh On Vu Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Crozet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 24th IEEE International Conference on Image Processing (ICIP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IAPR International Workshop on Document Analysis Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIP.2018.8451180⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04579597v1</w:t>
+                <w:t xml:space="preserve">hal-01816406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction du contenu de cartes historiques à partir d’un arbre des composantes connexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Drapeau</w:t>
+                <w:t xml:space="preserve">Real-Time Document Detection in Smartphone Videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium International Francophone sur l'Écrit et le Document</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 24th IEEE International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Athens, Greece. pp.1498--1502, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2018.8451533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890294v1</w:t>
+                <w:t xml:space="preserve">hal-04579615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saliency-Based Detection of Identity Documents Captured by Smartphones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+                <w:t xml:space="preserve">The Tree of Shapes Turned into a Max-Tree: A Simple and Efficient Linear Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Crozet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAPR International Workshop on Document Analysis Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 24th IEEE International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Athens, Greece. pp.1488--1492, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2018.8451180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816406v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological Hierarchical Image Decomposition Based on Laplacian 0-Crossings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lê Duy Huỳn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Symposium on Mathematical Morphology (ISMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pseudo-distance du dahu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GREYC, Jun 2017, Colleville-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of ancient maps content by using trees of connected components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Drapeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Coustaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Burie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAPR International Workshop on Graphics Recognition at ICDAR 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Kyoto, Japan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICDAR.2017.249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01637824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-composedness in Alexandrov spaces implies digital well-composedness in Z^n</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Introducing the Dahu Pseudo-Distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th IAPR International Conference on Discrete Geometry for Computer Imagery (DGCI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Symposium on Mathematical Morphology (ISMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Fontainebleau, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-57240-6_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744455v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Composedness in Alexandrov Spaces Implies Digital Well-Composedness in $\mathbb {Z}^n$</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Well-composedness in Alexandrov spaces implies digital well-composedness in Z^n</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Discrete Geometry for Computer Imagery (DGCI 2017)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th IAPR International Conference on Discrete Geometry for Computer Imagery (DGCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01586418v1</w:t>
+                <w:t xml:space="preserve">hal-01744455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing the Dahu Pseudo-Distance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Well-Composedness in Alexandrov Spaces Implies Digital Well-Composedness in $\mathbb {Z}^n$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Symposium on Mathematical Morphology (ISMM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-57240-6_5⟩</w:t>
+              <w:t xml:space="preserve">20th International Conference on Discrete Geometry for Computer Imagery (DGCI 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vienne, Austria. pp.225-237, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-66272-5_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01476258v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From neonatal to adult brain MR image segmentation in a few seconds using 3D-like fully convolutional network and transfer learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Conference on Image Processing (ICIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Beijing, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIP.2017.8297117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01735727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology-Based Hierarchical Representation with Application to Text Segmentation in Natural Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lê Duy Huỳn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Conference on Pattern Recognition (ICPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Region-based classification of remote sensing images with the morphological tree of shapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Cavallaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Dalla Mura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Falco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2016 - IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Beijing, China. pp.5087 - 5090, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS.2016.7730326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Computation of Attributes and Saliency Maps on Tree-Based Image Representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Benediktsson, J.A.; Chanussot, J.; Najman, L.; Talbot, H., May 2015, Reykjavik, Iceland. pp.693-704, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01168781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Color Tree of Shapes with Illustrations on Filtering, Simplification, and Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Symposium on Mathematical Morphology (ISMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Reykjavik, Iceland. pp.363 - 374, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to make nD images Well-composed without interpolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Quebec City, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIP.2015.7351181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Make nD Functions Digitally Well-Composed in a Self-dual Way</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Benediktsson, J.A.; Chanussot, J.; Najman, L.; Talbot, H., May 2015, Reykjavik, Iceland. pp.561-572, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01168723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-duality and Digital Topology: Links Between the Morphological Tree of Shapes and Well-Composed Gray-Level Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Crozet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Symposium on Mathematical Morphology (ISMM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Reykjavik, Iceland. pp.573 - 584, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espaces des formes basés sur des arbres : définition et applications en traitement d'images et vision par ordinateur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yongchao Xu</w:t>
+                <w:t xml:space="preserve">Practical Genericity: Writing Image Processing Algorithms Both Reusable and Efficient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Progress in Pattern Recognition, Image Analysis, Computer Vision, and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bayro-Corrochano, Eduardo and Hancock, Edwin, Nov 2014, Puerto Vallarta, Mexico. pp.70 - 79, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-12568-8_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00989112v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01082349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical Genericity: Writing Image Processing Algorithms Both Reusable and Efficient</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roland Levillain</w:t>
+                <w:t xml:space="preserve">Getting a morphological tree of shapes for multivariate images: Paths, traps, and pitfalls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Pattern Recognition, Image Analysis, Computer Vision, and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bayro-Corrochano, Eduardo and Hancock, Edwin, Nov 2014, Puerto Vallarta, Mexico. pp.70 - 79, </w:t>
+              <w:t xml:space="preserve">21st IEEE International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France. pp.615 - 619, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-12568-8_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2014.7025123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01082349v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Getting a morphological tree of shapes for multivariate images: Paths, traps, and pitfalls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+                <w:t xml:space="preserve">Espaces des formes basés sur des arbres : définition et applications en traitement d'images et vision par ordinateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IEEE International Conference on Image Processing (ICIP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01476227v1</w:t>
+                <w:t xml:space="preserve">hal-00989112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meaningful Disjoint Level Lines Selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On making nD images well-composed by a self-dual local interpolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IAPR International Conference, DGCI 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Sienna, Italy. pp.320-331, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-09955-2_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01071624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salient Level Lines Selection Using the Mumford-Shah Functional</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yongchao Xu</w:t>
+                <w:t xml:space="preserve">Analyse de l’impact de la motivation et de l’émotion sur le management de la connaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dagorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIP 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Melbourne, Australia. pp.1-5</w:t>
+              <w:t xml:space="preserve">6e conférence du GeCSO (Gestion des Connaissances dans la Société et les Organisations): La génération des connaissances dans l’activité au sein des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICN Business School Nancy-Metz; CEREFIGE, Centre Européen de Recherche en Économie Financière et Gestion des Entreprises; ISAM-IAE Nancy; Telecom, école de management, Jun 2013, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831032v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparison of Many Max-tree Computation Algorithms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A quasi-linear algorithm to compute the tree of shapes of n-D images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Mathematical Morphology (ISMM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.97-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01476238v1</w:t>
+                <w:t xml:space="preserve">hal-00798620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quasi-linear algorithm to compute the tree of shapes of n-D images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Salient Level Lines Selection Using the Mumford-Shah Functional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.97-108</w:t>
+              <w:t xml:space="preserve">ICIP 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Melbourne, Australia. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798620v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’impact de la motivation et de l’émotion sur le management de la connaissance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Dagorn</w:t>
+                <w:t xml:space="preserve">A Comparison of Many Max-tree Computation Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e conférence du GeCSO (Gestion des Connaissances dans la Société et les Organisations): La génération des connaissances dans l’activité au sein des organisations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Symposium on Mathematical Morphology (ISMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.73 - 85, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-38294-9_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376674v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two applications of shape-based morphology: blood vessels segmentation and a generalization of constrained connectivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yongchao Xu</w:t>
+                <w:t xml:space="preserve">Discrete set-valued continuity and interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.386-397</w:t>
+              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.37-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798625v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00798574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete set-valued continuity and interpolation</w:t>
+                <w:t xml:space="preserve">Two applications of shape-based morphology: blood vessels segmentation and a generalization of constrained connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.37-48</w:t>
+              <w:t xml:space="preserve">, May 2013, Uppsala, Sweden. pp.386-397</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798574v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00798625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Writing Reusable Digital Geometry Algorithms in a Generic Image Processing Framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Une approche générique du logiciel pour le traitement d'images préservant les performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WADGMM 2010</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23ème Colloque GRETSI - Traitement du Signal et des Images (GRETSI'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, France. 10pp</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00733264v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00622513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-based energy estimator: Application to object segmentation on the tree of shapes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yongchao Xu</w:t>
+                <w:t xml:space="preserve">Writing Reusable Digital Geometry Algorithms in a Generic Image Processing Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WADGMM 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Istanbul, Turkey. pp.140-153, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-32313-3_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00762289v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00733264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche générique du logiciel pour le traitement d'images préservant les performances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roland Levillain</w:t>
+                <w:t xml:space="preserve">Context-based energy estimator: Application to object segmentation on the tree of shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Colloque GRETSI - Traitement du Signal et des Images (GRETSI'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, France. 10pp</w:t>
+              <w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Orlando, Florida, United States. pp.1577-1580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00622513v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00762289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological Filtering in Shape Spaces: Applications using Tree-Based Image Representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Tsukuba, Japan. pp.485-488</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Writing Reusable Digital Geometry Algorithms in a Generic Image Processing Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Applications of Digital Geometry and Mathematical Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, France. 10pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00622481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why and How to Design a Generic and Efficient Image Processing Framework: The Case of the Milena Library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Image Processing (ICIP'10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, France. 10pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00622480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena: Write Generic Morphological Algorithms Once, Run on Many Kinds of Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Mathematical Morphology (ISMM'09)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Groningen, Netherlands. pp.295-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00622404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Color image segmentation based on automatic morphological clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Strub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Darbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP'01)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2001, Thessaloniki, Greece. pp.70--73, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIP.2001.958053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00614669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8232,199 +8232,199 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Left Atrial Segmentation in a Few Seconds Using Fully Convolutional Network and Transfer Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhao Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhao Zhou</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Younes Khoudli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongchao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistical Atlases and Computational Models of the Heart. Atrial Segmentation and LV Quantification Challenges --- 9th International Workshop, STACOM 2018, Held in Conjunction with MICCAI 2018, Granada, Spain, September 16, 2018, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.339-347, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-12029-0_37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Image Processing Library in Modern C++: Getting Simplicity and Efficiency with Generic Programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Roynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8439,185 +8439,185 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproducible Research in Pattern Recognition---2nd International Workshop, RRPR 2018, Beijing, China, August 2018, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.121-137, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of Ancient Map Contents Using Trees of Connected Components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Drapeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Coustaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Burie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GREC 2017: Graphics Recognition. Current Trends and Evolutions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.115-130, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-02284-6_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8627,65 +8627,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Modern C++ Point of View of Programming in Image Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Roynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8693,51 +8693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8747,135 +8747,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the equivalence between AWCness and DWCness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Boutry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] LIGM - Laboratoire d'Informatique Gaspard-Monge; LRDE - Laboratoire de Recherche et de Développement de l'EPITA. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01375621v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId199"/>
+      <w:footerReference w:type="default" r:id="rId198"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9022,51 +9022,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lrde.epita.fr/wiki/User:Theo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579612v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#251; Ngoc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109207" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579617v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Shi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongchao Xu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2022.3155954" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676854v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-022-01104-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575456v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Gonzalez-Diaz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-021-01058-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990817v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00988-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990810v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00989-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871384v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.09.018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307542v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dalla Mura" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Veganzones" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2019.05.029" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005579v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00873-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104030v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dahdouh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Virz&#236;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2018.05.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609892v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-017-0769-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181876v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gotz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cavallaro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Book" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morris Riedel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2018.2829724" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301966v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2016.2554550" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162437v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2015.2441070" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287029v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2016.05.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474835v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2015.2480599" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474830v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2336551" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162446v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monasse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2364127" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181880v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lazzara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10032-013-0209-0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251245v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Camara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2004.08.009" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204463v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Pouliquen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chazalon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chiron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Montaser Awal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560270v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Zhao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579623v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412755" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171063v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puybareau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tochon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46640-4_18" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579620v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39074-7_42" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455798v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51002-2_6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579606v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Esteban" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579600v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13736-6_9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978607v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579601v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579604v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29891-3_33" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176460v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Meimon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509711" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579610v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh On Vu Ngoc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDARW.2019.30059" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183084v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2019.8759564" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579602v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_17" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579599v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Crozet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579615v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2018.8451533" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579597v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2018.8451180" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890294v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Drapeau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coustaty" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816406v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476302v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Duy Hu&#7923;n" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866710v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637824v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDAR.2017.249" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01744455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586418v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_19" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476258v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57240-6_5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01735727v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8297117" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476299v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476244v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Falco" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7730326" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168781v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_58" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476208v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_31" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134166v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351181" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168723v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_47" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476218v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_48" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989112v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082349v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Levillain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12568-8_9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476227v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025123" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082342v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071624v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09955-2_27" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831032v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476238v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38294-9_7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798620v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376674v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dagorn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798625v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798574v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733264v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32313-3_10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622513v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714847v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622481v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Levillain" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622480v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622404v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614669v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Strub" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Darbon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2001.958053" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176449v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Zhou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Khoudli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12029-0_37" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176414v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Roynard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566618v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02284-6_9" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564252v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375621v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lrde.epita.fr/wiki/User:Theo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579612v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#251; Ngoc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109207" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-022-01104-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579617v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Shi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongchao Xu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2022.3155954" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575456v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Gonzalez-Diaz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-021-01058-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990817v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00988-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990810v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00989-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307542v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dalla Mura" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Veganzones" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2019.05.029" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871384v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.09.018" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005579v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00873-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104030v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dahdouh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Virz&#236;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2018.05.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609892v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-017-0769-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gotz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cavallaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Book" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morris Riedel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2018.2829724" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2016.2554550" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2015.2441070" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287029v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2016.05.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474835v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2015.2480599" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181880v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lazzara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10032-013-0209-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474830v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2336551" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162446v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monasse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2364127" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251245v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Camara" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2004.08.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Pouliquen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chazalon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chiron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Montaser Awal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560270v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579622v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Zhao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579591v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579623v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412755" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171063v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580407v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puybareau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tochon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46640-4_18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579620v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39074-7_42" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455798v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51002-2_6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579601v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579606v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Esteban" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579600v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13736-6_9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176460v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Meimon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509711" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579604v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29891-3_33" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978607v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579610v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh On Vu Ngoc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDARW.2019.30059" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183084v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2019.8759564" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579602v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890294v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Drapeau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coustaty" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Crozet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816406v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579615v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2018.8451533" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579597v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2018.8451180" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476302v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Duy Hu&#7923;n" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866710v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637824v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDAR.2017.249" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476258v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57240-6_5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01744455v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586418v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_19" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01735727v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8297117" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476299v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476244v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Falco" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7730326" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168781v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_58" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476208v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_31" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134166v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351181" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168723v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_47" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476218v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_48" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082349v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Levillain" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12568-8_9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476227v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025123" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989112v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082342v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071624v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09955-2_27" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376674v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dagorn" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798620v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831032v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476238v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38294-9_7" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798574v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798625v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622513v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733264v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32313-3_10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714847v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622481v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Levillain" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622480v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622404v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614669v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Strub" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Darbon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2001.958053" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176449v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Zhou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Khoudli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12029-0_37" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176414v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Roynard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566618v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02284-6_9" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564252v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375621v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>