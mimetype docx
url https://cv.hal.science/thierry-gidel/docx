--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3497,360 +3497,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02585996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agent-based Design of IoT Applications for Remote Brainstorming Support</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Moulin</w:t>
+                <w:t xml:space="preserve">URBACT Un serious game numérique pour l'apprentissage de la co production du projet urbain : caractéristique du jeu et rôle de l'enseignant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Molines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Henriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fares Korbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd IEEE International Conference on Computer Supported Cooperative Work in Design (CSCWD 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20e rencontres internationales en urbanisme (APERAU 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, LIlle, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01996306v1</w:t>
+                <w:t xml:space="preserve">hal-01870239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre à collaborer : l’utilisation des tables tactiles pour les projets pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Villemonteix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONFERE'18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Budapest, Hongrie. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">URBACT Un serious game numérique pour l'apprentissage de la co production du projet urbain : caractéristique du jeu et rôle de l'enseignant</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carine Henriot</w:t>
+                <w:t xml:space="preserve">Agent-based Design of IoT Applications for Remote Brainstorming Support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Kaeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Sugawara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fares Korbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e rencontres internationales en urbanisme (APERAU 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd IEEE International Conference on Computer Supported Cooperative Work in Design (CSCWD 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nanjing, China. pp.820-825, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2018.8465382⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01870239v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'émergence d'une innovation partant d'un projet de recherche à la création de starts-ups : Le cas TATIN-Halle Numérique</w:t>
               </w:r>
@@ -5156,165 +5156,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-Evolution of Design Methods and CSCWD Systems to Improve the Preliminary Design Process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Luigi Guerra</w:t>
+                <w:t xml:space="preserve">Personal Assistant Agents and Multi-agent Middleware for CSCW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Co-Evolution of Design Methods and CSCWD Systems to Improve the Preliminary Design Process</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">the 16th IEEE International Conference on Computer Supported Cooperative Work in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Wuhan, China. pp.1-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2012.6221800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466760v1</w:t>
+                <w:t xml:space="preserve">hal-01018668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambiguity in Multimodal Interaction with Multi-touch Multi-user Graphics Tables 9th International Conference on Cooperative Design Visualisation and Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5359,424 +5385,398 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Cooperative Design Visualisation and Engineering (CDVE 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Osaka, Japan. pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Assistant Agents and Multi-agent Middleware for CSCW</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alistair Jones</w:t>
+                <w:t xml:space="preserve">Co-Evolution of Design Methods and CSCWD Systems to Improve the Preliminary Design Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Luigi Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Vezzetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 16th IEEE International Conference on Computer Supported Cooperative Work in Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Co-Evolution of Design Methods and CSCWD Systems to Improve the Preliminary Design Process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, San Servolo Venice, Italy. pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CSCWD.2012.6221800⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01018668v1</w:t>
+                <w:t xml:space="preserve">hal-04466760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Collaboration in Table-centric Interactive Spaces</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Atman Kendira</w:t>
+                <w:t xml:space="preserve">Repenser le processus d'innovation dans un contexte d'éco-conception et d'économie de fonctionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bisiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Millet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVI workshop on Designing Collaborative Interactive Spaces (DCIS 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Capri, Italy. pp.1-10</w:t>
+              <w:t xml:space="preserve">Repenser le processus d'innovation dans un contexte d'éco-conception et d'économie de fonctionnalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, San Servolo Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01018676v1</w:t>
+                <w:t xml:space="preserve">hal-04466819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repenser le processus d'innovation dans un contexte d'éco-conception et d'économie de fonctionnalité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Bisiaux</w:t>
+                <w:t xml:space="preserve">Evaluating Collaboration in Table-centric Interactive Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repenser le processus d'innovation dans un contexte d'éco-conception et d'économie de fonctionnalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, San Servolo Venise, Italy</w:t>
+              <w:t xml:space="preserve">AVI workshop on Designing Collaborative Interactive Spaces (DCIS 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Capri, Italy. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466819v1</w:t>
+                <w:t xml:space="preserve">hal-01018676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal Interaction in Collocated Cooperative Design</w:t>
               </w:r>
@@ -5801,51 +5801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5881,407 +5881,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TATIN-PIC Project, A Multi-modal Collaborative Work Environment for Preliminary Design.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conducting Preliminary Design Around an Interactive Tabletop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18th International Conference on Engineering Design (ICED11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Copenhagen, Denmark. pp.366-376</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984872v1</w:t>
+                <w:t xml:space="preserve">hal-00984873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage autour d'une table interactive</w:t>
+                <w:t xml:space="preserve">The TATIN-PIC Project, A Multi-modal Collaborative Work Environment for Preliminary Design.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH 2011)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lausanne, Switzerland. pp.154-161, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984897v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting Preliminary Design Around an Interactive Tabletop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissage autour d'une table interactive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Engineering Design (ICED11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Copenhagen, Denmark. pp.366-376</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Mons, Belgique. pp.37-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984873v1</w:t>
+                <w:t xml:space="preserve">hal-00984897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for Risk Identification Method Selection According to Product Design and Project Management Maturity, Product Innovation Degree and Project Team</w:t>
               </w:r>
@@ -6913,109 +6913,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilotage par les risques des projets industriels: et les opportunités? Recommandations pour l'identification des risques projet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers un processus de conception piloté par le risque de non atteinte des performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilain Cabannes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Troussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Marle</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Cherfi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pilotage par les risques des projets industriels: et les opportunités? Recommandations pour l'identification des risques projet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Vers un processus de conception piloté par le risque de non atteinte des performances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, La Plagne, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466842v1</w:t>
+                <w:t xml:space="preserve">hal-04466824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creativite et management des risques, des synergies pour innover</w:t>
               </w:r>
@@ -7090,135 +7116,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un processus de conception piloté par le risque de non atteinte des performances</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pilotage par les risques des projets industriels: et les opportunités? Recommandations pour l'identification des risques projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zohra Cherfi</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Marle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers un processus de conception piloté par le risque de non atteinte des performances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, La Plagne, France. pp.10</w:t>
+              <w:t xml:space="preserve">Pilotage par les risques des projets industriels: et les opportunités? Recommandations pour l'identification des risques projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466824v1</w:t>
+                <w:t xml:space="preserve">hal-04466842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tables interactives : vers une aide à l'animation de séances de conception préliminaire collaborative ?</w:t>
               </w:r>
@@ -9944,247 +9944,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité et Recherche Dans l'industrie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">El Arbi Hassani</w:t>
+                <w:t xml:space="preserve">Modélisation des risques d'un projet de conception et de mise en place d'un système de management environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bassetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gautier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qualité et Recherche Dans l'industrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2001, St. Quentin-en-Yvelines, France</w:t>
+              <w:t xml:space="preserve">Modélisation des risques d'un projet de conception et de mise en place d'un système de management environnemental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2001, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466850v1</w:t>
+                <w:t xml:space="preserve">hal-04466816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des risques d'un projet de conception et de mise en place d'un système de management environnemental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Bassetti</w:t>
+                <w:t xml:space="preserve">Qualité et Recherche Dans l'industrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Arbi Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation des risques d'un projet de conception et de mise en place d'un système de management environnemental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2001, Annecy, France</w:t>
+              <w:t xml:space="preserve">Qualité et Recherche Dans l'industrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2001, St. Quentin-en-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04466816v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manager les risques d'un projet de conception d'un système de management environnemental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bassetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10330,51 +10330,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des risques d'un projet de conception d'un système de management environnemental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bassetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10514,122 +10514,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outils d'aide à la décision pour la fiabilisation du processus de conception de produits nouveaux - ma\ⁱtrise des risques projet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fiabilisation de La Conception de Produits Nouveaux Par La Ma\ⁱtrise Des Risques, Outils d'aide à La Décision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gautier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Duchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Outils d'aide à la décision pour la fiabilisation du processus de conception de produits nouveaux - maîtrise des risques projet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1999, Albi, France</w:t>
+              <w:t xml:space="preserve">Fiabilisation de La Conception de Produits Nouveaux Par La Maîtrise Des Risques, Outils d'aide à La Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1999, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466831v1</w:t>
+                <w:t xml:space="preserve">hal-04466837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l'analyse de Risque à La Prise de Décision Dans Les Projets</w:t>
               </w:r>
@@ -10704,122 +10704,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiabilisation de La Conception de Produits Nouveaux Par La Ma\ⁱtrise Des Risques, Outils d'aide à La Décision</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Outils d'aide à la décision pour la fiabilisation du processus de conception de produits nouveaux - ma\ⁱtrise des risques projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Duchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiabilisation de La Conception de Produits Nouveaux Par La Maîtrise Des Risques, Outils d'aide à La Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 1999, Paris, France</w:t>
+              <w:t xml:space="preserve">Outils d'aide à la décision pour la fiabilisation du processus de conception de produits nouveaux - maîtrise des risques projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466837v1</w:t>
+                <w:t xml:space="preserve">hal-04466831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ma\ⁱtrise des risques par la conduite effective du processus décisionnel dans les projets de conception de produits nouveaux</w:t>
               </w:r>
@@ -11812,252 +11812,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04381376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management de projet, vol.1, Introduction et fondamentaux</w:t>
+                <w:t xml:space="preserve">Management de projet 2, Approfondissements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Zonghero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermès Science/Lavoisier, Paris, 1, 2006, 978-2-7462-1377-7</w:t>
+              <w:t xml:space="preserve">Hermes Science Publications, 474p., 2006, 978-2746214682</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04381374v1</w:t>
+                <w:t xml:space="preserve">hal-01772681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management de projet 2, Approfondissements</w:t>
+                <w:t xml:space="preserve">Management de projet 1, Introduction et fondamentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Zonghero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermes Science Publications, 474p., 2006, 978-2746214682</w:t>
+              <w:t xml:space="preserve">Hermes Sciences Publications, 246 p., 2006, 978-2746213777</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772681v1</w:t>
+                <w:t xml:space="preserve">hal-01772674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management de projet 1, Introduction et fondamentaux</w:t>
+                <w:t xml:space="preserve">Management de projet, vol.1, Introduction et fondamentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Zonghero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermes Sciences Publications, 246 p., 2006, 978-2746213777</w:t>
+              <w:t xml:space="preserve">Hermès Science/Lavoisier, Paris, 1, 2006, 978-2-7462-1377-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772674v1</w:t>
+                <w:t xml:space="preserve">hal-04381374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management de projet, vol.2, Approfondissements</w:t>
               </w:r>
@@ -14057,51 +14057,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1963BDD7"/>
+    <w:nsid w:val="8684B762"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14205,51 +14205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="4A71A554"/>
+    <w:nsid w:val="67E51F14"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14439,51 +14439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-gidel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0271-2565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110291697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489387v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tucker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.12444" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902427v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Kaeri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Sugawara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Moulin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2020.101050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902401v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Fujita" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25046/aj050262" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790170v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech80" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204820v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPOM.2014.065255" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02271546v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilain Cabannes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Mey Goh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Troussier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mcmahon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-014-0228-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Buet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmj.21429" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LD76VMH8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMCDM.2012.046948" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02870107v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Cherfi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-011-0116-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772748v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Restrepo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Arbelaez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381383v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouck Belkadi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Eynard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Messaadia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPD.2010.034312" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772814v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fernez-Walch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Romon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.165.87-104" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Gautier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duchamp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544820512331325238" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466756v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772910v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gautier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466755v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05130165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ciprian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05130179v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466862v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mourth&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466825v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Chartres" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.341" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466832v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric d'Arrenti&#232;res" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843453v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shgieru Fujita" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaro Taki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotaro Miyanishi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokuyasu Kakuta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hiji" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD49262.2021.9437610" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466757v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cagliesi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466833v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Zonghero" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466841v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Domingues" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139862v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9282981" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.14" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384695v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585996v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuo Suganuma" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2019.8791869" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996306v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2018.8465382" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852192v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villemonteix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870239v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molines" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Henriot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fanni" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Korbi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466836v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luigi Guerra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Vezzetti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466847v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466762v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723902v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bisiaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466763v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lenne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723871v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Huet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466844v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823144v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466753v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466818v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466761v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atman Kendira" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466770v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466760v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018663v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barth&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018668v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2012.6221800" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018676v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466819v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018681v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984872v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960069" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984897v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466845v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Vasconcellos Ferreira Grubisic" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ogliari" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466857v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lehoux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buisine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466820v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466769v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466861v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Belkadi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Eynard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466823v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilain Cabanne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466842v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466868v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vervliet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466824v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466822v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Burgaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mougenot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466859v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466754v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466817v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391262v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonjour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09697-1_13" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466821v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362485v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Khoury" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466856v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Klein Meyer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620932v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cabannes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466834v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466863v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Armand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466849v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Arbi Hassani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466751v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abouzahir" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466864v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466773v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466826v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Triomphe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466759v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466764v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466772v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466766v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466827v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466765v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466838v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466758v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466850v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466816v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bassetti" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466815v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466848v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466877v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466839v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Christofol" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466831v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466835v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466837v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466840v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466828v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466878v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466830v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466829v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Truchot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466792v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381373v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902434v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357589v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bigand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vaudelin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772699v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381376v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381374v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772681v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772674v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381375v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guerra" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381378v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381366v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15973-2_12" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-J47NMH2W-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902435v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Buet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gidel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Millet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84996-199-8_17" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341903v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09697-113" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902437v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465703v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381379v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381371v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902438v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381370v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381372v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381368v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902442v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03374773v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gagliesi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02440828v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03135347v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388863v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Setitra" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-gidel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0271-2565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110291697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489387v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tucker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.12444" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902427v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Kaeri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Sugawara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Moulin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2020.101050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902401v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Fujita" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25046/aj050262" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790170v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech80" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204820v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPOM.2014.065255" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02271546v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilain Cabannes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Mey Goh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Troussier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mcmahon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-014-0228-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Buet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmj.21429" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LD76VMH8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMCDM.2012.046948" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02870107v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Cherfi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-011-0116-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772748v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Restrepo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Arbelaez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381383v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouck Belkadi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Eynard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Messaadia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPD.2010.034312" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772814v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fernez-Walch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Romon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.165.87-104" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Gautier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duchamp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544820512331325238" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466756v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772910v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gautier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466755v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05130165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ciprian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05130179v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466862v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mourth&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466825v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Chartres" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.341" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466832v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric d'Arrenti&#232;res" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843453v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shgieru Fujita" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaro Taki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotaro Miyanishi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokuyasu Kakuta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hiji" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD49262.2021.9437610" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466757v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cagliesi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466833v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Zonghero" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466841v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Domingues" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139862v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9282981" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.14" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384695v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585996v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuo Suganuma" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2019.8791869" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870239v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molines" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Henriot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fanni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Korbi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852192v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villemonteix" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996306v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2018.8465382" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466836v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luigi Guerra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Vezzetti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466847v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466762v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723902v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bisiaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466763v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lenne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723871v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Huet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466844v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823144v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466753v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466818v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466761v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atman Kendira" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466770v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018668v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2012.6221800" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018663v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barth&#232;s" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466760v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466819v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018676v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018681v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984872v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960069" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984897v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466845v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Vasconcellos Ferreira Grubisic" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ogliari" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466857v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lehoux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buisine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466820v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466769v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466861v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Belkadi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Eynard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466823v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilain Cabanne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466824v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466868v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vervliet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466842v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466822v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Burgaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mougenot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466859v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466754v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466817v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391262v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonjour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09697-1_13" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466821v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362485v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Khoury" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466856v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Klein Meyer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620932v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cabannes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466834v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466863v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Armand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466849v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Arbi Hassani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466751v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abouzahir" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466864v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466773v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466826v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Triomphe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466759v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466764v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466772v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466766v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466827v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466765v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466838v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466758v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466816v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bassetti" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466850v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466815v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466848v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466877v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466839v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Christofol" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466837v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466835v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466831v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466840v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466828v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466878v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466830v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466829v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Truchot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466792v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381373v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902434v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357589v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bigand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vaudelin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772699v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381376v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772681v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772674v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381374v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381375v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guerra" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381378v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381366v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15973-2_12" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-J47NMH2W-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902435v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Buet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gidel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Millet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84996-199-8_17" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341903v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-09697-113" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902437v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465703v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381379v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381371v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902438v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381370v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381372v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381368v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902442v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03374773v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gagliesi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02440828v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03135347v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388863v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Setitra" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>