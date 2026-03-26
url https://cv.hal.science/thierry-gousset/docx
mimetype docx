--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2568,51 +2568,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02461294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination of effective radiative and collisional in-medium energy-loss models by their effects on angular jet structure</w:t>
+                <w:t xml:space="preserve">Effects of jet-medium interactions on angular correlations of jet-particle pairs at different energy scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rohrmoser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
@@ -2620,116 +2620,129 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Aichelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iurii Karpenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Cracow Epiphany Conference on Advances in Heavy Flavour Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.49.1325⟩</w:t>
+              <w:t xml:space="preserve">9th International Conference on Hard and Electromagnetic Probes of High-Energy Nuclear Collisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Aix-Les-Bains, France. pp.086, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22323/1.345.0086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815123v1</w:t>
+                <w:t xml:space="preserve">hal-01975388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of jet-medium interactions on angular correlations of jet-particle pairs at different energy scales</w:t>
+                <w:t xml:space="preserve">Discrimination of effective radiative and collisional in-medium energy-loss models by their effects on angular jet structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rohrmoser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
@@ -2737,105 +2750,92 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Aichelin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iurii Karpenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Hard and Electromagnetic Probes of High-Energy Nuclear Collisions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Aix-Les-Bains, France. pp.086, </w:t>
+              <w:t xml:space="preserve">24th Cracow Epiphany Conference on Advances in Heavy Flavour Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Cracow, Poland. pp.1325, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22323/1.345.0086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.49.1325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975388v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraining in-medium heavy-quark energy-loss mechanisms via angular correlations between heavy and light mesons</w:t>
               </w:r>
@@ -3625,260 +3625,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00919695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative energy loss in the absorptive QGP: taming the long formation lengths in coherent emission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent results on heavy quark quenching in ultrarelativistic heavy ion collisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joerg Aichelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bluhm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlene Nahrgang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Excited QCD 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Peniche, Portugal</w:t>
+              <w:t xml:space="preserve">QNP2012 - Sixth International Conference devoted to Quarks and Nuclear Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00730449v1</w:t>
+                <w:t xml:space="preserve">in2p3-00720188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent results on heavy quark quenching in ultrarelativistic heavy ion collisions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiative energy loss in the absorptive QGP: taming the long formation lengths in coherent emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bluhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Aichelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QNP2012 - Sixth International Conference devoted to Quarks and Nuclear Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Excited QCD 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Peniche, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00720188v1</w:t>
+                <w:t xml:space="preserve">in2p3-00730449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative and Collisional Energy Loss of Heavy Quarks in Deconfined Matter</w:t>
               </w:r>
@@ -5819,286 +5819,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00002752v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radio Detection of Cosmic Ray Extensive Air Showers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radio Detection of Cosmic Ray Air Shower by the CODALEMA Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayrouz. Haddad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lautridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine de l'Astrophysique Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th Pisa Meeting on Advanced Detectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Pisa, Italy. pp.213-215, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2003.10.063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025259v1</w:t>
+                <w:t xml:space="preserve">in2p3-00023689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radio Detection of Cosmic Ray Air Shower by the CODALEMA Experiment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radio Detection of Cosmic Ray Extensive Air Showers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayrouz. Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lautridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Pisa Meeting on Advanced Detectors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Semaine de l'Astrophysique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Bordeaux, France. pp.395</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00023689v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cross sections between charmonia and comovers within pQCD</w:t>
               </w:r>
@@ -7511,76 +7511,76 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00012097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual compton scattering at MAMI $\gamma^* p \rightarrow \gamma' p'$.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Real and virtual Compton scattering (experiments)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bartsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Berthot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7590,122 +7590,122 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Few-Body Problems in Physics 16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 1998, Autrans, France. pp.523-526</w:t>
+              <w:t xml:space="preserve">Joint ECT* / TJNAF Workshop on N* Physics and Nonperturbative QCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1998, Trento, Italy. pp.316-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00003961v1</w:t>
+                <w:t xml:space="preserve">in2p3-00005283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real and virtual Compton scattering (experiments)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Virtual compton scattering at MAMI $\gamma^* p \rightarrow \gamma' p'$.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kerhoas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bartsch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Berthot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7715,73 +7715,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint ECT* / TJNAF Workshop on N* Physics and Nonperturbative QCD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1998, Trento, Italy. pp.316-326</w:t>
+              <w:t xml:space="preserve">European Conference on Few-Body Problems in Physics 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1998, Autrans, France. pp.523-526</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00005283v1</w:t>
+                <w:t xml:space="preserve">in2p3-00003961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QCD factorization in $\gamma*\gamma \to \pi\pi$ and $\gamma* N \to \pi\pi N$</w:t>
               </w:r>
@@ -9026,51 +9026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayrouz. Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lautridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] SUBATECH 2003-01, SUBATECH. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9265,51 +9265,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delorme" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Katz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gousset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Bernard Gossiaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Blaizot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2024)060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00846842v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Aichelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.89.074018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613000v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ardouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belletoile" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Charrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2009.01.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573461v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Lamblin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Valcares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2008.11.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00463818v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamblin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valcares" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2008.11.005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00272463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arleo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.12.025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peigne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1126-6708/2006/04/011" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00111825v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dallier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2006.07.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bell&#233;toile" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2005.08.096" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.72.054010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023526v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ravel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010093v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007831v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022345v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diehl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pire" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005733v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000657v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0370-2693(98)00439-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Teryaev" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.81.1782" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503207v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.438.0099" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557627v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202225805009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557632v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202225912001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517234v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02461294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815123v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rohrmoser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.1325" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975388v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Karpenko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.345.0086" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01439274v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rohrmoser" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/779/1/012032" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058460v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parent Du Chatelet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.314.0181" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164699v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ozvenchuck" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/623/1/012002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00914525v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/509/1/012039" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060823v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Nahrgang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ozvenchuk" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2014.08.096" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00751224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bluhm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2013.02.182" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00919695v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/455/1/012046" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00730449v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00720188v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00667382v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00666042v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/PTPS.193.110" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00686541v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00483865v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guiho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/37/9/094019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166369v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riviere" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00285304v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00310965v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3360/dis.2007.39" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00119164v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2006.10.237" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00149607v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brandt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/34/8/S103" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00300406v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025085v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X0603360X" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025087v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025082v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802166v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ardouin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dallier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Denis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023406v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X0503034X" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025074v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002752v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025259v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayrouz. Haddad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lautridou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023689v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2003.10.063" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021565v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021570v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021494v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021458v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021418v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00006474v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Friedrich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bartsch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baumann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Bertin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00195554v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022344v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004629v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kerhoas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021531v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003136v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roche" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012097v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dufour" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003961v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005283v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00195516v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. V. Terayev" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0375-9474(00)88503-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022891v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. d'Hose" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010449v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00197190v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022839v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lhuillier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.U. Boeglin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001700v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fonvieille" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A.M. Guichon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hyde-Wright" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00688058v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114672v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acounis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chauvin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Collonges" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025068v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00300413v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114692v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delorme" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Katz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gousset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Bernard Gossiaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Blaizot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2024)060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00846842v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Aichelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.89.074018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613000v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ardouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belletoile" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Charrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2009.01.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573461v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Lamblin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Valcares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2008.11.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00463818v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamblin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valcares" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2008.11.005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00272463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arleo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.12.025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peigne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1126-6708/2006/04/011" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00111825v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dallier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2006.07.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bell&#233;toile" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2005.08.096" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.72.054010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023526v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ravel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010093v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007831v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022345v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diehl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pire" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005733v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000657v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0370-2693(98)00439-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Teryaev" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.81.1782" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503207v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.438.0099" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557627v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202225805009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557632v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202225912001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517234v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02461294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975388v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rohrmoser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Karpenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.345.0086" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815123v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.1325" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01439274v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rohrmoser" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/779/1/012032" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058460v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parent Du Chatelet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.314.0181" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164699v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ozvenchuck" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/623/1/012002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00914525v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/509/1/012039" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060823v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Nahrgang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ozvenchuk" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2014.08.096" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00751224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bluhm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2013.02.182" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00919695v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/455/1/012046" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00720188v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00730449v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00667382v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00666042v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/PTPS.193.110" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00686541v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00483865v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guiho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/37/9/094019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166369v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riviere" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00285304v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00310965v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3360/dis.2007.39" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00119164v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2006.10.237" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00149607v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brandt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/34/8/S103" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00300406v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025085v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X0603360X" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025087v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025082v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802166v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ardouin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dallier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Denis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023406v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X0503034X" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025074v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002752v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023689v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayrouz. Haddad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2003.10.063" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025259v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lautridou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021565v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021570v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021494v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021458v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021418v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00006474v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Friedrich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bartsch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baumann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Bertin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00195554v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022344v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004629v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kerhoas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021531v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003136v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roche" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012097v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dufour" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005283v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003961v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00195516v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. V. Terayev" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0375-9474(00)88503-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022891v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. d'Hose" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010449v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00197190v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022839v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lhuillier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.U. Boeglin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001700v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fonvieille" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A.M. Guichon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hyde-Wright" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00688058v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114672v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acounis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chauvin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Collonges" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025068v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00300413v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114692v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>