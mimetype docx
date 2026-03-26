--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -4335,2675 +4335,2675 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02239662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le règlement UEMOA (Union économique et monétaire ouest-africaine) relatif aux fonds communs de titrisation de créances et aux opérations de titrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2, pp.117-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiducie sûreté et fiducie gestion, les premiers pas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4, pp.98-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hésitations relatives à la procédure applicable au contentieux de la rémunération des commissaires aux comptes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 09, pp.521</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02239651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prescription de l'action en responsabilité à l'encontre du commissaire aux comptes et preuve d'un acte de dissimulation du fait dommageable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 02, pp.109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02239581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Hésitations relatives à la procédure applicable au contentieux de la rémunération des commissaires aux comptes</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La demande reconventionnelle dans la procédure du contentieux relatif au montant des honoraires des commissaires aux comptes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 09, pp.521</w:t>
+              <w:t xml:space="preserve">, 2010, 04, pp.238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La demande reconventionnelle dans la procédure du contentieux relatif au montant des honoraires des commissaires aux comptes</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02239605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impact des réformes relatives aux instruments financiers et à l'appel public à l'épargne sur le mécanisme de titrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.110-112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vision économique et définition juridique de la titrisation, l'intérêt d'une confrontation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4, pp.104-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La proposition de règlement du Parlement européen et du Conseil sur les agences de notation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Haut Conseil du commissariat aux comptes : premier bilan d'un jeune régulateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 04, pp.238</w:t>
+              <w:t xml:space="preserve">, 2009, 04, pp.747</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Fiducie sûreté et fiducie gestion, les premiers pas</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02239479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titrisation et crise financière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Alamowitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Bourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, p. 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le commissaire aux comptes dans la société par actions simplifiée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, p. 252</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le manquement à son obligation d'indépendance justifie le relèvement de fonctions d'un commissaire aux comptes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, pp.146-151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action en responsabilité du commissaire aux comptes : la jurisprudence relative à la prescription se confirme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financements structurés et encadrement juridique des agences de notation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 4, pp.98-102</w:t>
+              <w:t xml:space="preserve">, 2007, 3, pp.135-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le règlement UEMOA (Union économique et monétaire ouest-africaine) relatif aux fonds communs de titrisation de créances et aux opérations de titrisation</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le délai de prescription triennale s'applique aux actions en responsabilité engagées à l'encontre des commissaires aux comptes à l'occasion de toute mission légale de contrôle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4, pp.863-867</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le respect du formalisme en matière de cession à un fonds commun de créances : à propos de l'arrêt de la chambre commerciale de la Cour de cassation du 13 février 2007</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 2, pp.117-121</w:t>
+              <w:t xml:space="preserve">, 2007, 2, pp.92-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'impact des réformes relatives aux instruments financiers et à l'appel public à l'épargne sur le mécanisme de titrisation</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions de la prescription de l'action en responsabilité dirigée contre les commissaires aux comptes d'une société soumise à une procédure collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.571 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une nouvelle réforme du cadre juridique de la titrisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 3, pp.110-112</w:t>
+              <w:t xml:space="preserve">, 2007, 4, pp.119-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Vision économique et définition juridique de la titrisation, l'intérêt d'une confrontation</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité de l'expert-comptable en droit fiscal : la jurisprudence est rigoureuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.816 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03244081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'application des règles issues de la transposition de la directive &amp;quot;abus de marchés&amp;quot; aux fonds communs de créances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 4, pp.104-107</w:t>
+              <w:t xml:space="preserve">, 2007, 1, pp.91-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 39</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délimitation de la responsabilité des personnes chargées de l'information financière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Bourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6, pp.742 et s</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le Haut Conseil du commissariat aux comptes : premier bilan d'un jeune régulateur</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité de l'expert-comptable en droit fiscal : la jurisprudence est rigoureuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.816 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Professionnels du chiffre : le risque pénal est désormais bien réel en cas de complaisance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6, pp.685</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations relatives à une étude de l'Autorité des marchés financiers intitulée : &amp;quot;La notation en matière de titrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1, pp.102-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La commercialisation à distance de services financiers auprès des consommateurs : une rencontre entre droit de la consommation et droit financier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Bourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1, pp.7 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rescrit de l'Autorité des marchés financiers relatif au champ d'application de l'appel public à l'épargne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Bourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 4, pp.499 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les émissions de titres par les fonds communs de créances après la transposition de la directive prospectus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2, pp.95-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle de l'information financière : Renforcement du rôle et de la responsabilité du commissaire aux comptes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 12, pp.1355 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le haut Conseil du commissariat aux comptes, nouvel acteur de la profession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie et comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 234, pp.9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le commissaire aux comptes et l'expert-comptable n'encourent pas la même responsabilité en cas de redressement fiscal de leur client</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7, pp.901 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution de l'organisation de la société de gestion du fonds commun de créances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 3, pp.137-141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augmentation de capital en nature et par incorporation de réserves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 189, pp.19 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un nouveau décret pour la titrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. K. Agboyibor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8, pp.570 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rapport de gestion après l'ordonnance n° 2004-1382 du 20 décembre 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 04, pp.747</w:t>
+              <w:t xml:space="preserve">, 2005, 2, pp.315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 1, p. 10</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les limites de l'obligation de révélation des faits délictueux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 12, pp.1341 et s</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le commissaire aux comptes dans la société par actions simplifiée</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un nouveau décret pour les opérations de titrisation (décret n° 2004-1255 du 24 novembre 2004)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 08, pp.570</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notion d'appel public à l'épargne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 3, p. 252</w:t>
+              <w:t xml:space="preserve">, 2005, 8, pp.983 et s</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 1, pp.146-151</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00292729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanctions encourues pour comptabilité approximative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.1209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...1737 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00292723v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00292729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de la responsabilité civile du commissaire aux comptes</w:t>
               </w:r>
@@ -11027,51 +11027,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="05916B33"/>
+    <w:nsid w:val="FAD352BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11175,51 +11175,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="AE9C47A4"/>
+    <w:nsid w:val="FB93E32E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11323,51 +11323,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="71A1E25E"/>
+    <w:nsid w:val="20A970C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11471,51 +11471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="F3D98A8B"/>
+    <w:nsid w:val="25CB46C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11619,51 +11619,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="555B7BD7"/>
+    <w:nsid w:val="E1C5C603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11862,51 +11862,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pole-bfp-facdedroit.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-amu.fr/fr/public/commission-de-la-recherche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-droit.fr/unjf-cours/10533-les-regulateurs-financiers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pole-bfp-facdedroit.univ-amu.fr/sites/pole-bfp-facdedroit.univ-amu.fr/files/public/cv_thierry_granier_dec_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierry.granier@univ-amu.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04932510v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04532566v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209260v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209250v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700111v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209243v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209378v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277466v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700096v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700059v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097018v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441472v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441326v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423558v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Davoult" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424952v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423563v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422923v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Chapier-Granier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421886v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423546v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451106v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423654v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240195v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423629v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450964v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423931v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423648v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429183v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Teston" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poracchia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gasbaoui" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240004v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239982v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240113v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239865v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239896v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239954v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425940v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430639v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239772v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425038v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239590v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239662v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239581v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239651v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239605v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426075v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425955v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425996v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425984v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426127v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239479v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292633v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alamowitch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292631v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292627v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292629v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03244081v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292646v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292644v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292637v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292654v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292650v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292653v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292638v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292689v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292682v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292664v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292662v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292692v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292687v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292661v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292727v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292784v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K. Agboyibor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292770v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208507v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292720v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292729v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288544v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288547v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239155v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288541v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239043v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238944v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238924v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238852v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02250441v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793113v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419451v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417956v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427518v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288552v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441808v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Nabasque" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Coquelet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942521v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418822v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Cannu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Routier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419208v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Cr&#234;te" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riassetto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Dai Do" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wkf.fr/fiche-produit/lamy-axe-droit/affaires/1094-les-fonds-dinvestissement.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421057v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01392062v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292765v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288555v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jaffeux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421356v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corynne Jaffeux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099705v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442778v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015310v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labase-lextenso.fr/etudes-joly-bourse/B_ET022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020301v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labase-lextenso.fr/etudes-joly-bourse/B_ET022#B_ET022" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929000v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421378v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452005v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422913v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buchberger" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420108v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424760v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lgdj.fr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427609v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425618v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lexisnexis.fr" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951057v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429874v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429189v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292659v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292700v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292757v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419345v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943985v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782168v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484125v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419980v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pole-bfp-facdedroit.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-amu.fr/fr/public/commission-de-la-recherche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-droit.fr/unjf-cours/10533-les-regulateurs-financiers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pole-bfp-facdedroit.univ-amu.fr/sites/pole-bfp-facdedroit.univ-amu.fr/files/public/cv_thierry_granier_dec_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierry.granier@univ-amu.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04932510v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04532566v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209260v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209250v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700111v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209243v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209378v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277466v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700096v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700059v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097018v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441472v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441326v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423558v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Davoult" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424952v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423563v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422923v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Chapier-Granier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421886v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423546v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451106v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423654v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240195v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423629v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450964v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423931v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423648v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429183v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Teston" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poracchia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gasbaoui" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240004v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239982v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240113v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239865v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239896v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239954v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425940v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430639v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239772v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425038v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239590v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239662v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426075v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239651v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239581v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425996v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425984v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426127v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239479v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292633v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alamowitch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292631v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292627v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292629v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292636v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292646v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292644v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292637v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03244081v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292654v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292638v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292650v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292653v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292689v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292682v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292664v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292662v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292692v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292687v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292661v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292727v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292784v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K. Agboyibor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292770v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292720v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208507v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292729v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292723v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288544v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288547v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239155v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288541v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239043v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238944v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238924v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238852v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02250441v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793113v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419451v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417956v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427518v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288552v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441808v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Nabasque" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Coquelet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942521v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418822v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Cannu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Routier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419208v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Cr&#234;te" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riassetto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Dai Do" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wkf.fr/fiche-produit/lamy-axe-droit/affaires/1094-les-fonds-dinvestissement.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421057v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01392062v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292765v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288555v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jaffeux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421356v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corynne Jaffeux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099705v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442778v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015310v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labase-lextenso.fr/etudes-joly-bourse/B_ET022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020301v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labase-lextenso.fr/etudes-joly-bourse/B_ET022#B_ET022" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929000v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421378v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452005v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422913v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buchberger" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420108v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424760v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lgdj.fr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427609v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425618v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lexisnexis.fr" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951057v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429874v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429189v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292659v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292700v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292757v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419345v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943985v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782168v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484125v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419980v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>