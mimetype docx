--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -602,274 +602,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity and virulence gene profiling of Vibrio harveyi in a vibriosis-affected European seabass (Dicentrarchus labrax) aquaculture tank</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alix da Fonseca Ferreira</w:t>
+                <w:t xml:space="preserve">Exposure to the main Organic Plastic Additives through food contamination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Rekibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duflos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Lehmann</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+                <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 212, pp.117553. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 376, pp.126359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2139/ssrn.4956372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04889440v1</w:t>
+                <w:t xml:space="preserve">anses-05066630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to the main Organic Plastic Additives through food contamination</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Duflos</w:t>
+                <w:t xml:space="preserve">Genetic diversity and virulence gene profiling of Vibrio harveyi in a vibriosis-affected European seabass (Dicentrarchus labrax) aquaculture tank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix da Fonseca Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dehaut</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 376, pp.126359. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 212, pp.117553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.4956372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05066630v1</w:t>
+                <w:t xml:space="preserve">hal-04889440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal and Spatial Dynamics of Vibrio harveyi: An Environmental Parameter Correlation Investigation in a 4-Metre-Deep Dicentrarchus labrax Aquaculture Tank</w:t>
               </w:r>
@@ -1083,857 +1083,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of a method designed to extract and characterize microplastics in different packaged fish products</w:t>
+                <w:t xml:space="preserve">Differentiating between fresh and frozen-thawed fish fillets by muscle fibre permeability measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simge Duman</w:t>
+                <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Périne Doyen</w:t>
+                <w:t xml:space="preserve">Méline Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Merveillie</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Lencel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 154, pp.110029. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2023.110029⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 147, pp.109567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04179597v1</w:t>
+                <w:t xml:space="preserve">hal-03922533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating between fresh and frozen-thawed fish fillets by muscle fibre permeability measurement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural studies of the deacylated glycolipids and lipoteichoic acid of &amp;lt;i&amp;gt;Lactococcus cremoris&amp;lt;/i&amp;gt; 3107</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofía Ruiz-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
+                <w:t xml:space="preserve">Jennifer Mahony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méline Soret</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Pierre Chapot-Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109567⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 531, pp.108898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2023.108898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922533v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural studies of the deacylated glycolipids and lipoteichoic acid of &amp;lt;i&amp;gt;Lactococcus cremoris&amp;lt;/i&amp;gt; 3107</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of dietary co-exposure to fungal and herbal functional feed additives on immune parameters and microbial intestinal diversity in rainbow trout (&amp;lt;i&amp;gt;Oncorhynchus mykiss&amp;lt;/i&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofía Ruiz-Cruz</w:t>
+                <w:t xml:space="preserve">Victor Lobanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+                <w:t xml:space="preserve">Morgane Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Mahony</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Chapot-Chartier</w:t>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2023.108898⟩</w:t>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 137, pp.108773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2023.108773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161097v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04081993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of dietary co-exposure to fungal and herbal functional feed additives on immune parameters and microbial intestinal diversity in rainbow trout (&amp;lt;i&amp;gt;Oncorhynchus mykiss&amp;lt;/i&amp;gt;)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization of a method designed to extract and characterize microplastics in different packaged fish products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simge Duman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Mougin</w:t>
+                <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Lobanov</w:t>
+                <w:t xml:space="preserve">Pauline Merveillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Danion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roxane Roquigny</w:t>
+                <w:t xml:space="preserve">Nicolina Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Goardon</w:t>
+                <w:t xml:space="preserve">Romane Bayeuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 137, pp.108773. </w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 154, pp.110029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fsi.2023.108773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2023.110029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04081993v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04179597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of fish freshness: Flow cytometry analysis of isolated muscle mitochondria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Differentiating between fresh and frozen-thawed fish fillets by mitochondrial permeability measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Cleach</w:t>
+                <w:t xml:space="preserve">Anne Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Jouy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Crola Da Silva</w:t>
+                <w:t xml:space="preserve">Philippe Pasdois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.131690⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 141, pp.109197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298039v1</w:t>
+                <w:t xml:space="preserve">hal-03699126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating between fresh and frozen-thawed fish fillets by mitochondrial permeability measurement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Measurement of fish freshness: Flow cytometry analysis of isolated muscle mitochondria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Méline Soret</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cleach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Devin</w:t>
+                <w:t xml:space="preserve">Nathalie Jouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Pasdois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Grard</w:t>
+                <w:t xml:space="preserve">Claire Crola Da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 141, pp.109197. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 373 (Part B), pp.131690. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109197⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.131690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699126v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethidium and propidium monoazide: comparison of potential toxicity on &amp;lt;i&amp;gt;Vibrio&amp;lt;/i&amp;gt; sp. viability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Raguenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2023,90 +2023,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the marine aquaculture microbiome: A seasonal survey in a seabass farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bonnin-Jusserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 531, pp.735987. </w:t>
@@ -2144,51 +2144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abundance and spatial patterns over time of Vibrionaceae and &amp;lt;i&amp;gt;Vibrio harveyi&amp;lt;/i&amp;gt; in water and biofilm from a seabass aquaculture facility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2272,308 +2272,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a &amp;lt;i&amp;gt;mreB&amp;lt;/i&amp;gt;-targeted real-time PCR method for the quantitative detection of &amp;lt;i&amp;gt;Vibrio harveyi&amp;lt;/i&amp;gt; in seawater and biofilm from aquaculture systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Travers</w:t>
+                <w:t xml:space="preserve">Assessment of fish freshness based on fluorescence measurement of mitochondrial membrane potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lencel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735337⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 115, pp.107301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2020.107301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02864334v1</w:t>
+                <w:t xml:space="preserve">hal-03490842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of fish freshness based on fluorescence measurement of mitochondrial membrane potential</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Méline Soret</w:t>
+                <w:t xml:space="preserve">Development of a &amp;lt;i&amp;gt;mreB&amp;lt;/i&amp;gt;-targeted real-time PCR method for the quantitative detection of &amp;lt;i&amp;gt;Vibrio harveyi&amp;lt;/i&amp;gt; in seawater and biofilm from aquaculture systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Roquigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bonnin-Jusserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 115, pp.107301. </w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 525, pp.735337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2020.107301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03490842v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid identification of &amp;lt;i&amp;gt;Vibrio&amp;lt;/i&amp;gt; species of the Harveyi clade using MALDI-TOF MS profiling with main spectral Profile database implemented with an in-house database: Luvibase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2657,831 +2657,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequencing and analysis of &amp;lt;i&amp;gt;Bacillus pumilus&amp;lt;/i&amp;gt; ICVB403 isolated from &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs revealed surfactin and bacteriocin production: insights on anti-&amp;lt;i&amp;gt;staphylococcus&amp;lt;/i&amp;gt; activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mitochondrial activity as an indicator of fish freshness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pasdois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+                <w:t xml:space="preserve">Philippe Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Flahaut</w:t>
+                <w:t xml:space="preserve">Denis Watier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-018-9461-4⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 287, pp.38-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.02.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618649v1</w:t>
+                <w:t xml:space="preserve">hal-02619963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and biological activities of a hexosamine-rich cell wall polysaccharide isolated from the probiotic &amp;lt;i&amp;gt;Lactobacillus farciminis&amp;lt;/i&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adhesion to stainless steel surfaces and detection of viable but non cultivable cells of &amp;lt;i&amp;gt;Vibrio parahaemolyticus&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;Vibrio cholerae&amp;lt;/i&amp;gt; isolated from shrimps in seafood processing environments: Stayin' alive?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Copin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Maes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+                <w:t xml:space="preserve">Daline Bojolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+                <w:t xml:space="preserve">Virginie Raguenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Elass-Rochard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Payré</w:t>
+                <w:t xml:space="preserve">Annick Robert-Pillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycoconjugate Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10719-018-09854-y⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102, pp.122-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371915v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial activity as an indicator of fish freshness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pasdois</w:t>
+                <w:t xml:space="preserve">Structure and biological activities of a hexosamine-rich cell wall polysaccharide isolated from the probiotic &amp;lt;i&amp;gt;Lactobacillus farciminis&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Maes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Marchetti</w:t>
+                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Watier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Duflos</w:t>
+                <w:t xml:space="preserve">Elisabeth Elass-Rochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Payré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.02.076⟩</w:t>
+              <w:t xml:space="preserve">Glycoconjugate Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (1), pp.39-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10719-018-09854-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619963v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion to stainless steel surfaces and detection of viable but non cultivable cells of &amp;lt;i&amp;gt;Vibrio parahaemolyticus&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;Vibrio cholerae&amp;lt;/i&amp;gt; isolated from shrimps in seafood processing environments: Stayin' alive?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid multiparameters approach to differentiate fresh skinless sea bass (&amp;lt;em&amp;gt;Dicentrarchus labrax&amp;lt;/em&amp;gt;) fillets from frozen-thawed ones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marlard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Mougin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Périne Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.03.024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aquatic Food Product Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (2), pp.253-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10498850.2019.1572257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620700v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid multiparameters approach to differentiate fresh skinless sea bass (&amp;lt;em&amp;gt;Dicentrarchus labrax&amp;lt;/em&amp;gt;) fillets from frozen-thawed ones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Occurrence and identification of microplastics in beach sediments from the Hauts-de-France region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Périne Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Hermabessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dehaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Himber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Marlard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Decodts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aquatic Food Product Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (2), pp.253-262. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Global Toxicity Assessment: Chemicals, Environmental Samples, and Analytical Methods (27555-27646), 26 (27), pp.28010-28021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10498850.2019.1572257⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-019-06027-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617684v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-02558662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence and identification of microplastics in beach sediments from the Hauts-de-France region</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Périne Doyen</w:t>
+                <w:t xml:space="preserve">Vibrio species involved in seafood-borne outbreaks (Vibrio cholerae, V. parahaemolyticus and V. vulnificus): Review of microbiological versus recent molecular detection methods in seafood products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bonnin-Jusserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Copin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Hermabessiere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dehaut</w:t>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Himber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Decodts</w:t>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-019-06027-8⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (4), pp.597-610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2017.1384715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-02558662v1</w:t>
+                <w:t xml:space="preserve">hal-02629165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population response of the estuarine copepod &amp;lt;i&amp;gt;Eurytemora affinis&amp;lt;/i&amp;gt; to its bioaccumulation of trace metals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahammed Zidour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakia Boubechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3535,3406 +3535,3442 @@
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 220, pp.505-513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.12.148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02404118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrio species involved in seafood-borne outbreaks (Vibrio cholerae, V. parahaemolyticus and V. vulnificus): Review of microbiological versus recent molecular detection methods in seafood products</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thomas Brauge</w:t>
+                <w:t xml:space="preserve">Genome sequencing and analysis of &amp;lt;i&amp;gt;Bacillus pumilus&amp;lt;/i&amp;gt; ICVB403 isolated from &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs revealed surfactin and bacteriocin production: insights on anti-&amp;lt;i&amp;gt;staphylococcus&amp;lt;/i&amp;gt; activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Gay</w:t>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoït Cudnennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2017.1384715⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.990-998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-018-9461-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629165v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of ratiometric probes with a spectrofluorometer for bacterial viability measurement</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural studies of the cell wall polysaccharide from &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; UC509.9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Le Fur</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Duflos</w:t>
+                <w:t xml:space="preserve">Evgeny Vinogradov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Mahony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4014/jmb.1804.04048⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 461, pp.25-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2018.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621017v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural studies of the cell wall polysaccharide from &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; UC509.9</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Mahony</w:t>
+                <w:t xml:space="preserve">Use of ratiometric probes with a spectrofluorometer for bacterial viability measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Watier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2018.03.011⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (11), pp.1782-1790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4014/jmb.1804.04048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620970v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the cell wall polysaccharide and teichoic acid structures from &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; IL1403</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evgeny Vinogradov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Sadovskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saulius Kulakauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 462, pp.39-44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carres.2018.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel approach to identify phenoloxidases inhibitors: Optimization of spectrophotometric MBTH assay for high throughput use enzymatic assays and analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Zeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egon Heuson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Himber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Phalip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 93, pp.83 - 91. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodcont.2018.05.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterization of bacteria colonizing &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs and displaying antagonist effects against &amp;lt;i&amp;gt;Vibrio anguillarum&amp;lt;/i&amp;gt;, &amp;lt;i&amp;gt;Vibrio alginolyticus&amp;lt;/i&amp;gt; and other pathogenic strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Grard</w:t>
+                <w:t xml:space="preserve">Changes in fatty acids profile, monosaccharide profile and protein content during batch growth of&amp;lt;i&amp;gt;Isochrysis galbana&amp;lt;/i&amp;gt;(T.iso)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Gnouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Sebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Medhioub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01919⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48 (9), pp.4982 - 4990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/are.13316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621871v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentrations and Potential Human Health Risks of Trace Metals (Cd, Pb, Hg) and Selected Organic Pollutants (PAHs, PCBs) in Fish and Seafood from the Senegalese Coast</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Watier</w:t>
+                <w:t xml:space="preserve">Development of a qPCR method for the identification and quantification of two closely related Tuna species, Bigeye Tuna (&amp;lt;i&amp;gt;Thunnus obesus&amp;lt;/i&amp;gt;) and Yellowfin Tuna (&amp;lt;i&amp;gt;Thunnus albacares&amp;lt;/i&amp;gt;), in canned Tuna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daline Bojolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Périne Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urania Christaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Verrez Bagnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41742-017-0032-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (4), pp.913-920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b04713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697128v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in fatty acids profile, monosaccharide profile and protein content during batch growth of&amp;lt;i&amp;gt;Isochrysis galbana&amp;lt;/i&amp;gt;(T.iso)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amel Medhioub</w:t>
+                <w:t xml:space="preserve">Isolation and characterization of bacteria colonizing &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs and displaying antagonist effects against &amp;lt;i&amp;gt;Vibrio anguillarum&amp;lt;/i&amp;gt;, &amp;lt;i&amp;gt;Vibrio alginolyticus&amp;lt;/i&amp;gt; and other pathogenic strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/are.13316⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03697136v1</w:t>
+                <w:t xml:space="preserve">hal-02621871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a qPCR method for the identification and quantification of two closely related Tuna species, Bigeye Tuna (&amp;lt;i&amp;gt;Thunnus obesus&amp;lt;/i&amp;gt;) and Yellowfin Tuna (&amp;lt;i&amp;gt;Thunnus albacares&amp;lt;/i&amp;gt;), in canned Tuna</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Verrez Bagnis</w:t>
+                <w:t xml:space="preserve">Concentrations and Potential Human Health Risks of Trace Metals (Cd, Pb, Hg) and Selected Organic Pollutants (PAHs, PCBs) in Fish and Seafood from the Senegalese Coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Net</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Howsam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lencel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Watier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b04713⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (3), pp.349-358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41742-017-0032-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605464v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of freshness and freeze-thawing of sea bream fillets (&amp;lt;em&amp;gt;Sparus aurata&amp;lt;/em&amp;gt;) by a cytosolic enzyme: Lactate dehydrogenase</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rachid Amara</w:t>
+                <w:t xml:space="preserve">Melanosis in &amp;lt;em&amp;gt;Penaeus monodon&amp;lt;/em&amp;gt;: involvement of the laccase-like activity of hemocyanin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dhulster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.04.136⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, ACS Publications- Most Trusted, Most Cited, Most Read, 64 (3), pp.663-670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b04997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02639450v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an SPME-GC-MS method for the specific quantification of dimethylamine and trimethylamine: use of a new ratio for the freshness monitoring of cod fillets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Duthen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 96 (11), pp.3787-3794. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jsfa.7570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-02384502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanosis in &amp;lt;em&amp;gt;Penaeus monodon&amp;lt;/em&amp;gt;: involvement of the laccase-like activity of hemocyanin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural studies of the rhamnose-rich cell wall polysaccharide of Lactobacillus casei BL23</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgeny Vinogradov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chapot-Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b04997⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 435, pp.156-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2016.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633113v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring the freshness of fish: development of a qPCR method applied to MAP chilled whiting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 96 (6), pp.2080-2089. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jsfa.7322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-02384438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural studies of the rhamnose-rich cell wall polysaccharide of Lactobacillus casei BL23</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of freshness and freeze-thawing of sea bream fillets (&amp;lt;em&amp;gt;Sparus aurata&amp;lt;/em&amp;gt;) by a cytosolic enzyme: Lactate dehydrogenase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Watier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2016.10.002⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 210, pp.428-434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.04.136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605049v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differentiation between fresh and frozen–thawed sea bass (&amp;lt;i&amp;gt;Dicentrarchus labrax&amp;lt;/i&amp;gt;) fillets using two-dimensional gel electrophoresis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Ethuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marlard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Delosière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Carapito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 176, pp.294-301. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2014.12.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-02567066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural Characterization of the Extracellular Polysaccharide from Vibrio cholerae O1 El-Tor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitnat Yildiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiunn Fong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Sadovskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evgeny Vinogradov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (1), pp.e86751. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03696649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of volatile compounds and biogenic amines throughout the shelf-life of marinated and salted anchovies (Engraulis encrasicolus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Himber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mulak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 62 (32), pp.8014-8022. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jf5021736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-01581951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical structure and biological activity of a highly branched (1 → 3,1 → 6)-D-glucan from &amp;lt;i&amp;gt;Isochrysis galbana&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Sadovskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lencel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 111, pp.139-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbpol.2014.04.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01044445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in lactococcal cell wall polysaccharide structure are major determining factors in bacteriophage sensitivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Ainsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Sadovskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evguenii Vinogradov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guerardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (3), pp.1-12 / e00880-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/mBio.00880-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural studies of the cell wall polysaccharides from three strains of Lactobacillus helveticus with different autolytic properties: DPC4571, BROI, and LH1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evgeny Vinogradov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Valence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iva Jevaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 379, pp.7-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carres.2013.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of culture conditions on extracellular matrix proteins synthesized by osteoblasts derived from rabbit bone marrow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Rouahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomedical Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 63 (4), pp.400-407. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jbm.10252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oligomannosides or oligosaccharide-lipids as potential substrates for rat liver cytosolic α-D-mannosidase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Saint-Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Kmiecik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odette Labiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 316 (3), pp.787-792. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1042/bj3160787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification and Characterization of an Endo-N-Acetyl-4-D-Glucosaminidase from the Culture Medium of Stigmatella aurantiaca DW4</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soluble forms of alpha-D-mannosidases from rat liver Separation and characterization of two enzymic forms with different substrate specificities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Saint-Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Franqois Haeuw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Wieruszeski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jb.176.20.6170-6174.1994⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 223 (1), pp.99-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1432-1033.1994.tb18970.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697251v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soluble forms of alpha-D-mannosidases from rat liver Separation and characterization of two enzymic forms with different substrate specificities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purification and Characterization of an Endo-N-Acetyl-4-D-Glucosaminidase from the Culture Medium of Stigmatella aurantiaca DW4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourgerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis Karamanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Julien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1432-1033.1994.tb18970.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 176 (20), pp.6170-6174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jb.176.20.6170-6174.1994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697259v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The core-specific lysosomal alpha(1-6)-mannosidase activity depends on aspartamidohydrolase activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Franois Haeuw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 297 (3), pp.463-466. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/bj2970463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6944,91 +6980,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité, fraîcheur et authenticité des produits aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université du Littoral Côte d'Opale, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04598488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7038,51 +7074,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welcome to the Hotel Microbialifornia' A Seven Months Spatial and Temporal Study of Sea Bass Aquaculture Tank Bacterial Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix da Fonseca Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7124,100 +7160,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World of Aquaculture 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of organic plastic additives in plastics with (TD) Py-GC-HRMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Rekibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7232,337 +7268,337 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th IMEKOFOODS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04369497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastics in seafood: study of different fish transformation process in the frame of contamination mitigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Recherche de microplastiques: étude d’un processus industriel de transformation de poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simge Duman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Merveillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolina Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51th WEFTA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WEFTA, Oct 2023, Copenaghen, Denmark</w:t>
+              <w:t xml:space="preserve">GDR Polymères et Océans 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04369481v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03828117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de microplastiques: étude d’un processus industriel de transformation de poissons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Microplastics in seafood: study of different fish transformation process in the frame of contamination mitigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simge Duman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Merveillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolina Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Polymères et Océans 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">51th WEFTA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WEFTA, Oct 2023, Copenaghen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03828117v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04369481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abundance and spatial patterns over time of Vibrionaceae and Vibrio harveyi in water and biofilm from a seabass aquaculture facility.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7607,221 +7643,221 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One health International days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination of mitochondria extracted from fresh and frozen/thawed fillets by studying the permeabilization of mitochondrial membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lencel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 50th Western European Fish Technologists Association (WEFTA) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HZ University of Applied Sciences (The Netherlands); ILVO (Belgium), Oct 2022, Rotterdam (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04469888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotic and abiotic heterogeneity in aquaculture tanks : a survey to understand the “Killer Queen” Vibrio harveyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix da Fonseca Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7836,892 +7872,892 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th Western European Fish Technologists Association (WEFTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HZ University of Applied Sciences (The Netherlands); ILVO (Belgium), Oct 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place de la plateforme 3PAC : analyse et caractérisation des particules de plastiques dans l’environnement et les produits marins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleurine Akoueson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kazour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jéremy Thery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marco 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CPER Marco, Oct 2021, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03711255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination des produits frais/produits congelés/décongelés par analyse de la physiologie mitochondriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Bouchendhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lencel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque MARCO 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anne Brisabois; François Schmitt; Pauline Quiertant, Oct 2021, Boulogne sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04536005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet ICVAQUA : réalisation d’Inventaires de Cycles de Vie (ICV) dans la filière des produits aquatiques en région des Hauts de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Ethuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Payet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème édition Congrès [avniR] : La pensée Cycle de Vie, levier du manager visionnaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Plateforme [avniR] by cd2e, Nov 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04955026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a qPCR method targeting torA gene and application for the freshness monitoring of modified atmosphere-packed chilled whiting (Merlangius merlangus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45th WEFTA Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WEFTA, Oct 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03971823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification de l’azote basique volatil partiel par SPME-GC-MS : Application au suivi de l’évolution de la fraîcheur de filets de cabillaud (Gadus morhua)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Duthen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Qualité et Sécurité des Produits Aquatiques (QSPA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03971807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of fish partial volatile basic nitrogen by SPME-GC/MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ossarath Kol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44th WEFTA 2014 INTERNATIONAL MEETING: SEAFOOD SCIENCE FOR A CHANGING DEMAND</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WEFTA, Jun 2014, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03959822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la qualité/fraîcheur du poisson par des approches de biochimie et de biologie moléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ossarath Kol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ères Doctoriales de la Mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Campus de la Mer, Oct 2013, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03956499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8731,216 +8767,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges of dipeptide identification for a better characterization of nutritional quality of food and derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Chatelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime De sousa lopes moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Deracinois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Benefiq 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotic and abiotic heterogeneity in aquaculture tanks : a survey to understand the “Killer Queen” Vibrio harveyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix da Fonseca Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8955,828 +8991,828 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress OHID - One Health International Days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Villeneuve d'Ascq (Lille), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to evaluate the presence of microplastic in edible part of processed fishery products ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simge Duman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Hogede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Bayeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th WEFTA Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Rotterdam, Netherlands. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03828110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser et caractériser les particules de plastique : introduction de la plateforme 3PAC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Monchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Polymères et Océans 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03711645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3PAC: A Platform for Plastic Particles Analyses &amp; Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périne Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Monchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micro 2020 International conference - Fate and Impacts of Microplastices: knowledge and responsabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, On-line, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Marine Sciences For Society researchers’ network - MSFS (Eds); The World Network of Island and Coastal Biosphere Reserves - WNICBR (Eds)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MICRO 2020 Fate and Impact of Microplastics: Knowledge and Responsibilities. conference proceedings, pp.149-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03884760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulvan-induced defense responses against powdery mildew in wheat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Velho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlon de Borba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fourquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Randoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Condorcet 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Calais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of partial volatile basic nitrogen by SPME-GC-MS : Application to the monitoring of the evolution of cod fillets (Gadus morhua) freshness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Duthen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Qualité et Sécurité des Produits Aquatiques (QSPA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03889638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of degenerate primers to detect and quantify torA gene harbored by specific spoilage organisms of fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Chollet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Krzewinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assi N'Guessan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Micro 2014 - 24th International ICFMH Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03889676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId286"/>
+      <w:footerReference w:type="default" r:id="rId289"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9844,51 +9880,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="68A81275"/>
+    <w:nsid w:val="32D956C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10075,51 +10111,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-grard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4636-8981" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121314545" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214331712" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05307720v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix da Fonseca Ferreira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roquigny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2025.103162" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05165388v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Rekibi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Mordvinkin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344402" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05114170v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weber" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Deracinois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cudennec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime de Sousa Lopes Moreira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2025.105129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04889440v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lehmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4956372" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05066630v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126359" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04618545v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12061104" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04592601v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4777236" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04179597v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simge Duman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Doyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Merveillie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Andersson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bayeuil" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2023.110029" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03922533v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Bouchendhomme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Soret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lencel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109567" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161097v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Ruiz-Cruz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Sadovskaya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mahony" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot-Chartier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2023.108898" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04081993v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mougin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lobanov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Danion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.108773" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298039v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cleach" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jouy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Crola Da Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131690" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03699126v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Devin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasdois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109197" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697173v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Copin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Raguenet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Robert&#8208;pillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Midelet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.13412" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492676v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bonnin-Jusserand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735987" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697166v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flahaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.736862" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864334v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735337" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490842v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2020.107301" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697171v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586536" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618649v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahammed Zidour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanath Belguesmia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Cudnennec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9461-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371915v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Elass-Rochard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Payr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10719-018-09854-y" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619963v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchetti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Watier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.02.076" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620700v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Copin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daline Bojolly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Raguenet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Robert-Pillot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.03.024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617684v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marlard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10498850.2019.1572257" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02558662v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decodts" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06027-8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404118v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Boubechiche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen-Ju Pan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bialais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cudennec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.12.148" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629165v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2017.1384715" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621017v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cleach" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Fur" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4014/jmb.1804.04048" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620970v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Vinogradov" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Murphy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.03.011" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628928v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.04.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03695326v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Zeyer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Phalip" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.05.043" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M236NG7P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621871v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01919" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697128v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diop" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Net" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Howsam" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41742-017-0032-4" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697136v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Gnouma" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Souissi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Sebai" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Medhioub" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/are.13316" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urania Christaki" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Verrez Bagnis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b04713" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639450v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Masson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diouf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.04.136" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZN68ZVN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02384502v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duthen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Krzewinski" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assi N'Guessan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.7570" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633113v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Drider" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b04997" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02384438v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chollet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.7322" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605049v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2016.10.002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02567066v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Ethuin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosi&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Delalande" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2014.12.065" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03696649v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fitnat Yildiz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiunn Fong" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086751" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01581951v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mulak" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5021736" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044445v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Souissi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.04.077" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WT8MJQ9Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204398v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Ainsworth" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evguenii Vinogradov" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guerardel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00880-14" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209471v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Jevaba" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2013.05.020" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4WZMD3Q9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566287v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cornet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anselme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Rouahi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit No&#235;l" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.10252" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XD7JGFSV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697242v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herman" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Saint-Pol" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kmiecik" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Labiau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3160787" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697251v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourgerie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Julien" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.176.20.6170-6174.1994" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697259v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Franqois Haeuw" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alonso" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Wieruszeski" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-1033.1994.tb18970.x" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697234v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Franois Haeuw" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michalski" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2970463" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/tel-04598488v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006371v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369497v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369481v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03828117v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547588v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04469888v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04485196v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711255v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurine Akoueson" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazour" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Thery" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04536005v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04955026v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mancini" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Payet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971823v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971807v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03959822v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossarath Kol" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03956499v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357236v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guigon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chatelain" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime De&#8197;sousa&#8197;lopes&#8197;moreira" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04485184v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03828110v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hogede" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bayeul" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711645v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monchy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03884760v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.micro.infini.fr/micro-2020" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055267v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Velho" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon de Borba" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fourquez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03889638v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03889676v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-grard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4636-8981" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121314545" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214331712" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05307720v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix da Fonseca Ferreira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roquigny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2025.103162" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05165388v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Rekibi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Mordvinkin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344402" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05114170v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weber" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Deracinois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cudennec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime de Sousa Lopes Moreira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2025.105129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05066630v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126359" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04889440v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lehmann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4956372" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04618545v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12061104" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04592601v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4777236" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03922533v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Bouchendhomme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Soret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lencel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109567" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161097v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Ruiz-Cruz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Sadovskaya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mahony" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot-Chartier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2023.108898" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04081993v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mougin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lobanov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Danion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.108773" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04179597v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simge Duman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Doyen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Merveillie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Andersson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bayeuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2023.110029" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03699126v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Devin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasdois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109197" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298039v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cleach" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jouy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Crola Da Silva" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131690" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697173v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Copin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Raguenet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Robert&#8208;pillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Midelet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.13412" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492676v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bonnin-Jusserand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735987" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697166v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flahaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.736862" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2020.107301" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864334v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735337" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697171v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586536" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619963v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchetti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Watier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.02.076" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620700v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Copin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daline Bojolly" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Raguenet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Robert-Pillot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.03.024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371915v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Elass-Rochard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Payr&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10719-018-09854-y" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617684v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marlard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10498850.2019.1572257" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02558662v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decodts" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06027-8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629165v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2017.1384715" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404118v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahammed Zidour" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Boubechiche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen-Ju Pan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bialais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cudennec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.12.148" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXV3V1XJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618649v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanath Belguesmia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Cudnennec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9461-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620970v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Vinogradov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Murphy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.03.011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QL1D0F2D-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621017v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cleach" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Fur" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4014/jmb.1804.04048" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628928v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.04.002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7XFR1JQ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03695326v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Zeyer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Phalip" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.05.043" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M236NG7P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697136v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Gnouma" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Souissi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Sebai" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Medhioub" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/are.13316" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605464v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urania Christaki" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Verrez Bagnis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b04713" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621871v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01919" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697128v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diop" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Net" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Howsam" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41742-017-0032-4" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633113v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Drider" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b04997" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02384502v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duthen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Krzewinski" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assi N'Guessan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.7570" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605049v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2016.10.002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02384438v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chollet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.7322" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639450v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Masson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diouf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.04.136" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZN68ZVN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02567066v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Ethuin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosi&#232;re" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Delalande" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2014.12.065" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03696649v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fitnat Yildiz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiunn Fong" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086751" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01581951v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mulak" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5021736" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044445v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Souissi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.04.077" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WT8MJQ9Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204398v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Ainsworth" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evguenii Vinogradov" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guerardel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00880-14" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209471v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Jevaba" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2013.05.020" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4WZMD3Q9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566287v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cornet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anselme" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Rouahi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit No&#235;l" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.10252" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XD7JGFSV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697242v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Saint-Pol" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kmiecik" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Labiau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3160787" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697259v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Franqois Haeuw" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alonso" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Wieruszeski" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-1033.1994.tb18970.x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697251v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourgerie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Julien" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.176.20.6170-6174.1994" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03697234v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Franois Haeuw" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michalski" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2970463" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/tel-04598488v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006371v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369497v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03828117v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369481v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547588v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04469888v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04485196v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711255v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurine Akoueson" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazour" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Thery" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04536005v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04955026v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mancini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Payet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971823v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971807v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03959822v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossarath Kol" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03956499v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357236v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guigon" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chatelain" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime De&#8197;sousa&#8197;lopes&#8197;moreira" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04485184v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03828110v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hogede" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bayeul" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711645v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monchy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03884760v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.micro.infini.fr/micro-2020" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055267v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Velho" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon de Borba" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fourquez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03889638v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03889676v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>