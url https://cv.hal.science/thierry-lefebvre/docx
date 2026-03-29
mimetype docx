--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,16566 +66,16700 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (134)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seamless Integration Process of Model-Based Approaches for Aircraft Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shriya Kaur Chawla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nehi Sinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Integrated Design and Process Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10920617251405470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05527558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tho-Radia à Vichy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 415, pp.375-386</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimoine cinématographique du thermalisme : naissance d’une collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La presse thermale et climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.31-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe de la Grotte du chien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 513, pp.74-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trésors pharmaceutiques de la ville de Bourges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 407, pp.400-412</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Dorveaux: une reconversion sur fond d'amitiés lorraines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 401, pp.51-64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légende du &amp;quot;pharmacien&amp;quot; Sagot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 402, pp.271-280</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pilules Orientales pour poitrine idéale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 497, pp.72-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si loin, si proches: la Société d'histoire de la pharmacie et la Société française d'histoire de la médecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (3), pp.344-346</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les vestiges du patrimoine Debat à Garches et Saint-Cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 404, pp.597-608</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Société d'histoire de la pharmacie en 1939. Un film retrouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 400, pp.519-542</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une lettre préservée. Contribution à l'histoire de la Pharmacie centrale de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 398, pp.203-210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour de l'iconographie de Tho-Radia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 399, pp.396-412</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche du chaînon manquant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alytes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1-4, pp.41-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux prémices la Société d'histoire de la pharmacie et de son Bulletin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 400, pp.453-468</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une exploration des films médicaux tournés durant la Première Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 399, pp.351-367</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Camus et le grand-père Kruschen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 397</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une campagne de publicité illustrée pour le Digestif Rennie en 1936</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 395, pp.381-388</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À l'écoute du Réseau Liberté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’Histoire de la Radiodiffusion, Comité d’Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 133, pp.35-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Futur Génération: d'une crise à l'autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’Histoire de la Radiodiffusion, Comité d’Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 133, pp.109-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise d’Eaubonne (1920-2005) : “Radio Mouvance, c’était la liberté de l’idée et de l’expression”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129 (59-72)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1986 : le retour de Carbone 14</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129, pp.73-84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une émission de la Radio scolaire sur le thermalisme en 1964</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presse thermale et climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.83-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La radio scolaire et les prémices de l’éducation aux médias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Robinson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Une radio pour la jeunesse 40, pp.77-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le laboratoire du Lactéol du Docteur Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (389), pp.7-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cannabis thérapeutique. Le retour en grâce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 465, pp.68-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En direct de Télédiffusion de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129, pp.35-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour Kapoor. Exposition “Anish Kapoor Versailles” (9 juin-1er novembre 2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41, pp.203-211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Répliques&amp;quot;, une émission trentenaire. Entretien avec Alain Finkielkraut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125, pp.7-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les médecins thermaux prennent la plume. L’exemple de Royat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presse thermale et climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.61-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vie et mort de Fréquence Libre. Entretien avec Yves Daudu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125, pp.45-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grandeur et décadence du Lactarium Linas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (387), pp.333-342</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui a inventé le mot “coricide” ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (386), pp.217-224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une série d’émissions de la Radio scolaire consacrée à la pharmacie en 1966</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62 (385), pp.21-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène-Humbert Guitard et l’Institut d’histoire des sciences et des techniques (1932-1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62 (384), pp.463-478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le petit feuilleton de la santé. Les films hygiénistes de Jean Comandon (1918-1919)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice De Pastre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.33-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la tête de Radio Monte-Carlo. Entretien avec Jean-Pierre Hoss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125, pp.57-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin d’une époque. Quatorze saynètes radiophoniques pour le compte des pilules Pink</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (388), pp.391-398</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la direction générale de Radio Monte-Carlo à la présidence de la Sofirad. Entretien avec Gérard Unger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125, pp.71-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréquence Libre à travers les archives de la Commission consultative des radios locales privées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125 (29-39)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au temps des voyages d’études médicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 64 (4), pp.587-590</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’affaire Balland : retour sur une polémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23, pp.114-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’épopée de la cinémathèque Sandoz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (383), pp.393-404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des villas pivotantes aux solariums tournants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.105-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1913 : il y a cent ans naissait la Société d’histoire de la pharmacie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (383), pp.357-366</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération 2000 (1978-1984). Disparition d’une pionnière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 121, pp.107-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une revue nommée Guitard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 378-379, pp.153-178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les débuts cinématographiques du docteur Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 63 (5), pp.734-737</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche de la radio scolaire. Une patrimonialisation en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35, pp.109-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miraton et Mathivat, pharmaciens-minéraliers à Châtel-Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 377, pp.7-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un film d’animation de chimie conçu par Ernest Fourneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 378-379, pp.251-260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du radium dans les pharmacies ! Seconde partie : vers une réglementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 373, pp.73-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les “films-leçons” du docteur Comandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 71, pp.26-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du radium dans les pharmacies ! Première partie : les usages pharmaceutiques du radium avant la Première Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 372, pp.431-446</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1981, début du “radio-boom”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109, pp.138-152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médicaments ayurvédiques en France. La tentative des laboratoires Polythérapic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 368, pp.413-430</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les débuts du cinéma scientifique : quelques jalons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CinémAction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 135, pp.32-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’âge d’or des “rayons de santé”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 395, pp.78-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les radios libres en débat (1977-1981)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Champs Visuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La Longue Marche des télévisions associatives 4-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radio Paris 80, la dernière des radios pirates ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105, pp.153-163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les films de propagande sanitaire de Lortac et O’Galop (1918-1919)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 59, pp.171-183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radio Riposte : une date clé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 102, pp. 89-100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le stéthoscope, la seringue et le stylo-plume. Les médecins dans la publicité pour médicaments “éthiques” (1960-2000)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.33-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’âge d’or du cinéma médical et l’aventure de Médecine/Cinéma » (Entretien avec Gérard Leblanc)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.109-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être “écrivain et médecin” » (Entretien avec Martin Winckler)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.51-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les eaux minérales naturelles purgatives espagnoles “made in France”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 360, pp.483-494</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu-Georges Gilbert (1869-1956), pharmacien et dactylograph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 358, pp.153-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radios libres : le tournant de la loi Lecat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 98, pp.145-158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lance-parfum. Un matériel médical devenu objet de carnaval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 357, pp.63-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Joyeux Microbes : un film sous influence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 53, pp.169-179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pharmacien Louis Tixier (1870-1958) et les débuts de l’Hydroxydase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 354, pp.233-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mystère Tho-Radia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 57 (8), pp.922-925</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les toutes premières émissions de Radio Verte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 94, pp.101-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’aventure du Médicophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 51 (15), pp.1734-1737</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le village sanatorial du plateau d’Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56 (3), pp.342-345</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépénalisation du cannabis : la presse alternative s’engage (1970-1976)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 28 (2), pp.119-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il y a cent ans : l’homme au marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 350, pp.199-204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effervescence pharmaceutique autour de l’eau de Seltz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 352, pp.511-523</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ready-made pharmaceutique de Marcel Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 349, pp.55-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’âge d’or de la radiesthésie médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56 (6)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La séparation des églises et de la pharmacie. À propos de la Tisane du curé de Deuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 346, pp.235-246</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dr. Eugène-Louis Doyen und die Anfänge des Chirurgie-Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montage/av : Zeitschrift für Theorie und Geschichte audiovisueller Kommunikation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 14 (2), pp.69-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25969/mediarep/224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La séparation de Doodica et Radica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 55 (19), pp.1199-1201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le thermalisme, un patrimoine à vau-l’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 342, pp.191-208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décembre 1974 : « Interférences », une nouvelle revue sur la radio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 82, pp.141-151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pendule et le mortier. De quelques pharmaciens radiesthésistes et de Gabriel Lesourd en particulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 344, pp.527-544</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma contre la syphilis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 54 (4), pp.459-462</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stopub : une dés/organisation prometteuse (analyse provisoire d’un rhizome activiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gattolin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multitudes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 16, pp.85-97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Paris de Georges Méliès : quelques pistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 17, pp.363-370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hypothèses et réflexions sur le cas Antonin Artaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 25 (4), pp.331-333</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Société d’histoire de la pharmacie et ses soixante-dix fondateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 340, pp.519-550</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radio Entonnoir et Radio Lip, deux expériences pilotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les Cahiers d'Histoire de la Radiodiffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 78, pp.128-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éruption du cinéma. Aux sources des Rendez-vous du diable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 32, pp.97-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filmer la bombe A. Premières images, premiers usages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 39, pp.71-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Comandon et les débuts de la microcinématographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 53 (13), pp.1502-1505</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’institut Pasteur à Radio Luxembourg. L’histoire étonnante du Tho-Radia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 335, pp.461-480</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mort parfumée des poux. Petite archéologie de la publicité pharmaceutique radiophonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 336, pp.647-665</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La longue marche d’Étienne-Jules Marey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 52 (7), pp.705-707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aspects négligés de l’iconographie antialcoolique : plaques de verre et films fixes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 52 (16), pp.1749-1751</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méliès, la tempête optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beaux Arts Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 216, pp.82-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Belle et la Bête. Journal d’une maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 333, pp.147-155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La genèse pharmacologique d’une œuvre : Antonin Artaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 334, pp.271-284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Choffé et le Vin Désiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 330, pp.193-214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Films fixes et santé publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 331, pp.381-399</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In memoriam Allakariallak. À propos de Nanook</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 30, pp.67-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les métamorphoses de Nosferatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 29, pp.61-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le médecin des ondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 13, pp.1400-1402</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage au centre de l'artère. L'effet spécial vulgarisateur dans Fantastic Voyage (1966)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 27, pp.121-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoire d'un laboratoire. Les livrets promotionnels des médicaments homéopathiques de l'abbé Chaupitre entre 1933 et 1939</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 321, pp.49-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les médecins et le natalisme. De quelques représentations cinématographiques sous-jacentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la cinémathèque. Revue d'histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 70, pp.55-63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une patiente célèbre : Marie Duplessis, la Dame aux camélias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 18, pp.1518-1520</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radio-cinématographie et péristaltisme digestif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 1, pp.13-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’anatomie topographique du docteur Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 16, pp.1749-1751</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Ferdinand Céline et la mission Rockefeller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 6, pp.595-597</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nuit hertzienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 4, pp.277-284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antirétroviraux en officines de ville : ce qu'en pensent les patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Préaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Journal du SIDA. Hors série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 100, pp.6-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Images de la trépanation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 5, pp.475-477</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le celluloïd sous surveillance (1904-1907)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 22, pp.33-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Trennung der Siamesischen Zwillinge Doodica und Radica durch Dr. Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kintop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, pp.97-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les débuts du cinéma médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 46, pp.1932-1935</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flimmerndes Licht. Zur Geschichte der Filmwahrnehmung im frühen Kino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kintop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 5, pp.71-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouvrez quelques crânes. De l'usage du trépan et de la fraise à main au tournant du siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 2, pp.127-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una « enfermedad » de finales de siglo : la « cinematoftalmia »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archivos de la Filmoteca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 22, pp.48-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Internationalité, influences, réception : le cas de la diffusion des films américains en France (1894-1916)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théorème : travaux de l'IRCAV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 4, pp.55-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'Ernest Bourbon à Onésime. Naissance d'un personnage comique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la cinémathèque. Revue d'histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 63-64, pp.67-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alcool et ilotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 1, pp.167-182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Ferdinand Céline, Raphaël Blanchard et les mouches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, Images du réel. La non-fiction en France (1890-1930), 18, pp.96-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collection des films de Lucien Bull (Cinémathèque française)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, Images du réel. La non-fiction en France (1890-1930), 18, pp.144-151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collection des films du Dr Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 17, pp.110-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une « maladie » au tournant du siècle : la « cinématophtalmie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pharmacie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 297, pp.225-230</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Méliès und die Welt der Scharlatane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kintop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, Georges Méliès - Magier der Filmkunst, 2, pp.59-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Scientia » : le cinéma de vulgarisation scientifique au début des années dix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinémathèque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 4, pp.84-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Scientia production (1911-1914) : scientific popularization through pictures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Griffithiana (Gemona)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 47, pp.137-155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les films diffusés par la Mission américaine de prévention contre la tuberculose (Mission Rockefeller, 1917-1922)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 11, pp.101-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ouvrages (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Crépuscule des radios libres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Actinopolis. CoolLibri, pp.278, 2025, 9791034337088</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Images, sons et matériaux en collections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions du Comité des travaux historiques et scientifiques, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cths.18161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05021970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la pharmacopée d’Antonin Artaud.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Manuscrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 9782304053449</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la pharmacopée d’Antonin Artaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Le Manuscrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Addictions : plaisir, passion, possession, Myriam Tsikounas, 9782304053449</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aventurier des radios libres : Jean Ducarroir (1950-2003)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Glyphe, 2021, 978-2-35815-292-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les radios locales : histoire, territoires et réseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-343-23560-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Aventurier des radios libres. Jean Ducarroir (1950-2003)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage en CO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Poulain</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 978-2-343-23560-8</w:t>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Glyphe, pp.200, 2020, 978-2-35815-270-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">A paraître</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirty Corner d'Anish Kapoor: chronique d'une œuvre. Entre violence artistique et violence politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claire Noble. La Lettre volée, 2019, 978-287317-535-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Mitterrand pirate des ondes. L'affaire Radio Riposte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le Square Éditeur, pp.155, 2019, 979-10-92217-26-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une société savante et son bulletin à la veille de la Première Guerre mondiale. Lettres retrouvées de la Société d'histoire de la pharmacie, 1913-1914</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Glyphe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.282, 2018, 9782358152518</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Épopée des Pilules Orientales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Square Éditeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 979-10-92217-24-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un studio de télévision à l'école : le collège expérimental audiovisuel de Marly-le-Roi (1966-1992)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Éditions Glyphe, pp.200, 2020, 978-2-35815-270-9</w:t>
+              <w:t xml:space="preserve">Éditions Glyphe, pp.227, 2017, 9782358152228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claire Noble</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chaîne Thermale du Soleil. La saga d'une entreprise de famille aux sources de l'aventure (1947-2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Claire Noble. La Lettre volée, 2019, 978-287317-535-1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions in8, 2016, 9782362240706</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Le Square Éditeur, pp.155, 2019, 979-10-92217-26-1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médicaments, polémiques et vieilles querelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belin, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, pp.282, 2018, 9782358152518</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villes d'eaux d'Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Glyphe, 2016, 9782358151849</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du thermalisme à la médecine thermale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Raynal</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le Square Éditeur, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les métamorphoses de Tho-Radia: Paris-Vichy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 979-10-92217-24-7</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Glyphe. 2013, 9782358151122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les psychotropes font leur pub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Nourrisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Tsikounas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nouveau Monde Éditions, 2010, 9782</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les psychotropes font leur pub : cent trente ans de promotion des alcools, tabacs, médicaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Tsikounas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Nourrisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nouveau monde éd., 306 p., 2010, 978-2-84736-407-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03666705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les solariums tournants du Dr Jean Saidman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Éditions Glyphe, pp.227, 2017, 9782358152228</w:t>
+              <w:t xml:space="preserve">Éditions Glyphe, 2010, 9782358150279</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le médecin prescripteur d'images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nouveau Monde Éditions, 28, 2009, Sociétés &amp; Représentations, 9782847364811</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Mai rampant des radios libres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Gattolin, T. Lefebvre Armand Colin; INA, Hors série, pp.169-174, 2008, Les Empreintes de Mai 68 (MédiaMorphose)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bataille des radios libres, 1977-1981</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nouveau Monde Éditions / INA, 2008, 9782847363180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur les pas de Marey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Belin, 2016</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Malthête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2004, 2747571947</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chair et le Celluloïd. Le cinéma chirurgical du docteur Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Doyen Éditeur, 2004, 2952243107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pyrotechnies. Une histoire du cinéma incendiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions in8, 2016, 9782362240706</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe-Alain Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma; Auditorium du Louvre, 39, 2003, Revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettres d'Étienne-Jules Marey à Georges Demenÿ (1880-1894)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions Glyphe, 2016, 9782358151849</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Malthête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma; Bibliothèque du Film, 2000, 2913758002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une histoire des trucages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma, 27, 1999, Revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Relief au cinéma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Le Square Éditeur, 2015</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe-Alain Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma; Auditorium du Louvre, Hors série, 1997, Revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du côté de chez Pathé (1895-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions Glyphe. 2013, 9782358151122</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kermabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma, 21, 1996, 1895, revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exotica, l'attraction des lointains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions Glyphe, 2010, 9782358150279</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe-Alain Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire; Auditorium du Louvre, Hors série, 1996, 1895, revue de l'Association française de recherche sur l'histoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guide du musée du cinéma Henri Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maeght Éditeur; Cinémathèque française, 1995, 2869412592</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Images du réel. La non-fiction en France (1890-1930)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association de recherche sur l'histoire du cinéma, 18, 1995, 1895, revue de l'Association de recherche sur l'histoire du cinéma</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Vingt Premières Années du cinéma français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Nourrisson</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de la Sorbonne nouvelle, 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du réel au simulacre. Cinéma, photographie et histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Nouveau Monde Éditions, 2010, 9782</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Delmeulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 1993, 273842080X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Myriam Tsikounas</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Année 1913 en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Nouveau monde éd., 306 p., 2010, 978-2-84736-407-1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française de recherche sur l'histoire du cinéma, Hors série, 1993, 1895, Revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...1085 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01401216v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">hal-01400149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radios associatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valérie Devillard (dir.); Cécile Méadel (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le manuel des médias</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 88-89, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Panthéon Assas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Collection Grand amphi, 978-2-37651-078-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fantômes de Radio Forum et de &amp;quot;Forum Ararat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anahide, chronique d'une voix libre. Radio Forum (1981-1982)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thadée, 2024, 9782919131570</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des radios libres aux radios locales privées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Poirrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture, médias, pouvoirs aux États-Unis et en Europe occidentale de 1945 à 1991</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions universitaires de Dijon, pp.263-267, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronologie des radios libres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Bouteloup. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36 Short Stories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bétonsalon, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronologie des radios libres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Lefebvre; Sébastien Poulain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radios libres, 30 ans de FM. La parole libérée ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan; INA Éditions, pp.31-45, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’entend-on par radio libre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Lefebvre; Sébastien Poulain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radios libres, 30 ans de FM La parole libérée ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan; INA Éditions, pp.19-29, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le film fixe ou la démocratisation des projections lumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Quillien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lumineuses projections !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Canopé Éditions, 2016, 9782240039217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01399711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan; INA Éditions, pp.31-45, 2016</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des projections lumineuses à la Télévision scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 ans de pédagogie par les petits écrans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canopé Éditions, pp.37-39, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan; INA Éditions, pp.19-29, 2016</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour à Marly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 ans de pédagogie par les petits écrans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canopé Éditions, pp.57-61, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En attendant La Chinoise. L’émission Cinéma du 28 septembre 1967</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Évelyne Cohen; Myriam Tsikounas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1967 au petit écran. Une semaine ordinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes; INA, pp.253-258, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interférences (1975-1982). De la revue à l’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joëlle Le Marec; M. Pucciarelli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Presse alternative entre la culture de l’émancipation et les chemins de l’utopie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atelier de création libertaire, pp.321-328, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un changement de paradigme radiophonique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hervé Glevarec. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de la radio. Ouvrez grand vos oreilles !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Silvana Editoriale; Musée des arts et métiers, pp.61-71, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Comandon conférencier. 1909 : les débuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. de Pastre; T. Lefebvre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filmer la science, comprendre la vie. Le cinéma de Jean Comandon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national de la cinématographie, pp.413-421, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma scientifique contre vents et marées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. de Pastre, T. Lefebvre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filmer la science, comprendre la vie. Le cinéma de Jean Comandon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national de la cinématographie, pp.17-45, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esthétique spontanée du cinéma savant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe-Alain Michaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collection Films. La collection du Centre Pompidou – Musée national d’art moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du centre Pompidou, pp.32-44, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le film médical au XXe siècle. Le cinéma au service de la médecine et des médecins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Douguet, Thierry Fillaut, F.-X. Schweyer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et santé. Matériaux, outils, usages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l’École des hautes études en santé publique, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stopub : A Provisional Analys of an Activist Rhizone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gattolin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. de Cauter, R. de Roo, K. Van Laesebrouck. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art &amp; Activism in the Age of Globalization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NAi Publisher, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Trip to the Moon : a composite film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Solomon </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fantastic Voyages of the Cinematic Imagination : Georges Méliès’s Trip to the Moon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, State University of New York Press, pp.49-63, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scientific Cinema in the Public Eye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul St George </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sequences. Contemporary Chronophotography and Experimental Digital Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wallflower Press, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le solarium tournant du Dr Saidman. Un complément à la cure thermale d’Aix-les-Bains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, Canopé Éditions, pp.57-61, 2015</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Gallino, C. Gauchon </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Hydrothermalisme en domaine continental. Fonctionnement, ressource et patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Savoie (Edytem), 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Canopé Éditions, pp.37-39, 2015</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médecine et les médias. Films fixes et santé publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Promotion de la santé au travers des images véhiculées par les institutions sanitaires et sociales. Actes du colloque sur l’histoire de la protection sociale, Arles, 18-19 avril 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour l’étude de l’histoire de la Sécurité Sociale, pp.415-424, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes; INA, pp.253-258, 2014</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publicité et anti-publicité : l’héritage Janus de Mai 68</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Gattolin, T. Lefebvre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Empreintes de Mai 68 (MédiaMorphoses)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hors série, Armand Colin; INA, pp.233-240, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Atelier de création libertaire, pp.321-328, 2013</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stopub : analyse provisoire d’un rhizome activist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gattolin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yann Moullier-Boutang. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politiques des multitudes : démocratie, intelligence collective &amp; puissance de la vie à l’heure du capitalisme cognitif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions d'Amsterdam, pp.373-381, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Silvana Editoriale; Musée des arts et métiers, pp.61-71, 2012</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Film scientifique et grand public. Une rencontre différée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. de Font-Réaulx, T. Lefebvre, L. Mannoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EJ Marey. Actes du colloque du centenaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arcadia, pp.159-168, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Centre national de la cinématographie, pp.413-421, 2012</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la pharmacopée de la Dame aux Camélias à l’ordonnancier de Sancellemoz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Tobé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Quinze Glorieuses de l’architecture sanatoriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREHA, pp.2-4, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Centre national de la cinématographie, pp.17-45, 2012</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scientific films : Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Richard Abel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encyclopedia of Early Cinema</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.566-569, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Éditions du centre Pompidou, pp.32-44, 2012</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les radios libres à l’origine d’une crise radiophonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Gabay. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communiquer dans un monde en crise. Images, représentations et médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.83-96, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l’École des hautes études en santé publique, 2011</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’Orange mécanique à Bambi : le feu croisé des émotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">T. Lefebvre, J. Malthête, L. Mannoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sur les pas de Marey. Science(s) et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.327-349, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’usine de Joinville, établissement dangereux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Marie, L. Le Forestier </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Firme Pathé Frères 1896-1914</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de recherche sur l’histoire du cinéma, pp.49-57, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la science à l’avant-garde. Petit panorama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images, science, mouvement. Autour de Marey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.103-109, 2003, Images, science, mouvement. Autour de Marey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les graphies du cœur. Les dispositifs oubliés du Dr Lutembacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images, science, mouvement. Autour de Marey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.79-94, 2003, Images, science, mouvement. Autour de Marey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinéma et hygiène. Les débuts d’une fructueuse collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Nourrisson. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation à la santé XIXe-XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions ENSP, pp.71-81, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Voyage dans la lune, film composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Malthête, L. Mannoni </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Méliès, magie et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris Musées ; Fondation Électricité de France, pp.171-192, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Film safety, formats réduits, films fixes : l’École support d’innovations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Nourrisson, P. Jeunet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma-École : aller-retour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.141-149, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utopie du média anonyme. Les débuts de la TSF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Lambert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'anonymat : médias et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.111-120, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kino gegen die Syphilis. Aspekte der Entwicklung in Frankreich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Hagener. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geschlecht in Fesseln. Sexualität zwischen Aufklärung und Ausbeutung im Weimarer Kino. 1918-1933</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CineGraph, pp.47-62, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contre l’enseignement du cinéma sous hypnose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O. Bächler, C. Murcia, F. Vanoye. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma et audiovisuel. Nouvelles images, approches nouvelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.231-235, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chronophotographie à l'aune des médias. Les publications de Marey (1881-1894)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">T. Lefebvre, J. Malthête, L. Mannoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettres d'Étienne-Jules Marey à Georges Demenÿ, 1880-1894</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de recherche sur l'histoire du cinéma; Bibliothèque du Film, pp.17-27, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les images publicitaires pro-alcool depuis la loi Évin et leurs effets sur le destinataire, principalement sur les jeunes adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, NAi Publisher, 2011</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Freyssinet-Dominjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Tsikounas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Loi relative à la lutte contre le tabagisme et l'alcoolisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Commissariat général du Plan; La Documentation française, pp.297-319, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, State University of New York Press, pp.49-63, 2011</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les publicités télévisuelles et cinématographiques en faveur des boissons alcoolisées et non-alcoolisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Tsikounas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Images publicitaires pro-alcool depuis la loi Evin. Leurs effets sur le destinataire, principalement sur les jeunes adultes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREDHESS; Instance d'évaluation de la loi Évin, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Wallflower Press, 2009</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le film scientifique et son auteur. Autour du procès Doyen / Parnaland (1905)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Franceschetti, L. Quaresima. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prima dell'autore. Spettacolo cinematografico, testo, autorialità dalle arigini agli anni Trenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Forum, pp.205-209, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Université de Savoie (Edytem), 2009</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Popularization and anthropomorphism : on some prewar &amp;quot;animal films&amp;quot; (the Scientia series)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Daan Hertogs, Niko de Klerk. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uncharted Territory. Essays on Early Nonfiction Film</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nederlands FilmMuseum, pp.91-97, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association pour l’étude de l’histoire de la Sécurité Sociale, pp.415-424, 2008</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Urban et le film d'éducation. Brèves réflexions sur quelques documents des archives Will Day</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Aubert, L. Mannoni, D. Robinson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Collection Will Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asociation française de recherche sur l'histoire du cinéma ; Giornate del cinema muto de Pordenone; Bibliothèque du Film, pp.129-135, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hors série, Armand Colin; INA, pp.233-240, 2008</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méliès et la physiognomonie. La stigmatisation des personnages fabriqués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Malthête, M. Marie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georges Méliès, l'illusionniste fin de siècle ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle; Colloque de Cerisy, pp.253-262, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Éditions d'Amsterdam, pp.373-381, 2007</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fibres vierges de nos sens. Quelques réflexions sur le cinéma de Martin et Osa Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Lefebvre, Philippe-Alain Michaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exotica, l'attraction des lointains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hors série, Association française de recherche sur l'histoire du cinéma; Auditorium du Louvre, pp.117-129, 1996, 1895, revue de l'Association française de recherche sur l'histoire du cinéma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Arcadia, pp.159-168, 2006</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les archives de la geste opératoire. Eléments pour une filmographie chirurgicale (1898-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma &amp; Médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée d'histoire de la médecine, pp.10-14, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, CREHA, pp.2-4, 2006</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Regard de l'amblystome. La production Scientia : la vulgarisation scientifique par l'image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éric Le Roy; Laurent Billia. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un siècle de cinéma à Épinay-sur-Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Calmann-Lévy, pp.55-59, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.83-96, 2005</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La désunion sacrée : le marché français du film face à la prévalence étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roland Cosandey; François Albéra. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma sans frontières, 1896-1918. Images Across Borders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Payot; Nuit blanche, pp.249-260, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, pp.566-569, 2005</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « paratexte » du film dans le cinéma des premiers temps : définitions et hypothèses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Vingt Premières Années du cinéma français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, pp.203-212, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.327-349, 2004</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le docteur Doyen, un précurseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexis Martinet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Cinéma et la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.70-77, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Association française de recherche sur l’histoire du cinéma, pp.49-57, 2004</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cinéma contre la syphilis. Pré-enquête sur une lignée cinématographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Belaygue; Emmanuelle Toulet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Catalogue du 3e Festival CinéMémoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CinéMémoire, pp.160-174, 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.79-94, 2003, Images, science, mouvement. Autour de Marey</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utilisation du crucifix comme accessoire de film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roland Cosandey, André Gaudreault, Tom Gunning. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une invention du diable ? Cinéma des premiers temps et religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'université Laval; Payot, pp.112-122, 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.103-109, 2003, Images, science, mouvement. Autour de Marey</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage autour d'une serrure : des clefs pour comprendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">André Gaudreault. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que je vois de mon ciné..</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Meridiens-Klincksieck, pp.55-59, 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...1632 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01401206v1</w:t>
-              </w:r>
-[...9580 lines deleted...]
-                <w:t xml:space="preserve">hal-01401207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Error-Based Adaptive Coupling Process Between Multipoint High-Fidelity Aerodynamics and Mission Performance for Shape Optimization in the MDA-MDO Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gazaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Aviation 2019 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Dallas, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2019-3240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Société d'histoire de la pharmacie d'un siècle à l'autre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France savante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CTHS, 2015, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16635,91 +16769,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les radios libres, un moment révolu de l'histoire des médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02053102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16729,125 +16863,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radios libres, 30 ans de FM. La parole libérée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radios libres, 30 ans de FM. La parole libérée ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Paris, France. L'Harmattan, 2016, 9782343103754</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01399671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId269"/>
+      <w:footerReference w:type="default" r:id="rId274"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16994,51 +17128,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171454v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021970v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.18161" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075329v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/dans-la-pharmacopee-dantonin-artaud/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906126v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075349v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Poulain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_radios_locales_histoires_territoires_et_reseaux_thierry_lefebvre_sebastien_poulain-9782343235608-70816.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140698v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501890v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501882v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Noble" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501886v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053081v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-glyphe.com/livre/une-societe-savante-et-son-bulletin-a-la-veille-de-la-premiere-guerre-mondiale/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053082v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesquare-editeur.fr/page-collection/ouvrage-pilules-orientales(Lefebvre.Raynal).html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02052991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399667v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399669v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399668v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399663v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399673v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399676v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Nourrisson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Tsikounas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03666705v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400140v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399677v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403522v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Malth&#234;te" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mannoni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401232v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Forestier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Alain Michaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401235v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401231v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401228v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401225v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gili" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kermabon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400144v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401217v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401216v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400149v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmeulle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubreil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05528446v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assas-universite.fr/en/research/publications/editions-pantheon-assas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171461v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501906v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529628v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399711v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403597v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403596v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399734v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399732v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399749v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399751v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399763v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403593v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403592v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399760v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403546v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403543v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gattolin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403544v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403531v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403535v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403530v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403524v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403516v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403513v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403160v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403131v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403119v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403055v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403059v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403023v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403030v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403020v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402909v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403008v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403012v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402921v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Freyssinet-Dominjon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Wagner" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402892v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402834v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402851v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401684v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401267v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401262v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401613v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401620v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401258v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401252v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401211v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401206v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021954v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021955v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140700v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140702v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501911v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501908v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501914v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501925v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501931v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501901v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501895v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053104v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501899v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501893v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501904v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501891v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053094v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053098v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053084v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399698v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400123v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399708v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399706v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399701v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399696v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444404v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399705v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399721v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399714v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399718v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399728v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399713v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399716v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399724v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399719v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399736v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399740v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399726v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice De Pastre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399717v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399741v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399738v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399746v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399742v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399730v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399744v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399753v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafont" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399758v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399754v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399755v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399756v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403594v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399757v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403589v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403590v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403541v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403542v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403539v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403540v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403538v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403537v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403536v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403534v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403533v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403527v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403526v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403528v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403525v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403518v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403521v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403517v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403514v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403519v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403182v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403188v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403180v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403198v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403512v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403185v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403197v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25969/mediarep/224" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403174v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403144v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403126v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403153v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403106v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403094v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403113v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403051v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403047v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403063v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403080v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403071v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403049v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403027v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403045v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403038v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403033v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403025v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403042v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403034v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403014v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403017v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403010v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403002v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403006v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402917v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402903v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402913v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402890v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402898v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402856v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401705v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402821v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402837v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402819v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401703v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402845v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pr&#233;aux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bocquentin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401700v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401697v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401624v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401628v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401694v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401608v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401615v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401606v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401617v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401260v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401255v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401214v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401250v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401212v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401207v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024157v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dabas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gallard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gazaix" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-3240" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529626v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053102v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399671v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shriya Kaur Chawla" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehi Sinha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Delmas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefebvre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10920617251405470" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021954v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021955v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140700v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140702v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501908v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501925v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501911v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501931v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501904v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501891v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501899v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501893v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501901v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501895v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053104v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053084v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053094v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053098v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399706v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399708v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400123v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444404v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399696v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399701v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399705v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399698v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399719v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399713v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399716v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399724v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399728v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399736v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399740v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399726v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice De Pastre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399717v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399718v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399746v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399738v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399730v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399744v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399741v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399754v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399755v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399756v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399758v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399753v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403594v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399757v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403590v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403589v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403542v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403539v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403540v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403538v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403541v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403537v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403536v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403534v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403533v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403527v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403528v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403525v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403521v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403517v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403514v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403519v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403518v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403180v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403198v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403188v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403512v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403185v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403182v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403169v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403197v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25969/mediarep/224" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403174v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403126v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403153v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403144v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403106v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403094v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gattolin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403113v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403063v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403080v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403047v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403049v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403051v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403038v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403045v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403027v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403042v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403033v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403025v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403034v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403014v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403017v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403010v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403002v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403006v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402913v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402903v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402917v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402898v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402856v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402890v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401703v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402819v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402845v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pr&#233;aux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bocquentin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401705v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402821v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402837v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401700v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401697v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401624v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401628v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401694v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401617v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401615v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401606v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401608v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mannoni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401260v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401214v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401255v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401250v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401212v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401207v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171454v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021970v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.18161" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075329v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/dans-la-pharmacopee-dantonin-artaud/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906126v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075351v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04075349v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Poulain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_radios_locales_histoires_territoires_et_reseaux_thierry_lefebvre_sebastien_poulain-9782343235608-70816.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140698v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501890v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501882v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Noble" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501886v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053081v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-glyphe.com/livre/une-societe-savante-et-son-bulletin-a-la-veille-de-la-premiere-guerre-mondiale/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053082v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesquare-editeur.fr/page-collection/ouvrage-pilules-orientales(Lefebvre.Raynal).html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02052991v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399669v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399667v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399668v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399666v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399663v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399676v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Nourrisson" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Tsikounas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03666705v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399673v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400140v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403522v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399677v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399682v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Malth&#234;te" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400134v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401232v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Forestier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Alain Michaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401235v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401231v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401228v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401225v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gili" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kermabon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401219v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400144v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401217v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401218v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400149v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmeulle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubreil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401216v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05528446v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assas-universite.fr/en/research/publications/editions-pantheon-assas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171461v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501906v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529628v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403597v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403596v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399711v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399732v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399734v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399749v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399751v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399763v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403593v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403592v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399760v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403546v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403543v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403544v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403531v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403535v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403530v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403524v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403516v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403513v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403201v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403160v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403170v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403131v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403119v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403059v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403055v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403023v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403030v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403020v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402909v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403008v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403012v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402921v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402998v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Freyssinet-Dominjon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Wagner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402892v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402825v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402834v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402830v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402851v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401684v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401613v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401262v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401267v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401620v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401258v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401252v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401211v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401206v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024157v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dabas" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gallard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gazaix" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-3240" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529626v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02053102v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399671v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>