--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -734,243 +734,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of very flexible high-aspect-ratio composite wing flutter speed using optimised open source solver</w:t>
+                <w:t xml:space="preserve">Assessment of aeroelastic tailoring effect on high-aspect-ratio composite wing flutter speed using an open source reduced order model solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Montagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry M. Faure</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd 3AF International Conference on Applied Aerodynamics Multiphysics approach in Aerodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Salon de Provence, France</w:t>
+              <w:t xml:space="preserve">18 th European Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Athens, Greece. pp.24 - 28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01780180v1</w:t>
+                <w:t xml:space="preserve">hal-01877807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of aeroelastic tailoring effect on high-aspect-ratio composite wing flutter speed using an open source reduced order model solver</w:t>
+                <w:t xml:space="preserve">Computation of very flexible high-aspect-ratio composite wing flutter speed using optimised open source solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Montagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Faure</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18 th European Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Athens, Greece. pp.24 - 28</w:t>
+              <w:t xml:space="preserve">53rd 3AF International Conference on Applied Aerodynamics Multiphysics approach in Aerodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Salon de Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877807v1</w:t>
+                <w:t xml:space="preserve">hal-01780180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of the aeroelastic behavior of a possibly detached flow airfoil by a discrete vortex method</w:t>
               </w:r>
@@ -1965,230 +1965,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude paramétrique par PIV du seuil d'apparition d'une instabilité centrifuge dans une cavité</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Lusseyran</w:t>
+                <w:t xml:space="preserve">Nonlinear analysis of the longitudinal flight dynamics of a transport airplane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kolb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hétru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Congrès Francophone de Techniques Laser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Rouen, France. pp. 83-90</w:t>
+              <w:t xml:space="preserve">5th European Conference for Aeronautics and Space Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Germany. pp.TuA07</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00910922v1</w:t>
+                <w:t xml:space="preserve">hal-00910958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear analysis of the longitudinal flight dynamics of a transport airplane</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry M. Faure</w:t>
+                <w:t xml:space="preserve">Étude paramétrique par PIV du seuil d'apparition d'une instabilité centrifuge dans une cavité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle L. Douay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc R. Pastur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Conference for Aeronautics and Space Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Germany. pp.TuA07</w:t>
+              <w:t xml:space="preserve">13ème Congrès Francophone de Techniques Laser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Rouen, France. pp. 83-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00910958v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du décrochage profond et application à l'anticipation des risques particuliers dans les phases de vol à haute incidence</w:t>
               </w:r>
@@ -2295,90 +2295,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity flow stability analysis with space phase-averaged velocity fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Basley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Thach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Symposium Bifurcation and Instabilities in Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Barcelone, Spain</w:t>
@@ -2420,64 +2420,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opérateur de Koopman et identification de structures cohérentes : application à un écoulement de cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florimond Guéniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2515,90 +2515,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilités centrifuges dans un écoulement de cavité : décomposition en modes dynamiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florimond Guéniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2764,273 +2764,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary instability of centrifugal vortices in a cavity shear flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Caractérisation multi-plan d'un écoulement de cavité tridimensionnel par PIV stéréoscopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Symposium Bifurcation and Instabilities in Fluid Dynamics,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France. pp.n°454</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678979v1</w:t>
+                <w:t xml:space="preserve">hal-00678987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation multi-plan d'un écoulement de cavité tridimensionnel par PIV stéréoscopique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Secondary instability of centrifugal vortices in a cavity shear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France. pp.n°454</w:t>
+              <w:t xml:space="preserve">4th International Symposium Bifurcation and Instabilities in Fluid Dynamics,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678987v1</w:t>
+                <w:t xml:space="preserve">hal-00678979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signature fréquentielle des structures cohérentes d'écoulement : application de la décomposition en modes dynamiques à un écoulement en cavité ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florimond Guéniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3081,77 +3081,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PIV stéréoscopique par flot optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sépass Mochki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Quénot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3202,77 +3202,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereoscopic PIV using optical flow: investigation of a recirculating cavity flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle L. Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sépass Mochki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Quénot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3349,64 +3349,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Thach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Basley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e Congrès Francophone de Techniques Laser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Vandoeuvre-lès-Nancy, France. pp.111-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3457,64 +3457,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès Français de Visualisation et de Traitement d'Images en Mécanique des Fluides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Reims, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3565,64 +3565,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès Français de Mécanique, Marseille (France), 24-28 Août 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Marseille, France. pp.131-S09</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3673,64 +3673,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fraigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3768,64 +3768,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POD-based technique for 3D flow reconstruction using 2D data set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4008,312 +4008,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00384391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow instabilities development inside an open cavity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poincaré section analysis of an experimental frequency intermittency in an open cavity flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc R. Pastur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luc R. Pastur</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Letellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Symposium on Flow Visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Nice, France. pp.ID 81</w:t>
+              <w:t xml:space="preserve">22nd International Congress of Theoretical and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Adelaide, Australia. pp.ID 11329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00327095v1</w:t>
+                <w:t xml:space="preserve">hal-00327120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poincaré section analysis of an experimental frequency intermittency in an open cavity flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flow instabilities development inside an open cavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lusseyran</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Letellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Congress of Theoretical and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Adelaide, Australia. pp.ID 11329</w:t>
+              <w:t xml:space="preserve">13th International Symposium on Flow Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Nice, France. pp.ID 81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00327120v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse déterministe de la compétition non-linéaire de modes dans un écoulement en cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Letellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Rencontre du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Paris, France. pp. 137-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4364,64 +4364,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pechlivanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Grenoble, France. pp.176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4459,64 +4459,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation expérimentale de la compétition non-linéaire de modes de Kelvin-Helmholtz dans un écoulement en cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pethieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4554,64 +4554,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures tourbillonnaires cohérentes et intermittence des modes fréquentiels dans un écoulement en cavité ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4675,64 +4675,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'instabilités dans un écoulement subsonique se développant au-dessus d'une cavité : mesures synchronisées PIV-LDV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lusseyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc R. Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pethieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4783,51 +4783,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shear Layer Instability and Frequency Modes inside an Open Cavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4917,51 +4917,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Debesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gougat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5012,51 +5012,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de l'écoulement dans un échangeur de chaleur tubulaire par vélocimétrie par images de particules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gougat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5759,51 +5759,51 @@
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00162-019-00511-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351204v1</w:t>
+                <w:t xml:space="preserve">hal-03289867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical study of two-airfoil arrangements by a discrete vortex method</w:t>
               </w:r>
@@ -5863,285 +5863,285 @@
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00162-019-00511-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03289867v1</w:t>
+                <w:t xml:space="preserve">hal-03351204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Detection of an Aircraft Deep Stall and Recovery Procedure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Kolb</w:t>
+                <w:t xml:space="preserve">A modified discrete-vortex method algorithm with shedding criterion for aerodynamic coefficients prediction at high angle of attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Montagnier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 42 (5), pp.1185-1194. </w:t>
+              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69, pp.32-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/1.G003729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apm.2018.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02319401v1</w:t>
+                <w:t xml:space="preserve">hal-03351210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified discrete-vortex method algorithm with shedding criterion for aerodynamic coefficients prediction at high angle of attack</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-Time Detection of an Aircraft Deep Stall and Recovery Procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kolb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Montagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hetru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Montagnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 69, pp.32-46. </w:t>
+              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (5), pp.1185-1194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apm.2018.12.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/1.G003729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351210v1</w:t>
+                <w:t xml:space="preserve">hal-02319401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Detection of an Aircraft Deep Stall and Recovery Procedure</w:t>
               </w:r>
@@ -6189,51 +6189,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 42 (5), pp.1185-1194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/1.G003729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351207v1</w:t>
@@ -6306,51 +6306,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Montagnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 69, pp.32-46. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apm.2018.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02319400v1</w:t>
@@ -7058,51 +7058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Douay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 54 (8), pp.1579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7304,51 +7304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fraigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7433,51 +7433,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying the nonlinear mode competition in the flow over an open cavity at medium Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7592,51 +7592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panayotis Adrianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pastur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9391,51 +9391,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lecordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Trinité</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lusseyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9847,51 +9847,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Simonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostia Roncin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Faure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631237v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Videlier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M. Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200357v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Portzer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montagnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329424v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kirsch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329463v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel B&#233;nard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780180v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780158v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dumas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780183v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501692v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446075v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;tru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier, Montagnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157857v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138936v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hetru" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kolb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065789v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910969v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kolb" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910922v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle L. Douay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R. Pastur" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lusseyran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910958v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910940v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Basley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thach" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678968v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Gu&#233;niat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678727v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025972v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lusseyran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gu&#233;niat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Basley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Douay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.R. Pastur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/318/4/042036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678979v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678987v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678993v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520064v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;pass Mochki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515636v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520069v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lef&#232;vre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515630v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Defrasne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327098v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sicot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327095v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327120v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Letellier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327126v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179699v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pechlivanian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327130v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pethieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179700v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090598v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debesse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090556v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eschenbrenner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fraigneau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091826v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gougat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091830v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Launay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601448v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0083158" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351198v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2020.102930" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351196v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leogrande" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0025327" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Faure" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351204v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-019-00511-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289867v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319401v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G003729" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351210v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2018.12.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319400v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319407v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972672" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319405v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2429-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351211v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01658069v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alzina" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Baynast" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15376/biores.10.4.8076-8088" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szczap" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Gour" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fauchez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cornet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Faure" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-1779-2014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289875v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1822-5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289876v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Douay" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1579-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q4TZ80X7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289881v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delprat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0942-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631934v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pastur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bisch" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0671-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SBTMVMJL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631936v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pethieu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0419-7" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9VZJ7M60-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402930v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Adrianos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0188-8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2P2SV7M4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137318v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Faure" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gougat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Launay" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2353277" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289908v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Miton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vassilieff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-004-0810-6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/203169BE11DA63DEFC6B76D19C2BC1BA6F625D3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289914v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bario" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jondeau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Normand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen Duc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.6145" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02065975v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harumi Isaka" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Guillemet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(01)00310-8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DJ6T01W-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289917v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Jean Michon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.5776" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289945v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virendra Claude Sharma" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092018v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garimella R. Sarma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Comte-Bellot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1149087" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289948v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.89" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289955v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Robert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289958v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Robert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00190677" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E33F7F878D059D64BC749E0AC18B9C0D9BFF2950/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289963v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310994v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311001v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107577v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192627v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118481v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118478v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00911074v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00954121v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Trinit&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023371v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00911048v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Simonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostia Roncin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Faure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631237v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Videlier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M. Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200357v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Portzer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montagnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329424v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kirsch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329463v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel B&#233;nard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877807v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780180v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780158v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dumas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780183v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501692v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446075v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;tru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier, Montagnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157857v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138936v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hetru" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kolb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065789v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910969v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kolb" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910958v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910922v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle L. Douay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R. Pastur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lusseyran" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910940v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Basley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thach" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678968v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Gu&#233;niat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678727v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025972v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lusseyran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gu&#233;niat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Basley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Douay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.R. Pastur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/318/4/042036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678987v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678979v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678993v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520064v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;pass Mochki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515636v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520069v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lef&#232;vre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515630v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Defrasne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327098v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sicot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327120v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Letellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327095v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327126v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179699v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pechlivanian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327130v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pethieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179700v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090598v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debesse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090556v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eschenbrenner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fraigneau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091826v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gougat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091830v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Launay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601448v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0083158" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351198v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2020.102930" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351196v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leogrande" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0025327" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Faure" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289867v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-019-00511-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351204v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351210v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2018.12.013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319401v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G003729" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319400v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319407v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972672" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319405v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2429-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351211v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01658069v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alzina" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Baynast" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15376/biores.10.4.8076-8088" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szczap" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Gour" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fauchez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cornet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Faure" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-1779-2014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289875v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1822-5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289876v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Douay" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1579-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q4TZ80X7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289881v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delprat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0942-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631934v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pastur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bisch" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0671-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SBTMVMJL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631936v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pethieu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0419-7" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9VZJ7M60-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402930v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Adrianos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0188-8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2P2SV7M4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137318v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Faure" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gougat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Launay" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2353277" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289908v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Miton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vassilieff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-004-0810-6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/203169BE11DA63DEFC6B76D19C2BC1BA6F625D3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289914v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bario" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jondeau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Normand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen Duc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.6145" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02065975v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harumi Isaka" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Guillemet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(01)00310-8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DJ6T01W-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289917v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Jean Michon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.5776" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289945v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virendra Claude Sharma" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092018v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garimella R. Sarma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Comte-Bellot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1149087" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289948v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.89" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289955v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Robert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289958v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Robert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00190677" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E33F7F878D059D64BC749E0AC18B9C0D9BFF2950/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289963v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310994v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311001v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107577v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192627v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118481v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118478v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00911074v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00954121v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Trinit&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023371v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00911048v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>