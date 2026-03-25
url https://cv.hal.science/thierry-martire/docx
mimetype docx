--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -351,459 +351,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04332124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a multi-physical approach to connection ageing in power modules</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of Multicellular Converter with Magnetic Coupler for Space Charge Measurement on DC Cable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Jebli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Arnould</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2022.114513⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (5-6), pp.227-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18280/ejee.245-601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03613643v1</w:t>
+                <w:t xml:space="preserve">hal-03952847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IGBT Wirebonds Ageing: A New Test Bench Development for Dedicated Modules Assemblies</w:t>
+                <w:t xml:space="preserve">Toward a multi-physical approach to connection ageing in power modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">André Chrysochoos</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18280/ejee.240401⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132, pp.114513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2022.114513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03833214v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Multicellular Converter with Magnetic Coupler for Space Charge Measurement on DC Cable</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mourad Jebli</w:t>
+                <w:t xml:space="preserve">IGBT Wirebonds Ageing: A New Test Bench Development for Dedicated Modules Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Boyer</w:t>
+                <w:t xml:space="preserve">André Chrysochoos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 24 (5-6), pp.227-237. </w:t>
+              <w:t xml:space="preserve">, 2022, 24 (4), pp.161 - 169. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18280/ejee.245-601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18280/ejee.240401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03952847v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nonreversible 10-kW High Step-Up Converter Using a Multicell Boost Topology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -893,51 +893,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast power cycling protocols implemented in an automated test bench dedicated to IGBT module ageing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amgad Rashed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1179,51 +1179,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Darkawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 16 (3-4), pp.357 - 376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1661,51 +1661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the Supply Voltage System in Interleaved Converters Using Intercell Transformers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1789,295 +1789,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00329608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Inverse Problems to current density reconstruction inside components</w:t>
+                <w:t xml:space="preserve">Near-Field Electromagnetic Tomography Applied to Current Density Reconstruction in Metallized Capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L. Nativel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">T. Talbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Faucher</w:t>
+                <w:t xml:space="preserve">C. Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Joubert</w:t>
+                <w:t xml:space="preserve">N. Daudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 4, pp.86. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 20 (issue: 1), pp.11-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.1849411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2004.839882(410)20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00330370v1</w:t>
+                <w:t xml:space="preserve">hal-00327340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-Field Electromagnetic Tomography Applied to Current Density Reconstruction in Metallized Capacitors</w:t>
+                <w:t xml:space="preserve">Application of Inverse Problems to current density reconstruction inside components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">T. Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L. Nativel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Joubert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Daudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 20 (issue: 1), pp.11-16. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4, pp.86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2004.839882(410)20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.1849411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00327340v1</w:t>
+                <w:t xml:space="preserve">hal-00330370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2214,51 +2214,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05398436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interconnection of renewable sources : Multi-Active-Bridge Converter</w:t>
+                <w:t xml:space="preserve">Study of a Multi-Active Bridge Converter for a Domestic Electrical Grid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdennour Merrouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Talbert</w:t>
@@ -2289,97 +2289,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Industrial Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Mar 2024, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04529116v1</w:t>
+                <w:t xml:space="preserve">hal-04615140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of a Multi-Active Bridge Converter for a Domestic Electrical Grid</w:t>
+                <w:t xml:space="preserve">Interconnection of renewable sources : Multi-Active-Bridge Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdennour Merrouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Talbert</w:t>
@@ -2410,73 +2410,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Industrial Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Mar 2024, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04615140v1</w:t>
+                <w:t xml:space="preserve">hal-04529116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations, mesures et régulation sur un système S3R pour satellite à échelle réduite</w:t>
               </w:r>
@@ -2807,64 +2807,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Space Charge Measurement With the Thermal Step Method Over the 10 Last years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Jebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sidambarompoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2926,589 +2926,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04907778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convertisseur multi-sources solaire pour pile à hydrogène</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Power Inter Cell Transformer Modelling for ASV Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Daridon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society- IECON 2022 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bruxelles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON49645.2022.9968513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887957v1</w:t>
+                <w:t xml:space="preserve">hal-03822881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Board Power Management in a Marine Autonomous Surface Vehicle (ASV): Multi-Port Transformer Design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Martiré</w:t>
+                <w:t xml:space="preserve">Convertisseur multi-sources solaire pour pile à hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdennour Merrouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fruchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Petit</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dorian Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Matt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2022, International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668824v2</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Thermal Cycling Frequency on IGBT Power Module Lifetime</w:t>
+                <w:t xml:space="preserve">On-Board Power Management in a Marine Autonomous Surface Vehicle (ASV): Multi-Port Transformer Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2022, International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany. </w:t>
+              <w:t xml:space="preserve">, Mesago Messe Frankfurt GmbH, May 2022, Nuremberg, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30420/565822120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.30420/565822275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668732v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668824v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Inter Cell Transformer Modelling for ASV Application</w:t>
+                <w:t xml:space="preserve">Impact of Thermal Cycling Frequency on IGBT Power Module Lifetime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Chrysochoos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society- IECON 2022 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Bruxelles, France. </w:t>
+              <w:t xml:space="preserve">PCIM Europe 2022, International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON49645.2022.9968513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.30420/565822120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822881v1</w:t>
+                <w:t xml:space="preserve">hal-03668732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-intrusive space charge measurement on DC cable using the thermal step method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Jebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Castellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jicable HVDC 21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Liege, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3533,103 +3533,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-intrusive technique for measuring space charges in dc cables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Jebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petru Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Conference on Electrical Insulation and Dielectric Phenomena (CEIDP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Vancouver, Canada. pp.13-16, </w:t>
@@ -3693,51 +3693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhadi Benzagmout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Talbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3952,64 +3952,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Talbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Gachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4054,1404 +4054,1404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04465060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a 4-phase intercell transformer converter for a space charge measuring system</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Conception d'un système de charge par induction de 22kW avec un fort espacement inducteur/induit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hammoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Huselstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Enrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique SGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nancy, France. (8 p.)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451124v1</w:t>
+                <w:t xml:space="preserve">hal-02008052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures électriques de modules photovoltaïques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dorian Gachon</w:t>
+                <w:t xml:space="preserve">Measurement of the I(V) characteristics of photovoltaic arrays by the capacitive load method for fault detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benzagmout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fruchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Talbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France. (8 p.)</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 1031-1036</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02981913v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global optimization of a high step-up DC-DC converter for CPV application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Design of a 4-phase intercell transformer converter for a space charge measuring system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Jebli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Talbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'18 ECCE Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.676-681, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01879306v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of models and tools for the design of HF magnetic components in power electronics</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Signatures électriques de modules photovoltaïques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Benzagmout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zaher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fruchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 706-711</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France. (8 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007169v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the I(V) characteristics of photovoltaic arrays by the capacitive load method for fault detection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global optimization of a high step-up DC-DC converter for CPV application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 1031-1036</w:t>
+              <w:t xml:space="preserve">EPE'18 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RIga Technical University, Sep 2018, Riga, Latvia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007155v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'un système de charge par induction de 22kW avec avec un fort espacement inducteur/induit</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of models and tools for the design of HF magnetic components in power electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Biagini</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Z. Belkaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Enrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Huselstein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 706-711</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02981831v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisation d’un système de mesures IV autonome pour panneaux photovoltaïques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">O. Fruchier</w:t>
+                <w:t xml:space="preserve">Conception d'un système de charge par induction de 22kW avec avec un fort espacement inducteur/induit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Enrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bakali</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Thiery</w:t>
+                <w:t xml:space="preserve">Eric Biagini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque CETSIS 2018 - 13ème édition,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Fès, Morocco</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008190v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a 4-Phase Intercellular Transformer Converter for a Space Charge Measuring System</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">L. Boyer</w:t>
+                <w:t xml:space="preserve">Réalisation d’un système de mesures IV autonome pour panneaux photovoltaïques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benzagmout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fruchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Petit</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Bakali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thiery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 676-681</w:t>
+              <w:t xml:space="preserve">Colloque CETSIS 2018 - 13ème édition,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Fès, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006310v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et caractérisation de signatures électriques de panneaux photovoltaïques</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a 4-Phase Intercellular Transformer Converter for a Space Charge Measuring System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Laurentie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jebli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Alexandre</w:t>
+                <w:t xml:space="preserve">L. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lyon, France. pp. 676-681</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008152v1</w:t>
+                <w:t xml:space="preserve">hal-02006310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation globale d'un convertisseur DC-DC fortement élévateur pour application CPV</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Talbert</w:t>
+                <w:t xml:space="preserve">Modélisation et caractérisation de signatures électriques de panneaux photovoltaïques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benzagmout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fruchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01839244v2</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'un système de charge par induction de 22kW avec un fort espacement inducteur/induit</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimisation globale d'un convertisseur DC-DC fortement élévateur pour application CPV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique SGE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nancy, France. (8 p.)</w:t>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008052v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839244v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a 22kW/85kHz inductive charger for electric vehicules with an airgap of 25cm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Enrici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5487,178 +5487,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles et outils pour la conception de composants magnétiques HF en électronique de puissance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Architecture électrique pour systèmes CPV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Talbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahir Belkaid</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
+                <w:t xml:space="preserve">D. Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fruchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thiery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque pour systèmes CPV 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361702v1</w:t>
+                <w:t xml:space="preserve">hal-01908410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convertisseur multicellulaire &amp;quot;Tsooboost&amp;quot; non réversible à grand rapport d'élévation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5733,740 +5733,740 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture électrique pour systèmes CPV</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèles et outils pour la conception de composants magnétiques HF en électronique de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Gachon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">T. Martiré</w:t>
+                <w:t xml:space="preserve">Zahir Belkaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Enrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Martire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque pour systèmes CPV 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01908410v1</w:t>
+                <w:t xml:space="preserve">hal-01361702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du comportement magnétique et thermique d'un transformateur intercellulaire cyclique à 4 phases pour application impulsionnelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Petit</w:t>
+                <w:t xml:space="preserve">Banc de test dédié au vieillissement accéléré de modules IGBT en cyclage thermique : Méthode, instrumentation, résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amgad Rashed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Darkawi</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Enrici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
+              <w:t xml:space="preserve">SGE (Symposium de Génie Électrique SGE 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065358v1</w:t>
+                <w:t xml:space="preserve">hal-01065227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Banc de test dédié au vieillissement accéléré de modules IGBT en cyclage thermique : Méthode, instrumentation, résultats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
+                <w:t xml:space="preserve">Analyse du comportement magnétique et thermique d'un transformateur intercellulaire cyclique à 4 phases pour application impulsionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Enrici</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Darkawi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SGE (Symposium de Génie Électrique SGE 2014)</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065227v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high current multi-cell buck converter using intercell transformers: Modeling and design of a 1200 amps, 12-phase prototype</w:t>
+                <w:t xml:space="preserve">An efficient high current, low voltage multi-cell buck converter using intercell transformer, Modeling and Implementation of 12-phases prototype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Darkawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Huselstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 15th European Conference on Power Electronics and Applications (EPE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EPE'13 15th European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882892v1</w:t>
+                <w:t xml:space="preserve">hal-01908904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line [TJ, Vce] Monitoring of IGBTs stressed by fast Power Cycling tests</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">A high current multi-cell buck converter using intercell transformers: Modeling and design of a 1200 amps, 12-phase prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Darkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Notingher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'13 15th European Conference on Power Electronics and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 15th European Conference on Power Electronics and Applications (EPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631915⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908891v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient high current, low voltage multi-cell buck converter using intercell transformer, Modeling and Implementation of 12-phases prototype</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Darkawi</w:t>
+                <w:t xml:space="preserve">On-line [TJ, Vce] Monitoring of IGBTs stressed by fast Power Cycling tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rashed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Huselstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P. Notingher</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Enrici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE'13 15th European Conference on Power Electronics and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908904v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new space charge measurement technique on full-size high voltage cable loops based on a multicell power converter</w:t>
               </w:r>
@@ -6491,64 +6491,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Symposium on High Voltage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6625,51 +6625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Electrical Insulation and Dielectric Phenomena, (CEIDP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Montréal, Canada. pp.499-502, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6729,64 +6729,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Darkawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6850,64 +6850,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Darkawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6945,51 +6945,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Câbles d’énergie : travaux pratiques. Approche diélectrique, thermique, mécanique et économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7053,51 +7053,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Câbles d’énergie : travaux pratiques. Approches diélectrique, thermique, mécanique et économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7155,286 +7155,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive Wind Energy Conversion system Association of a direct-driven synchronous motor with vernier effect and a diode rectifier</w:t>
+                <w:t xml:space="preserve">Commande numérique d'un actionneur linéaire poly-entrefer pour applications aéronautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Matt</w:t>
+                <w:t xml:space="preserve">B. Ondo Ndong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ziegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès MELECON 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Ajaccio, France</w:t>
+              <w:t xml:space="preserve">Colloque Électronique de puissance du futur EPF 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01916398v1</w:t>
+                <w:t xml:space="preserve">hal-01916515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande numérique d'un actionneur linéaire poly-entrefer pour applications aéronautiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Passive Wind Energy Conversion system Association of a direct-driven synchronous motor with vernier effect and a diode rectifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Matt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Enrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ondo Ndong</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">J. Jac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ziegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Électronique de puissance du futur EPF 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">Congrès MELECON 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01916515v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Câbles d’énergie à isolation organique : approche pluridisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7498,51 +7498,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Câbles d’énergie à isolation organique : approche pluridisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7600,287 +7600,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High force linear actuator for an aeronautical application. Association with a fault tolerant converter.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Electromagnetic actuator with high torque mass ratio. Permanent magnet machine with synchronous and Vernier double effect. Application to aeronautical systems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Matt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ziegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Jac</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Enrici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Enrici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 International Aegean Conference on Electrical Machines and Power Electronics (ACEMP) and Electromotion '07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2007, Bodrum, Turkey. pp.76-80, </w:t>
+              <w:t xml:space="preserve">, Sep 2007, Bodrum, Turkey. pp.81-86, </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACEMP.2007.4510487⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACEMP.2007.4510488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624014v1</w:t>
+                <w:t xml:space="preserve">hal-03624015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic actuator with high torque mass ratio. Permanent magnet machine with synchronous and Vernier double effect. Application to aeronautical systems.</w:t>
+                <w:t xml:space="preserve">High force linear actuator for an aeronautical application. Association with a fault tolerant converter.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">N. Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Matt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J. Jac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Ziegler</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Martire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Enrici</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Martire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 International Aegean Conference on Electrical Machines and Power Electronics (ACEMP) and Electromotion '07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2007, Bodrum, Turkey. pp.81-86, </w:t>
+              <w:t xml:space="preserve">, Sep 2007, Bodrum, Turkey. pp.76-80, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACEMP.2007.4510488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACEMP.2007.4510487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624015v1</w:t>
+                <w:t xml:space="preserve">hal-03624014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7937,64 +7937,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Chrysochoos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des électroniques de puissance - GDR SEEDS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Grenoble, France. 2022</w:t>
@@ -8221,51 +8221,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Static converter having a redundant structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Huselstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8455,103 +8455,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a High Current DC-DC Converter for Cable Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Jebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petru Jr. Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Conference on Power Electronics and Applications (EPE 2020), 4-11 September 2020, Lyon - France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
@@ -8580,77 +8580,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space Charge Measurement in Cable Insulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Jebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Martiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petru Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8874,51 +8874,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Enrici" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martir&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huselstein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332124v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pellecuer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Gairaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613643v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Forest" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2022.114513" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833214v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.240401" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Jebli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Laurentie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Boyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.245-601" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629585v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Flumian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2662224" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629261v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amgad Rashed" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.09.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Darkawi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Notingher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.17.171-186" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629246v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jr. Notingher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.357-376" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-3DT3W93X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620637v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daveau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huselstein" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Enrici" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/2009001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334727v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Glaize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2008.05.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DKZW0HQ4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619861v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Matt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Nierlich" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Balducci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIGE.10.403-427" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J9W8PTJS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labour&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2007.897089" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330370v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Talbert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nativel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martir&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faucher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joubert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1849411" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327340v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daud&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2004.839882(410)20" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398436v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Talbert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Merrouche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir El Hachimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529116v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615140v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157741v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gairaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156498v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157719v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sidambarompoule" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phanuel Mbolo Noah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Zhao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887957v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fruchier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Gachon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668824v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loyer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822275" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668732v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822120" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822881v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON49645.2022.9968513" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834329v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castellon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832952v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP50766.2021.9705386" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750985v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Benzagmout" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alexandre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215636" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042543v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Laurentie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Notingher" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465060v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2019.8836730" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352259" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981913v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879306v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007169v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Belkaid" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Huselstein" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007155v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benzagmout" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaufils" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fruchier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981831v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Forest" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Biagini" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Hammoud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008190v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bakali" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006310v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boyer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008152v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alexandre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839244v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008052v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hammoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005455v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361702v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahir Belkaid" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361707v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908410v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065358v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Petit" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065227v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882892v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631915" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908891v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rashed" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908904v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908835v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882804v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP.2012.6378829" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882827v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913800v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Patin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884631v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916398v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Matt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jac" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ziegler" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916515v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ondo Ndong" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916546v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884618v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624014v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP.2007.4510487" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624015v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP.2007.4510488" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624647v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619641v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhem Boubaker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Aitakkache" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.99134" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093105v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Richardeau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788562v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939648v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944278v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Enrici" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martir&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huselstein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332124v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pellecuer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Gairaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952847v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Jebli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Laurentie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Boyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.245-601" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613643v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Forest" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2022.114513" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833214v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.240401" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629585v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Flumian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2662224" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629261v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amgad Rashed" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.09.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Darkawi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Notingher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.17.171-186" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629246v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jr. Notingher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.357-376" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-3DT3W93X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620637v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daveau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huselstein" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Enrici" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/2009001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334727v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Glaize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2008.05.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DKZW0HQ4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619861v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Matt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Nierlich" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Balducci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIGE.10.403-427" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J9W8PTJS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labour&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2007.897089" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327340v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nativel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Talbert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martir&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joubert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daud&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2004.839882(410)20" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330370v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1849411" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398436v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Talbert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Merrouche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir El Hachimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615140v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529116v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157741v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gairaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156498v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157719v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sidambarompoule" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phanuel Mbolo Noah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Zhao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822881v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON49645.2022.9968513" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887957v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fruchier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Gachon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668824v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822275" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668732v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822120" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834329v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castellon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832952v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP50766.2021.9705386" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750985v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Benzagmout" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alexandre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215636" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042543v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Laurentie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Notingher" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465060v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2019.8836730" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008052v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hammoud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Huselstein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007155v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benzagmout" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaufils" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fruchier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451124v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352259" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981913v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879306v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007169v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Belkaid" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981831v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Forest" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Biagini" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Hammoud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008190v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bakali" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006310v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boyer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008152v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alexandre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839244v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005455v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908410v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361707v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahir Belkaid" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065227v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065358v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Petit" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908904v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882892v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631915" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908891v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rashed" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908835v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882804v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP.2012.6378829" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882827v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913800v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Patin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884631v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916515v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ondo Ndong" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ziegler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916398v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Matt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jac" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916546v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884618v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624015v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP.2007.4510488" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624014v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP.2007.4510487" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624647v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619641v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhem Boubaker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Aitakkache" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.99134" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093105v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Richardeau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788562v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939648v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944278v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>