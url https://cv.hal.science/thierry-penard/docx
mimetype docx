--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -191,248 +191,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altruism, cooperativeness and academic achievement: a lab in the field experiment in French middle schools</w:t>
+                <w:t xml:space="preserve">Multimarket contact, cross-market externalities and platform competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Dagorn</w:t>
+                <w:t xml:space="preserve">Éric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Masclet</w:t>
+                <w:t xml:space="preserve">Thomas Le Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09645292.2025.2450424⟩</w:t>
+              <w:t xml:space="preserve">Information Economics and Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 71, pp.101133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.infoecopol.2025.101133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927294v1</w:t>
+                <w:t xml:space="preserve">hal-05107385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimarket contact, cross-market externalities and platform competition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Altruism, cooperativeness and academic achievement: a lab in the field experiment in French middle schools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Le Texier</w:t>
+                <w:t xml:space="preserve">Etienne Dagorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhiwen Li</w:t>
+                <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Economics and Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 71, pp.101133. </w:t>
+              <w:t xml:space="preserve">Education Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.infoecopol.2025.101133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09645292.2025.2450424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05107385v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’économie numérique : nouvelle frontière de l’économie industrielle ?</w:t>
               </w:r>
@@ -953,248 +953,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03221230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Piracy Under a Graduated Response Policy</w:t>
+                <w:t xml:space="preserve">What drives pricing behavior in Peer-to-Peer markets? Evidence from the carsharing platform blablacar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael A. Arnold</w:t>
+                <w:t xml:space="preserve">Mehdi Farajallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Darmon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+                <w:t xml:space="preserve">Robert G Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Institutional and Theoretical Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1628/jite-2018-0016⟩</w:t>
+              <w:t xml:space="preserve">Information Economics and Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48, pp.15-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.infoecopol.2019.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01866946v1</w:t>
+                <w:t xml:space="preserve">halshs-02012097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What drives pricing behavior in Peer-to-Peer markets? Evidence from the carsharing platform blablacar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital Piracy Under a Graduated Response Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael A. Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Farajallah</w:t>
+                <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert G Hammond</w:t>
+                <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Economics and Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 48, pp.15-31. </w:t>
+              <w:t xml:space="preserve">Journal of Institutional and Theoretical Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 175 (2), pp.372-393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.infoecopol.2019.01.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1628/jite-2018-0016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02012097v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01866946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airbnb, Blablacar, Le Bon Coin… À qui bénéficient les plateformes de consommation collaborative ?</w:t>
               </w:r>
@@ -1275,51 +1275,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of organic links in position auctions with popular versus niche keywords</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1548,51 +1548,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Increasing Supplier Search Cost Can Increase Welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1646,269 +1646,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01806502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’économie numérique en question</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quoi de neuf docteur ? Une étude économétrique sur la recherche en ligne d'informations médicales par les patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Farajallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bourreau</w:t>
+                <w:t xml:space="preserve">Myriam Le Goff-Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie industrielle </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (4), pp.231 - 251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jgem.154.0231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01806507v1</w:t>
+                <w:t xml:space="preserve">hal-01342346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf docteur ? Une étude économétrique sur la recherche en ligne d'informations médicales par les patients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Myriam Le Goff-Pronost</w:t>
+                <w:t xml:space="preserve">L’économie numérique en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'économie industrielle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (156), pp.11-15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342346v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01806507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réponse graduée de l’Hadopi a-t-elle eu des effets sur le piratage de musique et de films ? Une étude empirique des pratiques de consommation en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2149,51 +2149,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reputation and social (dis)approval in feedback mechanisms: An experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2542,51 +2542,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gratuité sur Internet : de la logique marchande à la logique communautaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2637,51 +2637,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Quantitative and Qualitative Network Effects in B2B Platform Competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2857,51 +2857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poussing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Socio-Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 46, pp.105-116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3243,213 +3243,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00629487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do reputation feedback systems really improve trust among anonymous traders? An experimental study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Masclet</w:t>
+                <w:t xml:space="preserve">An empirical analysis of Internet providers’ interconnection strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhaïer M'Chirgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> European Review of Industrial Economics and Policy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00629500v1</w:t>
+                <w:t xml:space="preserve">hal-03468951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An empirical analysis of Internet providers’ interconnection strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zouhaïer M'Chirgui</w:t>
+                <w:t xml:space="preserve">Do reputation feedback systems really improve trust among anonymous traders? An experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> European Review of Industrial Economics and Policy </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (35), pp.4553-4573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00036846.2011.591740⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03468951v1</w:t>
+                <w:t xml:space="preserve">halshs-00629500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring policy and organizational form in franchised chains</w:t>
               </w:r>
@@ -3628,265 +3628,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00656123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gratuité est-elle une fatalité sur les marchés numériques ? Une étude sur le consentement à payer pour des offres de contenus audiovisuels sur internet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+                <w:t xml:space="preserve">Les conséquences de la manipulation de la réputation dans les systèmes d'évaluation en ligne. Une étude expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Prévision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 3 (194), pp.15-32. </w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 61 (6), pp.1123-1133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ecop.194.0015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/reco.616.1123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965945v1</w:t>
+                <w:t xml:space="preserve">halshs-00601698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conséquences de la manipulation de la réputation dans les systèmes d'évaluation en ligne. Une étude expérimentale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Masclet</w:t>
+                <w:t xml:space="preserve">La gratuité est-elle une fatalité sur les marchés numériques ? Une étude sur le consentement à payer pour des offres de contenus audiovisuels sur internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 61 (6), pp.1123-1133. </w:t>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (194), pp.15-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/reco.616.1123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ecop.194.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00601698v1</w:t>
+                <w:t xml:space="preserve">hal-00965945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une analyse empirique des stratégies d'interconnexion des opérateurs internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhaïer M'Chirgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4041,51 +4041,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Économie de l'internet : une économie d'interactions sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Economie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, XXII (3), pp.151-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4104,303 +4104,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00294907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The economics of digital business models : a framework for analyzing the economics of platforms</w:t>
+                <w:t xml:space="preserve">Bargaining and fixed price offers : how online intermediaries are changing new car transactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Brousseau</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael A. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Network Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 6 (2), pp.81-114</w:t>
+              <w:t xml:space="preserve">, 2007, 6 (2), pp.134-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00169305v1</w:t>
+                <w:t xml:space="preserve">halshs-00169306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi évaluer son partenaire lors d'une transaction à la eBay ? une approche expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'économie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 117 (3), pp.365-386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00144846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bargaining and fixed price offers : how online intermediaries are changing new car transactions</w:t>
+                <w:t xml:space="preserve">The economics of digital business models : a framework for analyzing the economics of platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael A. Arnold</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Network Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 6 (2), pp.134-160</w:t>
+              <w:t xml:space="preserve">, 2007, 6 (2), pp.81-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00169306v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00169305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages des TIC, conditions de travail et satisfaction des salariés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4445,355 +4445,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00256256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il repenser la politique de la concurrence sur les marchés Internet ?</w:t>
+                <w:t xml:space="preserve">Usage de l'Internet et investissement en capital social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poussing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de droit économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 1, pp.55-86</w:t>
+              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 4, pp.413-446</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00008316v1</w:t>
+                <w:t xml:space="preserve">halshs-00008317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usage de l'Internet et investissement en capital social</w:t>
+                <w:t xml:space="preserve">Faut-il repenser la politique de la concurrence sur les marchés Internet ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Poussing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 4, pp.413-446</w:t>
+              <w:t xml:space="preserve">Revue internationale de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1, pp.55-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00008317v1</w:t>
+                <w:t xml:space="preserve">halshs-00008316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adoption et usage marchand de l'Internet : une étude économétrique sur données bretonnes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabice Le Guel</w:t>
+                <w:t xml:space="preserve">Investing in a website: a top dog or a resource-based strategy for firms?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Prévision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 167</w:t>
+              <w:t xml:space="preserve">Communication &amp; Strategies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 59, pp.77-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00068310v1</w:t>
+                <w:t xml:space="preserve">halshs-00010276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investing in a website: a top dog or a resource-based strategy for firms?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Martin</w:t>
+                <w:t xml:space="preserve">Adoption et usage marchand de l'Internet : une étude économétrique sur données bretonnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabice Le Guel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; Strategies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 59, pp.77-98</w:t>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00010276v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00068310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorie des contrats et réseaux de franchise: analyse et enseignements</w:t>
               </w:r>
@@ -5369,112 +5369,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00069654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competition and Strategy on the Mobile Telephony Market : a Look at the GSM Business Model in France</w:t>
+                <w:t xml:space="preserve">Que peut bien apporter l'analyse économique à l'application du droit de la concurrence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Souam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; Strategies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, pp.49-79</w:t>
+              <w:t xml:space="preserve">Revue d'économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 112 (6), pp.863-887</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00069686v1</w:t>
+                <w:t xml:space="preserve">halshs-00069679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le commerce électronique en France : un essai de mesure sur le marché des CD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Larribeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5490,139 +5503,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 355-356, pp.27-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00069683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que peut bien apporter l'analyse économique à l'application du droit de la concurrence ?</w:t>
+                <w:t xml:space="preserve">Competition and Strategy on the Mobile Telephony Market : a Look at the GSM Business Model in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Souam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 112 (6), pp.863-887</w:t>
+              <w:t xml:space="preserve">Communication &amp; Strategies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, pp.49-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00069679v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00069686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondialisation et accès aux marchés. L'accès au marché dans les industries de réseau : enjeux concurrentiels et réglementaires</w:t>
               </w:r>
@@ -5690,51 +5690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collusion et politique de la concurrence en information asymétrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Souam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Economie et de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 66, pp.209-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5791,90 +5791,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf docteur ? Une étude économétrique sur la recherche en ligne d'informations médicales par les patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Le Goff-Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Farajallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIVèmes Journées des Economistes de la Santé Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5893,165 +5893,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00799708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To sponsor or not to sponsor: sponsored search auctions with organic links and firm dependent click-through rates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Darmon</w:t>
+                <w:t xml:space="preserve">Quoi de neuf docteur ? La relation médecin-patient à l'heure de l'Internet (application aux données &amp;quot; Ménage &amp;quot;, enquête M@rsouin 2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Le Goff-Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael A. Arnold</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th annual conference of the European Association for Research in Industrial Economics (EARIE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">9ème séminaire M@rsouin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Bénodet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00632107v1</w:t>
+                <w:t xml:space="preserve">hal-00623229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To sponsor or not to sponsor: Sponsored search auctions with organic links and firm dependent click-through rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael A. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6083,165 +6083,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00603235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf docteur ? La relation médecin-patient à l'heure de l'Internet (application aux données &amp;quot; Ménage &amp;quot;, enquête M@rsouin 2009)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myriam Le Goff-Pronost</w:t>
+                <w:t xml:space="preserve">To sponsor or not to sponsor: sponsored search auctions with organic links and firm dependent click-through rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael A. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème séminaire M@rsouin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Bénodet, France</w:t>
+              <w:t xml:space="preserve">38th annual conference of the European Association for Research in Industrial Economics (EARIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00623229v1</w:t>
+                <w:t xml:space="preserve">halshs-00632107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conséquences de la manipulation de la réputation dans les systèmes d'évaluation en ligne : une étude expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6292,64 +6292,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do electronic platforms affect transactions in vertically related market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop - digital business models : understanding strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6387,64 +6387,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olson's paradox revisited : an empirical analysis of file-sharing behaviour in P2P file-sharing communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th annual international industrial organization conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6482,51 +6482,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disposition à payer pour une réputation : une étude expérimentale sur les mécanismes d'évaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6558,506 +6558,506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00326859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From omnivores to off the network consumer : the effect of social interactions on Internet usage patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pourquoi évaluer son partenaire lors d'une transaction à la eBay ? Une approche expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On line services : networks, contents, usages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">24èmes journées de microéconomie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00216151v1</w:t>
+                <w:t xml:space="preserve">halshs-00161975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi évaluer son partenaire lors d'une transaction à la eBay ? Une approche expérimentale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From omnivores to off the network consumer : the effect of social interactions on Internet usage patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes journées de microéconomie appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Fribourg, Suisse</w:t>
+              <w:t xml:space="preserve">On line services : networks, contents, usages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00161975v1</w:t>
+                <w:t xml:space="preserve">halshs-00216151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les salariés sont-ils réellement satisfaits des TIC ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">L'impact des TIC sur la qualité de l'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marsouin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Rennes, France</w:t>
+              <w:t xml:space="preserve">4èmes doctoriales GDR TIC et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00171782v1</w:t>
+                <w:t xml:space="preserve">halshs-00161968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'impact des TIC sur la qualité de l'emploi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Usage des TIC, conditions de travail et satisfaction des salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes doctoriales GDR TIC et société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2007, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">LVIème congrès de l'AFSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00161968v1</w:t>
+                <w:t xml:space="preserve">halshs-00176005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usage des TIC, conditions de travail et satisfaction des salariés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Les salariés sont-ils réellement satisfaits des TIC ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LVIème congrès de l'AFSE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Marsouin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00176005v1</w:t>
+                <w:t xml:space="preserve">halshs-00171782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi évaluer son partenaire lors d'une transaction à la e-bay ? Une approche expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7095,51 +7095,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi évaluer son partenaire lors d'une transaction à la ebay ; une approche expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7630,64 +7630,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle est l’efficacité des politiques publiques contre le piratage musical et audiovisuel ? Une évaluation microéconomique de la réponse graduée de la Hadopi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7742,51 +7742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gratuité sur Internet : entre logiques individuelles et logiques communautaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Godefroy Dang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7824,51 +7824,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembling platforms: Strategy and competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8155,51 +8155,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une double fracture numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Le Guel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8334,186 +8334,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00076680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mythes et réalités du commerce électronique : une revue des études empiriques</w:t>
+                <w:t xml:space="preserve">Internet Economics : a New Form of Cooperation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">BASLE M., PENARD T. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dang Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BELLON B., VOISIN C., PLUNKET A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eEurope - La société européenne de l'information en 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Economica, pp.121-154, 2002</w:t>
+              <w:t xml:space="preserve">The Dynamics of Industrial Collaboration : a Diversity of Theories and Empirical Approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E. Elgar, pp.55-69, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00077094v1</w:t>
+                <w:t xml:space="preserve">halshs-00077074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internet Economics : a New Form of Cooperation ?</w:t>
+                <w:t xml:space="preserve">Mythes et réalités du commerce électronique : une revue des études empiriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">BELLON B., VOISIN C., PLUNKET A. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BASLE M., PENARD T. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Dynamics of Industrial Collaboration : a Diversity of Theories and Empirical Approaches</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, E. Elgar, pp.55-69, 2002</w:t>
+              <w:t xml:space="preserve">eEurope - La société européenne de l'information en 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica, pp.121-154, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00077074v1</w:t>
+                <w:t xml:space="preserve">halshs-00077094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interconnection Agreements : Strategic Behaviour and Property Rights</w:t>
               </w:r>
@@ -8684,263 +8684,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les expériences sur les préférences individuelles et sociales des enfants et des adolescents : une revue de la litterature</w:t>
+                <w:t xml:space="preserve">Multimarket Contact, Cross-Market Externalities and Platform Competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Dagorn</w:t>
+                <w:t xml:space="preserve">Éric Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Masclet</w:t>
+                <w:t xml:space="preserve">Thomas Le Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912609v1</w:t>
+                <w:t xml:space="preserve">hal-05058114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimarket Contact, Cross-Market Externalities and Platform Competition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les expériences sur les préférences individuelles et sociales des enfants et des adolescents : une revue de la litterature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Le Texier</w:t>
+                <w:t xml:space="preserve">Etienne Dagorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhiwen Li</w:t>
+                <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05058114v1</w:t>
+                <w:t xml:space="preserve">hal-04912609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Behavioral Determinants of School Achievement: A Lab in the Field Experiment in Middle School</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dagorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9369,51 +9369,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862084v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Merlet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0181" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927294v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dagorn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masclet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09645292.2025.2450424" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107385v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darmon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Texier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwen Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2025.101133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490925v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Torre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712336v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Malard&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.734.0585" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090649ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689575v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poussing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08944393211061273" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712332v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221230v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Cecere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9389" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866946v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Arnold" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jite-2018-0016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012097v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Farajallah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G Hammond" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2019.01.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301951v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806499v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Arnold" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijet.12156" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6570" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01615117v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Perrigot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2017.08.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bejte-2016-0048" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourreau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342346v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff-Pronost" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.154.0231" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184017v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01355753v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winston Maxwell" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.163.0042" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244565v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1475-4932.12232" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MTFGS5S5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116889v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lumeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2015.02.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141314v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Mukoko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bertrand Tamokwe Piaptie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techsoc.2015.03.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5TMC9G3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057080v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Zeroukhi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075904v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rallet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.184-185.0071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965949v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Dang Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00869881v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2602" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MBR0ZSGH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816125v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2753/JEC1086-4415170305" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00864314v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socec.2013.08.004" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00712296v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Zomo Yebe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil&#233;mon Nsi Ella" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656104v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cliquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2011.11.005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6DLTNMC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629487v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouha&#239;er M'Chirgui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2010.12.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJHCWTBW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629500v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2011.591740" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468951v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colombier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000593v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Saussier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13571516.2011.618613" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656123v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Saussier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965945v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.194.0015" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601698v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.616.1123" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629507v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489752v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2753/JEI0021-36244403XX" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00294907v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169305v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brousseau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00144846v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169306v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256256v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008316v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008317v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068310v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabice Le Guel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010276v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680532v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1538" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068967v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dang Nguyen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068982v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raynaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saussier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069580v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069658v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069582v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069654v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Larribeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069683v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069679v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Souam" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069684v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799708v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00632107v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603235v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623229v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00496442v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00554797v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401582v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326859v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216151v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161975v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00171782v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161968v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176005v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00117095v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00106865v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00109618v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010187v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01355720v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tropeano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00481566v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Malin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077087v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Basl&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962640v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057066v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439950v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421390v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421384v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439957v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thirion" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077062v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Le Guel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076680v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frey" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077094v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077074v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068305v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077076v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912609v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058114v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912597v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757813v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03772694v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bourgeon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Cl&#233;ment" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fuhrer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gewinner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862084v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Merlet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0181" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107385v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darmon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Texier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwen Li" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2025.101133" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927294v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dagorn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masclet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09645292.2025.2450424" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490925v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Torre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712336v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Malard&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.734.0585" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090649ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689575v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poussing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08944393211061273" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712332v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221230v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Cecere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9389" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012097v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Farajallah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G Hammond" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2019.01.002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866946v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Arnold" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jite-2018-0016" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301951v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806499v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Arnold" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijet.12156" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6570" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01615117v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Perrigot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2017.08.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bejte-2016-0048" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342346v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff-Pronost" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.154.0231" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806507v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184017v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01355753v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winston Maxwell" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.163.0042" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244565v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1475-4932.12232" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MTFGS5S5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116889v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lumeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2015.02.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141314v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Mukoko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bertrand Tamokwe Piaptie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techsoc.2015.03.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5TMC9G3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057080v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Zeroukhi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075904v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rallet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.184-185.0071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965949v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Dang Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00869881v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2602" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MBR0ZSGH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816125v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2753/JEC1086-4415170305" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00864314v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socec.2013.08.004" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00712296v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Zomo Yebe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil&#233;mon Nsi Ella" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656104v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cliquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2011.11.005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6DLTNMC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629487v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouha&#239;er M'Chirgui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2010.12.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJHCWTBW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colombier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629500v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2011.591740" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000593v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Saussier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13571516.2011.618613" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656123v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Saussier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601698v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.616.1123" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965945v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.194.0015" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629507v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489752v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2753/JEI0021-36244403XX" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00294907v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169306v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00144846v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169305v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brousseau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256256v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008317v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008316v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010276v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068310v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabice Le Guel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680532v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1538" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068967v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dang Nguyen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068982v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raynaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saussier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069580v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069658v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069582v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069654v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Larribeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069679v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Souam" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069683v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069686v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069684v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799708v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623229v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603235v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00632107v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00496442v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00554797v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401582v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326859v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161975v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216151v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161968v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176005v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00171782v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00117095v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00106865v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00109618v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010187v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01355720v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tropeano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00481566v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Malin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077087v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Basl&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962640v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057066v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439950v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421390v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421384v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439957v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thirion" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077062v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Le Guel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076680v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frey" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077074v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077094v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068305v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077076v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058114v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912609v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912597v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757813v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03772694v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bourgeon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Cl&#233;ment" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fuhrer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gewinner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>