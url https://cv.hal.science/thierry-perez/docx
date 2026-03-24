--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,16088 +66,16100 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévalence et caractérisation de la dyspnée en population générale française : la cohorte CONSTANCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Valéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de Pneumologie de Langue Française (CPLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MS-based Metabolomics of Atlanto-Mediterranean Aplysina species: a Key Step for the Identification of their Specialized Exometabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Biré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejeusne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR ChemEcol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Océanographique de Villefranche-sur-Mer, Nov 2025, Villefranche-sur-mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Parfum des Eponges de Méditerranée : Capture, Composition et Trésor Caché ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Simmler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15ème congrès francophone sur les Sciences Séparatives (SEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFSEP, Mar 2023, Paris expo- Porte de Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accessing the hidden treasure of brominated exometabolites released by two mediterranean sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Simmler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31st International Symposium on the Chemistry of Natural Products &amp; 11th International Congress on Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TRACING SPONGE SPECIALIZED EXOMETABOLITES IN SEAWATER SHEDS NEW LIGHT ON THEIR CHEMICAL DIVERSITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e Symposium International AFERP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OI METABIODIVEX; GDR iNPChem; GS HeaDS, Jul 2023, Orsay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a history of sponge harvesting in the Mediterranean: a focus on the Kalymnos fishery between the two wars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Fourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOAS Sponges Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed Emery, University of London, May 2018, Island of Hydra, Greece. pp.85-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PACOTILLES : PAtrons de diversité et COnnectivité des Petites AnTILLES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Azevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop du réseau thématique pluridisciplinaire international (RTPI) Caraibes du CNRS-INEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terrestrial versus marine diversity of ecosytems. And the winner is: the marine realm.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.N. Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 5th Mediterranean Symposium on Marine Vegetation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Portorož, Slovenia. pp.11-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusive dielectron production in C+C at 1 GeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Christ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agakishiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Agodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Balanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bellia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XLV International Winter Meeting on Nuclear Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Bormio, Italy. pp.179-188</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00173564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HADES - Analysis results from C+C at 2 AGeV collisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Otwinowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agakishiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Agodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alvarez-Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Balanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XLV International Winter Meeting on Nuclear Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Bormio, Italy. pp.189-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00174702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilepton analysis in the HADES spectrometer for C+C at 2 A GeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bielcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agakishiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Agodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alvarez-Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Balanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hot Quarks 2004 – Workshop for Young Scientists on the Physics of Ultra-Relativistic Nucleus–Nucleus Collisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Taos Valley, United States. pp.S231-S237, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0954-3899/31/4/028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00024043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Di-electron measurements in C+C reactions at 2 GeV.A with HADES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Eberl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agakishiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Agodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alvarez-Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bałanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd International Nuclear Physics Conference (Part 2) INPC2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Göteborg, Sweden. pp.433c-438c, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2005.02.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00024092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (105)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep connections: exploring the genetic connectivity of mesophotic and shallow-water populations of the sponge Axinella polypoides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Artistic Value as a New Paradigm to Promote Ocean Conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bessette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-18563-0⟩</w:t>
+              <w:t xml:space="preserve">History and Philosophy of the Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Values at Sea, 47 (3), pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40656-025-00679-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05398978v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05143168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ecosystem-based index for Mediterranean coralligenous reefs: A protocol to assess the quality of a complex key habitat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Enric Ballesteros</w:t>
+                <w:t xml:space="preserve">Deep connections: exploring the genetic connectivity of mesophotic and shallow-water populations of the sponge Axinella polypoides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Morav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergi Taboada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liron Goren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tal Idan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigal Shefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2025.118375⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.39183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-18563-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167569v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05398978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artistic Value as a New Paradigm to Promote Ocean Conservation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An ecosystem-based index for Mediterranean coralligenous reefs: A protocol to assess the quality of a complex key habitat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Cabral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Ballesteros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">History and Philosophy of the Life Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40656-025-00679-1⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 220, pp.118375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2025.118375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05143168v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circadian migrations of cave-dwelling crustaceans guided by their home chemical seascape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Santonja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizic Figueres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11, pp.1448616. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmars.2024.1448616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cave-dwelling calcareous sponges (Porifera: Calcarea) from the Marquesas Islands, French Polynesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Vieira Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 202 (3), pp.zlae138. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlae138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterns of benthic diversity in marine underwater caves of the Marseille Region (France, North-Western Mediterranean Sea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 (3), pp.666 - 681. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12681/mms.38566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Historical Analysis of Mediterranean Sponge Fishing Communities: Adaptability and Effects of Global Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 52 (2), pp.383-396. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10745-024-00491-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for Mediterranean bath sponges (Demospongiae: Dictyoceratida: Spongiidae) in the Northeast Atlantic reveals a new species: an integrative taxonomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Callizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 202 (1), pp.1-23/zlad166. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlad166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediterranean marine keystone species on the brink of extinction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">In Situ Capture and Real-Time Enrichment of Marine Chemical Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.16597⟩</w:t>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (11), pp.2084-2095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.3c00661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051210v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Station Marine d’Endoume, Marseille: 150 years of natural history</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Mediterranean marine keystone species on the brink of extinction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idan Tal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.5249.2.3⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (7), pp.1681-1683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04412632v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylomitogenomics bolsters the high-level classification of Demospongiae (phylum Porifera)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Pérez</w:t>
+                <w:t xml:space="preserve">The Station Marine d’Endoume, Marseille: 150 years of natural history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Bellan-Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Francois Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0287281⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5249 (2), pp.213-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.5249.2.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401316v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04412632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Capture and Real-Time Enrichment of Marine Chemical Diversity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sacha Molinari</w:t>
+                <w:t xml:space="preserve">Phylomitogenomics bolsters the high-level classification of Demospongiae (phylum Porifera)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Maldonado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Morrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.3c00661⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (12), pp.e0287281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0287281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297919v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative taxonomy of calcareous sponges (Porifera: Calcarea) from Réunion Island, Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Vieira Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Tavares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 194 (3), pp.671-725. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlab014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04042998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide SNPs data provides new insights into the population structure of the Atlantic-Mediterranean gold coral Savalia savaglia (Zoantharia: Parazoanthidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Poliseno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Terzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Costantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egidio Trainito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vesna Mačić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Genetics and Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 25 (12), pp.100135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.egg.2022.100135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving a taxonomic puzzle: integrative taxonomy reveals new cryptic and polymorphic species of Oscarella in south-eastern Brazil (Homoscleromorpha: Oscarellidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Stillitani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinella Laport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Invertebrate Systematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 36 (8), pp.714-750. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1071/IS21056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is CCL18 a potential biomarker of type-2 asthma endotypes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Giovannelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia de Nadaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Balsamelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Asthma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02770903.2020.1861623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A checklist of the southwestern Madagascar sponge fauna with taxonomic updates based on the current systematics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">NEW SKELETON-LESS HOMOSCLEROMORPHS (PORIFERA, HOMOSCLEROMORPHA) FROM THE CARIBBEAN SEA: EXCEPTIONS TO RULES ARE DEFINITELY COMMON IN SPONGE TAXONOMY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Fauvelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Western Indian Ocean Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4314/wiojms.v21i2.10⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5200 (2), pp.128-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.5200.2.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04014655v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NEW SKELETON-LESS HOMOSCLEROMORPHS (PORIFERA, HOMOSCLEROMORPHA) FROM THE CARIBBEAN SEA: EXCEPTIONS TO RULES ARE DEFINITELY COMMON IN SPONGE TAXONOMY</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A checklist of the southwestern Madagascar sponge fauna with taxonomic updates based on the current systematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aro Ny A. Razafinampoinarivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lantoasinoro Ranivoarivelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fauvelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.5200.2.2⟩</w:t>
+              <w:t xml:space="preserve">Western Indian Ocean Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (2), pp.109-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4314/wiojms.v21i2.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832634v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04014655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diving into the Molecular Diversity of Aplysina cavernicola’s Exometabolites: Contribution of Bromo-Spiroisoxazoline Alkaloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Herbette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Valère Naubron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Chentouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Omega</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 7 (47), pp.43068-43083. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsomega.2c05415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The terminology of sponge spicules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magdalena Łukowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rob van Soest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrzej Pisera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 283 (12), pp.1517-1545. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jmor.21520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary history of the calcareous sponge Clathrina aurea: genetic connectivity in the Western Atlantic and intriguing occurrence in the Eastern Pacific</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victor Corrêa Seixas</w:t>
+                <w:t xml:space="preserve">Morphological variability of choanocyte kinetids supports a novel systematic division within Oscarellidae (Porifera, Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pozdnyakov Igor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokolova Agniya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karpov Sergey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-021-03934-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59, pp.31-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jzs.12417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03391950v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological variability of choanocyte kinetids supports a novel systematic division within Oscarellidae (Porifera, Homoscleromorpha)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Pérez</w:t>
+                <w:t xml:space="preserve">Evolutionary history of the calcareous sponge Clathrina aurea: genetic connectivity in the Western Atlantic and intriguing occurrence in the Eastern Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Báslavi Cóndor-Luján</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Leocorny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Padua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Azevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Corrêa Seixas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jzs.12417⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168 (8), pp.127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-021-03934-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944742v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oceanographic features and limited dispersal shape the population genetic structure of the vase sponge Ircinia campana in the Greater Caribbean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donald Behringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Preziosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heredity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126, pp.63-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41437-020-0344-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New cave-dwelling &amp;lt;i&amp;gt;Plakina&amp;lt;/i&amp;gt; (Plakinidae, Homoscleromorpha, Porifera) from Martinique Island (French Antilles)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chronic obstructive pulmonary disease and the COVID-19 pandemic: Reciprocal challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Deslée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zysman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-R. Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4729.1.6⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 78, pp.100764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmer.2020.100764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527251v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Past and present of a Mediterranean small-scale fishery: the Greek sponge fishery—its resilience and sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanos Dailianis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drosos Koutsoubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Environmental Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20, pp.1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10113-020-01581-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological description of six species of Suberitida (Porifera: Demospongiae) from the unexplored north-eastern coast of Brazil, with emphasis on two new species</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">New cave-dwelling &amp;lt;i&amp;gt;Plakina&amp;lt;/i&amp;gt; (Plakinidae, Homoscleromorpha, Porifera) from Martinique Island (French Antilles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaira Lage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gisele Lobo-Hajdu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0025315420000296⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4729 (1), pp.92-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4729.1.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02548881v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la pierre au Fernez : coexistence et évolution des techniques de pêche des éponges commerciales en Méditerranée orientale durant l'entre-deux-guerres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Mer et techniques, 27, pp.55-71. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/HSCS5685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fighting the Minotaur: Resistance to technological change in the Mediterranean sponge fishing industry, 1840-1922</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Maritime History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (2), pp.337-353. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0843871420920958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02932097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-Year Outcomes for the Double-Blind, Randomized, Sham-Controlled Study of Targeted Lung Denervation in Patients with Moderate to Severe COPD: AIRFLOW-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arschang Valipour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pallav Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Herth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Chronic Obstructive Pulmonary Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Volume 15, pp.2807-2816. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2147/COPD.S267409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03048601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specialized microbiome of the cave-dwelling sponge Plakina kanaky (Porifera, Homoscleromorpha)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Morphological description of six species of Suberitida (Porifera: Demospongiae) from the unexplored north-eastern coast of Brazil, with emphasis on two new species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humberto Fortunato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisele Lobo-Hajdu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/femsec/fiaa043⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100 (3), pp.389-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0025315420000296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545390v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosystem-based quality indices: valuable tools for environment management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bănaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Belloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 70 (3-4), pp.3-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic obstructive pulmonary disease and the COVID-19 pandemic: Reciprocal challenges</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specialized microbiome of the cave-dwelling sponge Plakina kanaky (Porifera, Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Villegas-Plazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard Junca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resmer.2020.100764⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 96 (4), pp.fiaa043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsec/fiaa043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048624v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable and Enriched &amp;lt;i&amp;gt;Cenarchaeum symbiosum&amp;lt;/i&amp;gt; and Uncultured Betaproteobacteria HF1 in the Microbiome of the Mediterranean Sponge &amp;lt;i&amp;gt;Haliclona fulva&amp;lt;/i&amp;gt; (Demospongiae: Haplosclerida)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relationship between gender and survival in a real-life cohort of patients with COPD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maéva Zysman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Régis Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Court-Fortune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Brinchault-Rabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Nesme-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00248-018-1201-5⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12931-019-1154-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083562v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;p&amp;gt;Predictors in routine practice of 6-min walking distance and oxygen desaturation in patients with COPD: impact of comorbidities&amp;lt;/p&amp;gt;</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stable and Enriched &amp;lt;i&amp;gt;Cenarchaeum symbiosum&amp;lt;/i&amp;gt; and Uncultured Betaproteobacteria HF1 in the Microbiome of the Mediterranean Sponge &amp;lt;i&amp;gt;Haliclona fulva&amp;lt;/i&amp;gt; (Demospongiae: Haplosclerida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika García-Bonilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Brandão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard Junca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Chronic Obstructive Pulmonary Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/COPD.S188412⟩</w:t>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 77 (1), pp.25-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-018-1201-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02448841v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between gender and survival in a real-life cohort of patients with COPD</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Nesme-Meyer</w:t>
+                <w:t xml:space="preserve">&amp;lt;p&amp;gt;Predictors in routine practice of 6-min walking distance and oxygen desaturation in patients with COPD: impact of comorbidities&amp;lt;/p&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetan Deslée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Régis Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12931-019-1154-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Chronic Obstructive Pulmonary Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Volume 14, pp.1399-1410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/COPD.S188412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02448813v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new genus of calcareous sponge discovered in the Caribbean Sea: Bidderia gen. nov. (Porifera, Calcarea, Calcinea)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Diversity and distribution patterns of Calcareous sponges (subclass Calcinea) from Martinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tayara Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baslavi Condor-Lujan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4526 (1), pp.56-70. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4526.1.4⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 4410 (2), pp.331-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4410.2.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943723v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and distribution patterns of Calcareous sponges (subclass Calcinea) from Martinique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">A new genus of calcareous sponge discovered in the Caribbean Sea: Bidderia gen. nov. (Porifera, Calcarea, Calcinea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baslavi Condor-Lujan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4410 (2), pp.331-369. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4410.2.5⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 4526 (1), pp.56-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4526.1.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803037v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of the first Caribbean Oscarellidae (Porifera: Homoscleromorpha)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Distance interaction between marine cave-dwelling sponges and crustaceans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Santonja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie L Le Croller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4369.4.3⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 165 (7), pp.121/1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-018-3377-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765884v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828760v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New sciaphilic plakinids (Porifera, Homoscleromorpha) from the Central-Western Pacific</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recommandations pour le test de provocation bronchique à la méthacholine en pratique clinique, à partir de l’âge scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Beydon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chambellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Degano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4466.1.4⟩</w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (7), pp.759-775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rmr.2018.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922704v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From marine caves to the deep sea, a new look at &amp;lt;i&amp;gt;Caminella&amp;lt;/i&amp;gt; (Demospongiae, Geodiidae) in the Atlanto-Mediterranean region</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Description of the first Caribbean Oscarellidae (Porifera: Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joana Xavier</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4466 (1), pp.174-196. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4466.1.14⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 4369 (4), pp.501-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4369.4.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921339v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommandations pour le test de provocation bronchique à la méthacholine en pratique clinique, à partir de l’âge scolaire</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New sciaphilic plakinids (Porifera, Homoscleromorpha) from the Central-Western Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaíra Lage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Muricy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rmr.2018.02.010⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4466 (1), pp.8-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4466.1.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02454516v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distance interaction between marine cave-dwelling sponges and crustaceans</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">From marine caves to the deep sea, a new look at &amp;lt;i&amp;gt;Caminella&amp;lt;/i&amp;gt; (Demospongiae, Geodiidae) in the Atlanto-Mediterranean region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paco Cárdenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Xavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-018-3377-0⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4466 (1), pp.174-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4466.1.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01828760v2</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolome variability for two Mediterranean sponge species of the genus &amp;lt;i&amp;gt;Haliclona&amp;lt;/i&amp;gt;: specificity, time, and space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Reverter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14, pp.1-12/114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11306-018-1401-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of marine key areas across the Caribbean to ensure the conservation of the critically endangered hawksbill turtle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Nivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippine Chambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bonola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 223, pp.170 - 180. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocon.2018.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brown Rot Syndrome and Changes in the Bacterial Сommunity of the Baikal Sponge &amp;lt;i&amp;gt;Lubomirskia baicalensis&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Kulakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Sakirko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renat Adelshin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Khanaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Nebesnykh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 75 (4), pp.1024-1034. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00248-017-1097-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sponge inventory of the French Mediterranean waters, with an emphasis on cave-dwelling species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Santonja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4466 (1), pp.205-228. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.11646/zootaxa.4466.1.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Biodiversity - Warming vs. Biological Invasions and overfishing in the Mediterranean Sea: Take care, ‘One Train can hide another’</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Pérez</w:t>
+                <w:t xml:space="preserve">New hexactinellid sponges from deep Mediterranean canyons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Goujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOJ Ecology &amp; Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15406/mojes.2017.02.00031⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4236 (1), pp.118-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4236.1.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01636829v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poecillastrosides, Steroidal Saponins from the Mediterranean Deep-Sea Sponge &amp;lt;i&amp;gt;Poecillastra compressa&amp;lt;/i&amp;gt; (Bowerbank, 1866)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mercedes de La Cruz</w:t>
+                <w:t xml:space="preserve">Marine Biodiversity - Warming vs. Biological Invasions and overfishing in the Mediterranean Sea: Take care, ‘One Train can hide another’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Blanfuné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejeusne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md15070199⟩</w:t>
+              <w:t xml:space="preserve">MOJ Ecology &amp; Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (4), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15406/mojes.2017.02.00031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681632v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01636829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immediate salbutamol responsiveness does not predict long-term benefits of indacaterol in patients with chronic obstructive pulmonary disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Régis Burgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Decuypère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourdeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Pulmonary Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.25. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12890-017-0372-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02451056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemogeography of the red macroalgae &amp;lt;i&amp;gt;Asparagopsis&amp;lt;/i&amp;gt;: metabolomics, bioactivity, and relation to invasiveness</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Poecillastrosides, Steroidal Saponins from the Mediterranean Deep-Sea Sponge &amp;lt;i&amp;gt;Poecillastra compressa&amp;lt;/i&amp;gt; (Bowerbank, 1866)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Calabro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaheh Lotfi Kalahroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caridad Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes de La Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-017-1169-z⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (7), pp.1-12/199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md15070199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01760614v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descriptions of new sponge species and genus, including aspiculate Plakinidae, overturn the Homoscleromorpha classification</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemogeography of the red macroalgae &amp;lt;i&amp;gt;Asparagopsis&amp;lt;/i&amp;gt;: metabolomics, bioactivity, and relation to invasiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayalen Zubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Payri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/zoj.12480⟩</w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.1-13/33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-017-1169-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681524v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01760614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Furanoterpene Diversity and Variability in the Marine Sponge Spongia officinalis, from Untargeted LC-MS/MS Metabolomic Profiling to Furanolactam Derivatives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Lise Bourguet-Kondracki</w:t>
+                <w:t xml:space="preserve">Descriptions of new sponge species and genus, including aspiculate Plakinidae, overturn the Homoscleromorpha classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Muricy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaira Lage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celso Domingos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo7020027⟩</w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 179 (4), pp.707-724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/zoj.12480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681543v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution des traitements de fond entre 2001 et 2012 chez les patients atteints de BPCO en France. Impact de la mise à disposition des anticholinergiques de longue durée d’action</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Brinchault</w:t>
+                <w:t xml:space="preserve">Furanoterpene Diversity and Variability in the Marine Sponge Spongia officinalis, from Untargeted LC-MS/MS Metabolomic Profiling to Furanolactam Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clea Bauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lise Bourguet-Kondracki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rmr.2017.02.006⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (2), pp.1-20/27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo7020027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02451032v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How a collaborative integrated taxonomic effort has trained new spongiologists and improved knowledge of Martinique Island (French Antilles, eastern Caribbean Sea) marine biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Cristina Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baslavi Condor-Lujan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Klautau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (3), pp.1-27/e0173859. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0173859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01681531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asexual and puzzling sexual reproduction of the Mediterranean sponge &amp;lt;i&amp;gt;Haliclona fulva&amp;lt;/i&amp;gt; (Demospongiae): life cycle and cytological structures</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Évolution des traitements de fond entre 2001 et 2012 chez les patients atteints de BPCO en France. Impact de la mise à disposition des anticholinergiques de longue durée d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jebrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-R. Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Deslée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brinchault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ivb.12195⟩</w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34 (5), pp.535-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rmr.2017.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681599v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02451032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interaction between the proliferating macroalga &amp;lt;i&amp;gt;Asparagopsis taxiformis&amp;lt;/i&amp;gt; and the coral &amp;lt;i&amp;gt;Astroides calycularis&amp;lt;/i&amp;gt; induces changes in microbiome and metabolomic fingerprints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Discrimination of Four Marine Biofilm-Forming Bacteria by LC−MS Metabolomics and Influence of Culture Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Ortalo-Magné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier P. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep42625⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (5), pp.1962-1975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b01027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681573v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination of Four Marine Biofilm-Forming Bacteria by LC−MS Metabolomics and Influence of Culture Parameters</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Asexual and puzzling sexual reproduction of the Mediterranean sponge &amp;lt;i&amp;gt;Haliclona fulva&amp;lt;/i&amp;gt; (Demospongiae): life cycle and cytological structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Geronimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b01027⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 136 (4), pp.403-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ivb.12195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01764854v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New hexactinellid sponges from deep Mediterranean canyons</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maïa Fourt</w:t>
+                <w:t xml:space="preserve">The interaction between the proliferating macroalga &amp;lt;i&amp;gt;Asparagopsis taxiformis&amp;lt;/i&amp;gt; and the coral &amp;lt;i&amp;gt;Astroides calycularis&amp;lt;/i&amp;gt; induces changes in microbiome and metabolomic fingerprints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Greff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Aires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ester A. Serrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aschwin H. Engelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4236.1.6⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.1-14/42625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep42625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681570v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of current cough on health-related quality of life in patients with COPD</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Secondary Metabolome Variability and Inducible Chemical Defenses in the Mediterranean Sponge Aplysina cavernicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Reverter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Banaigs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Chronic Obstructive Pulmonary Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/COPD.S106883⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (1), pp 60-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-015-0664-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02451117v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01270681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary Metabolome Variability and Inducible Chemical Defenses in the Mediterranean Sponge Aplysina cavernicola</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of current cough on health-related quality of life in patients with COPD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetan Deslée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Régis Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Escamilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Court-Fortune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10886-015-0664-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Chronic Obstructive Pulmonary Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, pp.2091-2097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/COPD.S106883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01270681v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02451117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A chronicle of the changes undergone by a maritime territory, the Bay of Toulon (Var Coast, France), and their consequences on PCB contamination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Wafo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Abou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boissery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SpringerPlus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40064-016-2715-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative taxonomic description of Plakina kanaky, a new polychromatic sponge species from New Caledonia (Porifera: Homoscleromorpha)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vansoestia caribensis gen. nov., sp nov.: first report of the family Ianthellidae (Verongida, Demospongiae) in the Caribbean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria C. Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert W. Thacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niamh E. Redmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allen G. Collins</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3956 (3), pp.403-412</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01445207v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cigarette smoke alters the ability of human dendritic cells to promote anti-Streptococcus pneumoniae Th17 response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Hennegrave</w:t>
+                <w:t xml:space="preserve">Integrative taxonomic description of Plakina kanaky, a new polychromatic sponge species from New Caledonia (Porifera: Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12931-016-0408-6⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (4), pp.1129-1143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/maec.12209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01349118v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic profiling reveals deep chemical divergence between two morphotypes of the zoanthid Parazoanthus axinellae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Sinniger</w:t>
+                <w:t xml:space="preserve">Cigarette smoke alters the ability of human dendritic cells to promote anti-Streptococcus pneumoniae Th17 response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachirou Koné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Kluza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hennegrave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep08282⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (1), pp.94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12931-016-0408-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01445181v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01349118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eryloside W, a triterpenoid saponin from the sponge Dictyonella marsilii</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
+                <w:t xml:space="preserve">Metabolomic profiling reveals deep chemical divergence between two morphotypes of the zoanthid Parazoanthus axinellae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Cachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Sinniger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytochemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phytol.2015.07.004⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (8282), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep08282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01445154v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sewage pollution on two species of sea urchins in the Mediterranean Sea (Cortiou, France): radial asymmetry as a bioindicator of stress.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Eryloside W, a triterpenoid saponin from the sponge Dictyonella marsilii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Boughanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Ocana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.02.004⟩</w:t>
+              <w:t xml:space="preserve">Phytochemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13, pp.252-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phytol.2015.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130174v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sponging up metals: Bacteria associated with the marine sponge Spongia officinalis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Domart-Coulon</w:t>
+                <w:t xml:space="preserve">An ecosystem-based approach to evaluate the ecological quality of Mediterranean undersea caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Rastorgueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Bellan-Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Nike Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bussotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2014.12.005⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54, pp.137-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.02.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01445182v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ecosystem-based approach to evaluate the ecological quality of Mediterranean undersea caves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+                <w:t xml:space="preserve">Sponging up metals: Bacteria associated with the marine sponge Spongia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clea Bauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Zirah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Piette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Chaspoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domart-Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.02.014⟩</w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 104, pp.20--30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2014.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433601v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Assessment of the Water Quality Influence on the Phosphorus Uptake of an Invasive Aquatic Plant: Biological Responses throughout Its Phenological Stage</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Korboulewsky</w:t>
+                <w:t xml:space="preserve">Impact of sewage pollution on two species of sea urchins in the Mediterranean Sea (Cortiou, France): radial asymmetry as a bioindicator of stress.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoland Savriama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leif Christian Stige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Alibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0118844⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54, pp.39-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01217882v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected records of “deep-sea' carnivorous sponges Asbestopluma hypogea in the shallow NE Atlantic shed light on new conservation issues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Bay-Nouailhat</w:t>
+                <w:t xml:space="preserve">Experimental Assessment of the Water Quality Influence on the Phosphorus Uptake of an Invasive Aquatic Plant: Biological Responses throughout Its Phenological Stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Baldy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Thiebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marketa Sagova-Mareckova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Korboulewsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/maec.12155⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.e0118844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0118844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01445157v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High quality standards for a large-scale prospective population-based observational cohort: Constances</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Évelyne Boos</w:t>
+                <w:t xml:space="preserve">Unexpected records of “deep-sea' carnivorous sponges Asbestopluma hypogea in the shallow NE Atlantic shed light on new conservation issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Bay-Nouailhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bay-Nouailhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-016-3439-5⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (3), pp.475-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/maec.12155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01356135v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vansoestia caribensis gen. nov., sp nov.: first report of the family Ianthellidae (Verongida, Demospongiae) in the Caribbean</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High quality standards for a large-scale prospective population-based observational cohort: Constances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Ozguler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Boos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (1), pp.877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-016-3439-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01444725v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01356135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahorones, Highly Brominated Cyclopentenones from the Red Alga Asparagopsis taxiformis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayalen Zubia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Massi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 77 (5), pp.1150-1155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/np401094h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01760562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small airways diseases, excluding asthma and COPD: an overview.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sexual Reproduction of Hippospongia communis (Lamarck, 1814) (Dictyoceratida, Demospongiae): comparison of two populations living under contrasted environmental conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zarrouk Souad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Ben Mustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor El Abed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1183/09059180.00001313⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34, pp.432-442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/maec.12043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01063987v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balibalosides, an Original Family of Glucosylated Sesterterpenes Produced by the Mediterranean Sponge Oscarella balibaloi</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Integrative Taxonomic Approach Applied to Porifera: A Case Study of the Homoscleromorpha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md11051477⟩</w:t>
+              <w:t xml:space="preserve">Integrative and Comparative Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53 (3), pp.416 - 427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icb/ict042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766441v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pluri-annual study of the reproduction of two Mediterranean Oscarella species (Porifera, Homoscleromorpha): cycle, sex-ratio, reproductive effort and phenology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
+                <w:t xml:space="preserve">Balibalosides, an Original Family of Glucosylated Sesterterpenes Produced by the Mediterranean Sponge Oscarella balibaloi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Audoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lapébie</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Cautain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-012-2100-9⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (5), pp.1477 - 1489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md11051477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01456340v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Integrative Taxonomic Approach Applied to Porifera: A Case Study of the Homoscleromorpha</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Small airways diseases, excluding asthma and COPD: an overview.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Régis Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques de Blic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative and Comparative Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icb/ict042⟩</w:t>
+              <w:t xml:space="preserve">European Respiratory Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (128), pp.131-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/09059180.00001313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01766448v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexual Reproduction of Hippospongia communis (Lamarck, 1814) (Dictyoceratida, Demospongiae): comparison of two populations living under contrasted environmental conditions.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Pluri-annual study of the reproduction of two Mediterranean Oscarella species (Porifera, Homoscleromorpha): cycle, sex-ratio, reproductive effort and phenology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Gazave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lapébie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/maec.12043⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 160 (2), pp.423-438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-012-2100-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456660v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sponge systematics facing new challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paco Cárdenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01767502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep-water decapod crustaceans studied with a remotely operated vehicle (ROV) in the Marquesas Islands, French Polynesia (Crustacea: Decapoda)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Poupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Corbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3550, pp.43-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00960759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of an integrative approach for taxonomic revision in sponge taxa: case study of the shallow-water Atlanto-Mediterranean Hexadella species (Porifera, Ianthellidae, Verongida)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Reveillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Allewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Banaigs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Invertebrate Systematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 26 (3), pp.230-248. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1071/IS11044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure elucidation of the new citharoxazole from the Mediterranean deep-sea sponge Latrunculia (Biannulata) citharistae.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Vacelet</w:t>
+                <w:t xml:space="preserve">Oscarella balibaloi, a new sponge species (Homoscleromorpha: Plakinidae) from the Western Mediterranean Sea: cytological description, reproductive cycle and ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Pedel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrc.2772⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (2), pp.174 - 187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1439-0485.2011.00435.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00634141v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic fingerprinting as an indicator of biodiversity: towards understanding inter-specific relationships among Homoscleromorpha sponges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Lysophospholipids in the Mediterranean Sponge Oscarella tuberculata: Seasonal Variability and Putative Biological Role</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Barnathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-010-0239-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37 (5), pp.537-545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-011-9943-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801749v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the complex sponge microbiota: core, variable and species-specific bacterial communities in marine sponges</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolic fingerprinting as an indicator of biodiversity: towards understanding inter-specific relationships among Homoscleromorpha sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanišević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejeusne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2011.116⟩</w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (2), pp.289 - 304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-010-0239-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766426v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antifouling Properties of Simple Indole and Purine Alkaloids from the Mediterranean Gorgonian Paramuricea clavata</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Structure elucidation of the new citharoxazole from the Mediterranean deep-sea sponge Latrunculia (Biannulata) citharistae.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nellie Francezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Puissant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Auberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/np200537v⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (8), pp.533-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrc.2772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766253v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00634141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical Trade-Offs : Evidence for Ecologically Linked Secondary Metabolism of the Sponge Oscarella balibaloi</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Assessing the complex sponge microbiota: core, variable and species-specific bacterial communities in marine sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Tsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane J Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micha Ilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0028059⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (3), pp.564 - 576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2011.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361879v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscarella balibaloi, a new sponge species (Homoscleromorpha: Plakinidae) from the Western Mediterranean Sea: cytological description, reproductive cycle and ecology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
+                <w:t xml:space="preserve">Biochemical Trade-Offs : Evidence for Ecologically Linked Secondary Metabolism of the Sponge Oscarella balibaloi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Pedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pénez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1439-0485.2011.00435.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (11), pp.e28059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0028059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01766265v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysophospholipids in the Mediterranean Sponge Oscarella tuberculata: Seasonal Variability and Putative Biological Role</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Antifouling Properties of Simple Indole and Purine Alkaloids from the Mediterranean Gorgonian Paramuricea clavata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pénez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10886-011-9943-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 74 (10), pp.2304 - 2308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/np200537v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01766088v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change effects on a miniature ocean: The highly diverse, highly impacted Mediterranean Sea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lejeusne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Pergent-Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 25 (4), pp.250-260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00618668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ investigation of Spongia officinalis (Demospongiae) particle feeding : coupling flow cytometry and stable isotope analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nur Eda Tpoçu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Grégori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Harmelin-Vivien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 389, pp.61-69. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/1.jembe.2010.03.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ investigation of Spongia officinalis (Demospongiae) particle feeding: Coupling flow cytometry and stable isotope analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. E. Topcu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gregori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille L. Harmelin-Vivien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 389 (1-2), pp.61-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01663320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass mortality in Northwestern Mediterranean rocky benthic communities : effects of the 2003 heat wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Garrabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Coma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathaniel Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 15 (5), pp.1090-1103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00536243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Homoscleromorph sponge Oscarella lobularis , a promising sponge model in evolutionary and developmental biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Borchiellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEssays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 31 (1), pp.89 - 97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/bies.080058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axiphenylalaninium and axityrosinium, modified amino acids from the Mediterranean marine sponge Axinella polypoides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Gabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Thérèse Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Moriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Ermolenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 72 (10), pp.1875-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/np900204q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00431918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass mortality in Northwestern Mediterranean rocky benthic communities: effects of the 2003 heat wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garrabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Coma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chevaldonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 15, pp.1090-1103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2486.2008.01823.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00687683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NK homeobox genes with choanocyte-specific expression in homoscleromorph sponges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development, Genes and Evolution</w:t>
+              <w:t xml:space="preserve">Developpement Genes and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 218, pp.479-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00607194v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NK homeobox genes with choanocyte-specific expression in homoscleromorph sponges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developpement Genes and Evolution</w:t>
+              <w:t xml:space="preserve">Development, Genes and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 218, pp.479-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00418706v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00607194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pyrrole-2-aminoimidazole marine metabolites : isolation and biomimetic synthesis convergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al Mourabit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. T. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. T. Adeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstracts of papers, 233rd ACS National Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.25-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00222016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verpacamides A-D, a sequence of C11N5 diketopiperazines relating cyclo(Pro-Pro) to cyclo(Pro-Arg), from the marine sponge Axinella vaceleti: Possible biogenetic precursors of pyrrole-2-aminoimidazole alkaloids.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. T. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. T. Adeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 8(11), pp.2421-2424. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ol0608092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00078488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of selected indicators of particle, nutrient and metal inputs in coral reef lagoon systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Fichez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medhi Adjeroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Breau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Chancerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Living Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 18, pp.125-147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/alr:2005015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of 12 years' operation of a sewage treatment plant on trace metal occurrence within a Mediterranean commercial sponge (Spongia officinalis, Demospongiae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Longet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Schembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rebouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 50, pp.301-309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2004.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metallothionein concentration in sponges (Spongia officinalis) as a biomarker of metal contamination</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detecting the effects of natural disturbances on coral assemblages in French Polynesia: a decade survey at multiple scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Adjeroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Chancerelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Schrimm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part C: Toxicology and Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cca.2005.07.008⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 18, pp.111-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/alr:2005014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00093833v1</w:t>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting the effects of natural disturbances on coral assemblages in French Polynesia: a decade survey at multiple scales</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metallothionein concentration in sponges (Spongia officinalis) as a biomarker of metal contamination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mouneyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amiard-Triquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/alr:2005014⟩</w:t>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part C: Toxicology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 141, pp.306-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cca.2005.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00093846v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of laser parameters on the nitriding of low carbon steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. J. Copola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Avram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Terzzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Duhalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 197-198, pp.896-903</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00317164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological, chemical and biochemical characterization of a new species of sponge without skeleton (Porifera, Demospongiae) from the Mediterranean sea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Borchiellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bultel-Poncé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoosystema</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 22, pp.313-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00086754v1</w:t>
-              </w:r>
-[...1521 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00024092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MS-based Metabolomics of Atlanto-Mediterranean Aplysina species: a Key Step for the Identification of their Specialized Exometabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Biré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lejeusne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR ChemEcol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Villefranche-sur-mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05353470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MS-based Metabolomics of Atlanto-Mediterranean Aplysina species: a Key Step for the Identification of their Specialized Exometabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Biré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lejeusne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Marine Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Piran, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exometabolites from the Mediterranean sponge Agelas oroides: where is oroidin?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Natural Products Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Krakow (Cracovie), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemodiversity of Atlanto-Mediterranean Aplysina sponge species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Biré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lejeusne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère réunion du GDR ChemEcol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diving into the chemistry of sponge exo-metabolomes: contribution of brominated specialized metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique METABIODIVEX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Aussois, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7254114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId555" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de molécules antimicrobiennes issues d'éponges de méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sinou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Ecole Thématique de Criblage, Bioscreen 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Eppe-Sauvage (Nord), France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.7624022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the diversity of brominated alkaloids naturally released by the sponge Aplysina cavernicola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII European Conference on Marine Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Galway, Ireland. , </w:t>
             </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.5654969⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular phylogeography of Mediterranean and Eastern Atlantic sponges of the genus Aplysina.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chevaldonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lejeusne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dehollain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lecroisey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Custodio, M.R. et al. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Sponge Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Buzios, Brazil. pp.273, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16157,349 +16169,349 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Echos logiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gauquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tatoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Actes Sud, pp.128, 2023, 978-2-330-17608-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId568" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide de la faune profonde de la mer Méditerranée. Exploration des roches et canyons sous-marins des côtes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïa Fourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Goujard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02020972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action Plan for the conservation of habitats and species associated with seamounts, underwater caves and canyons, aphotic hard beds and chemo-synthetic phenomena in the Mediterranean Sea. Dark Habitats Action Plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Pergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Ballesteros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocein Bazairi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Nike Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UNEP-MAP-RAC/SPA. UNEP-MAP-RAC/SPA, pp.1-40, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId573" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01297232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16509,1839 +16521,1839 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IV.3.3. – Biocénose des grottes semi-obscures (GSO)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Lutter contre le minotaure : résistances et mutations des communautés de pêcheurs d’éponges des ports de l'Archipel face à l'introduction du scaphandre pieds-lourds (1840-1922)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Fourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bartolotti, Fabien; Buti, Gilbert; Daumalin, Xavier; Raveux, Olivier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.551-555, 2021</w:t>
+              <w:t xml:space="preserve">Les outils de l’activité portuaire maritime en Europe méditerranéenne et atlantique (XVIIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.79-99, 2021, 9791032003206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId576" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574559v1</w:t>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.1.1.b – Faciès des vases fluides à Brissopsis lyrifera</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId577" w:history="1">
+                <w:t xml:space="preserve">IV.3.3. – Biocénose des grottes semi-obscures (GSO)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Palomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Georges Harmelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.589-591, 2021</w:t>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.551-555, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03574611v1</w:t>
+                <w:t xml:space="preserve">hal-03574559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.1.1.c. – Facies de vase molle à Funiculina quadrangularis et Aporrhais serresianus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId577" w:history="1">
+                <w:t xml:space="preserve">V.1.1.b – Faciès des vases fluides à Brissopsis lyrifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Palomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.593-596, 2021</w:t>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.589-591, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574626v1</w:t>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.1.1.d. – Facies de la vase compacte à Isidella elongata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId577" w:history="1">
+                <w:t xml:space="preserve">V.1.1.c. – Facies de vase molle à Funiculina quadrangularis et Aporrhais serresianus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Palomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.597-601, 2021</w:t>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.593-596, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574620v1</w:t>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.1.1.a. – Facies des vases sableuses à Thenea muricata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId577" w:history="1">
+                <w:t xml:space="preserve">V.1.1.d. – Facies de la vase compacte à Isidella elongata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Palomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.585-588, 2021</w:t>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.597-601, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574702v1</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.3.1.e. – « Faciès » des grandes éponges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId577" w:history="1">
+                <w:t xml:space="preserve">V.1.1.a. – Facies des vases sableuses à Thenea muricata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Palomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Fourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMS PatriNat éd, pp.641-643, 2021</w:t>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.585-588, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574630v1</w:t>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lutter contre le minotaure : résistances et mutations des communautés de pêcheurs d’éponges des ports de l'Archipel face à l'introduction du scaphandre pieds-lourds (1840-1922)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">V.3.1.e. – « Faciès » des grandes éponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Palomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les outils de l’activité portuaire maritime en Europe méditerranéenne et atlantique (XVIIe-XXe siècle)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.79-99, 2021, 9791032003206</w:t>
+              <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMS PatriNat éd, pp.641-643, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03572474v1</w:t>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plongée sous-marine dans des grottes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In : Arnaud, N., Thiébault, S. (Eds.). L'Atlas des nouveaux mondes. Territoires d'exploration et de découverte. Le Cherche Midi / CNRS, Paris : 36-37.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production métabolique d’une algue rouge, une arme chimique pour la proliferation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faure D, Joly D, Salamitou S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">101 Secrets de l’ADN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS éditions, pp.230-232, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03202598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity and Chemical Mediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Schatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doyle Mckey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.1-21, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119329695.ch1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03441618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches métabolomiques en écologie chimique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Banaigs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prospective écologie chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Institut Ecologie et Environnement (IEE)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compilation of multi-source historical data on Mediterranean sponge fisheries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Fourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1594/PANGAEA.926825⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mapping and state of conservation of benthic marine habitats and assemblages of Port-Cros national Park (Provence, France, northwestern Mediterranean Sea). Sci. Rep. Port-Cros natl. Park, 26 : 45-90.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Goujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Arthur Antonioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description et cartographie des habitats et biocénoses du mileiu marin du Parc national de Port-Cros. Contrat GIS Posidonie - parc national de Port-Cros, GIS Posidonie publi. 388p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Antonioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00937514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géo-ingénierie de l’océan: nouvelle frontière des débats scientifiques, politiques et éthiques dans la lutte contre le changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Bowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Palazot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938108v1</w:t>
-              </w:r>
-[...363 lines deleted...]
-                <w:t xml:space="preserve">hal-00937514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiches descriptives des biocénoses benthiques de Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie La Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëmie Michez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Fréjefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2021, 660 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId612" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId617"/>
+      <w:footerReference w:type="default" r:id="rId618"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18488,51 +18500,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398978v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Morav" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Taboada" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liron Goren" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Idan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigal Shefer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18563-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Astruch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Boudouresque" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cabral" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schohn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2025.118375" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143168v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bessette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;rez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40656-025-00679-1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770212v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Figueres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simmler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1448616" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791352v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Vieira Lopes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Klautau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlae138" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770273v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevaldonn&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.38566" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690422v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Fourt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-024-00491-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04318081v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grenier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Callizot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad166" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04051210v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idan Tal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16597" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04412632v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Boury-Esnault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bellan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bellan-Santini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Francois Boudouresque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5249.2.3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04401316v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Lavrov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Diaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maldonado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morrow" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0287281" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297919v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mauduit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Greff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Molinari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.3c00661" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04042998v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Tavares" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlab014" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04051224v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Poliseno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Terzin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Costantini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Trainito" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Ma&#269;i&#263;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egg.2022.100135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589844v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Stillitani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ereskovsky" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Laport" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS21056" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046944v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Fouquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Giovannelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Nada&#239;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Balsamelli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02770903.2020.1861623" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014655v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aro Ny A. Razafinampoinarivo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lantoasinoro Ranivoarivelo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fauvelot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/wiojms.v21i2.10" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832634v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5200.2.2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857501v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Herbette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chentouf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c05415" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04043011v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena &#321;ukowiak" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob van Soest" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Pisera" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21520" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03391950v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;slavi C&#243;ndor-Luj&#225;n" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Leocorny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Padua" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Azevedo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Corr&#234;a Seixas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03934-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pozdnyakov Igor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokolova Agniya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karpov Sergey" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12417" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02912490v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Griffiths" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Butler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Behringer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Preziosi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-0344-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527251v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaira Lage" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4729.1.6" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527243v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanos Dailianis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drosos Koutsoubas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-020-01581-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02548881v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Fortunato" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Lobo-Hajdu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315420000296" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03040582v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HSCS5685" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02932097v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0843871420920958" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048601v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arschang Valipour" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallav Shah" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Herth" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pison" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schumann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S267409" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02545390v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Villegas-Plazas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Junca" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa043" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342401v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Boudouresque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B&#259;naru" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blanfun&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belloni" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048624v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desl&#233;e" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zysman" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-R. Burgel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Perez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boyer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2020.100764" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02083562v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Garc&#237;a-Bonilla" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Brand&#227;o" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1201-5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02448841v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Desl&#233;e" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R&#233;gis Burgel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Rouzic" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S188412" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02448813v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Zysman" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-R&#233;gis Burgel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Court-Fortune" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Brinchault-Rabin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Nesme-Meyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-019-1154-3" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01943723v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Lopes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baslavi Condor-Lujan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4526.1.4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01803037v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayara Fontana" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4410.2.5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765884v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4369.4.3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922704v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#237;ra Lage" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Muricy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.4" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01921339v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco C&#225;rdenas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Xavier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.14" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02454516v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Plantier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beydon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chambellan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Degano" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delclaux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2018.02.010" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01828760v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L Le Croller" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Thomas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-018-3377-0" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922673v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Reverter" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1401-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01929768v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nivi&#232;re" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Chambault" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Etienne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonola" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.05.002" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765879v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kulakova" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sakirko" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renat Adelshin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Khanaev" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nebesnykh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1097-5" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922714v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dubois" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.16" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636829v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejeusne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15406/mojes.2017.02.00031" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681632v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Calabro" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Lotfi Kalahroodi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodrigues" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caridad Diaz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes de La Cruz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15070199" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451056v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Gros" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Decuyp&#232;re" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeix" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12890-017-0372-z" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01760614v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1169-z" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681524v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Domingos" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chenesseau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zoj.12480" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681543v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clea Bauvais" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blond" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Bourguet-Kondracki" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo7020027" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451032v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jebrak" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caillaud" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brinchault" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2017.02.006" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681531v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Diaz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173859" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681599v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Geronimo" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12195" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681573v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Aires" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester A. Serrao" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aschwin H. Engelen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42625" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764854v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Favre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Ortalo-Magn&#233;" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b01027" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681570v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Goujard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4236.1.6" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451117v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Escamilla" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chanez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S106883" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270681v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-015-0664-9" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444621v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wafo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Abou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolay" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boissery" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40064-016-2715-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445207v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivanisevic" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12209" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C56981E93F4E87E9EB67761B6832384738B390/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01349118v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachirou Kon&#233;" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Kluza" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchetti" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hennegrave" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-016-0408-6" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445181v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Cachet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sinniger" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08282" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445154v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Boughanem" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Ocana" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2015.07.004" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4J3RNG80-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130174v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoland Savriama" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Christian Stige" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alibert" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.02.004" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXD78J5P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445182v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Piette" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chaspoul" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domart-Coulon" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2014.12.005" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSPWL32M-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433601v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Rastorgueff" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Nike Bianchi" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bussotti" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.02.014" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01217882v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Baldy" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thiebaut" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Sagova-Mareckova" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Korboulewsky" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0118844" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445157v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Crouzet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Bay-Nouailhat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bay-Nouailhat" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12155" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TMP9S5QV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01356135v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ruiz" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lemonnier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ozguler" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Boos" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-3439-5" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444725v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Diaz" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Thacker" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh E. Redmond" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen G. Collins" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01760562v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Massi" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np401094h" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063987v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeron" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Blic" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonniaud" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bourdin" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09059180.00001313" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766441v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Audoin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonhomme" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Cruz" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cautain" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11051477" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456340v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2100-9" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/401223B3E707485443AF3C65697BC5B3ACCB41A9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766448v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavrov" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/ict042" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456660v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrouk Souad" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Mustapha" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor El Abed" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12043" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8703D87E27E9EFE5CFC34FC6F7A1E2BC3C7E084/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01767502v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960759v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Poupin" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766412v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reveillaud" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Allewaert" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS11044" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634141v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nellie Francezon" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Puissant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auberger" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2772" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S89K318C-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801749v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivani&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-010-0239-2" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A95B37210502661B9D92DEA44DF5843072AD6381/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766426v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmitt" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tsai" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bell" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane J Fromont" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Ilan" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2011.116" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766253v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;nez" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np200537v" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361879v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pedel" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028059" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766265v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0485.2011.00435.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BB7EB7CDE07D4B2880A2A396503A766C3448599/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766088v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Barnathan" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-011-9943-2" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-12W0WZFT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618668v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pergent-Martini" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591458v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Eda Tpo&#231;u" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;rez" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/1.jembe.2010.03.017" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663320v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Topcu" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gregori" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille L. Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536243v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coma" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Bensoussan" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793128v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Borchiellini" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.080058" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F07987C9202E400228C9A43EFD1EB460FA0EE4B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431918v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gabant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Ermolenko" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np900204q" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687683v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garrabou" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensoussan" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bally" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevaldonne" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2008.01823.x" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-933GTQS5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607194v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gazave" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lap&#233;bie" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renard" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bezac" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418706v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222016v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergne" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Adeline" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078488v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0608092" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093851v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fichez" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Adjeroud" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Bozec" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Breau" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2005015" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093675v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Longet" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Schembri" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rebouillon" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2004.11.001" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7S2L7CHW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093833v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Berthet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amiard-Triquet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2005.07.008" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093846v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Schrimm" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2005014" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317164v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Copola" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Avram" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Terzzoli" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duhalde" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morales" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086754v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vacelet" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brouard" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353530v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bir&#233;" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523424v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Val&#233;ry" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Delmas" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ribet" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667475v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05365610v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650508v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03040756v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023526v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauvelot" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azevedo" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchon" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouchon" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302146v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruitton" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Bianchi" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00173564v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Christ" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agakishiev" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Agodi" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balanda" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellia" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00174702v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Otwinowski" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alvarez-Pol" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024043v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bielcik" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/31/4/028" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-3M6T58L5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024092v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eberl" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ba&#322;anda" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2005.02.123" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THN42M3C-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353470v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317502v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04650424v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317474v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857554v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7254114" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979980v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rouvier" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sinou" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7624022" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857528v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5654969" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093794v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lejeusne" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pillon" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dehollain" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecroisey" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197342v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02020972v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297232v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pergent" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Aguilar" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocein Bazairi" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574559v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Palomba" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Georges Harmelin" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574611v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574626v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574620v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574702v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574630v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03572474v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/outils-lactivite-portuaire-maritime-europe-mediterraneenne-atlantique-xviie-xxe-siecle" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990050v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03202598v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03441618v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doyle Mckey" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119329695.ch1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02567446v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Comte" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inee.cnrs.fr/fr/prospective-ecologie-chimique" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03938108v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Bowler" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Palazot" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Copin" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533329v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.926825" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808479v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bonhomme" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arthur Antonioli" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937514v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonhomme" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goujard" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonhomme" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Antonioli" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573568v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie La Rivi&#232;re" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Michez" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette delavenne" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Andres" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Fr&#233;jefond" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Val&#233;ry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Delmas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ribet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353530v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bir&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejeusne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;rez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevaldonn&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667475v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simmler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mauduit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Greff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05365610v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grenier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Molinari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03040756v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Fourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023526v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauvelot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azevedo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouchon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302146v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Boudouresque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruitton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Bianchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00173564v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Christ" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agakishiev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Agodi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balanda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00174702v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Otwinowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alvarez-Pol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024043v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bielcik" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/31/4/028" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-3M6T58L5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024092v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eberl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ba&#322;anda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2005.02.123" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THN42M3C-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143168v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bessette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40656-025-00679-1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398978v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Morav" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Taboada" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liron Goren" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Idan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigal Shefer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18563-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167569v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Astruch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cabral" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schohn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2025.118375" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770212v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Figueres" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1448616" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791352v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Vieira Lopes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Klautau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlae138" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770273v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.38566" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690422v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-024-00491-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04318081v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Callizot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad166" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297919v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.3c00661" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04051210v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idan Tal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16597" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04412632v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Boury-Esnault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bellan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bellan-Santini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Francois Boudouresque" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5249.2.3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04401316v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Lavrov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Diaz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maldonado" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morrow" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0287281" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04042998v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Tavares" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlab014" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04051224v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Poliseno" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Terzin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Costantini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Trainito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Ma&#269;i&#263;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egg.2022.100135" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589844v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Stillitani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ereskovsky" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Laport" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS21056" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046944v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Fouquet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Giovannelli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Nada&#239;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Balsamelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02770903.2020.1861623" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832634v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5200.2.2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014655v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aro Ny A. Razafinampoinarivo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lantoasinoro Ranivoarivelo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fauvelot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/wiojms.v21i2.10" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857501v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Herbette" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chentouf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c05415" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04043011v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena &#321;ukowiak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob van Soest" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Pisera" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21520" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944742v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pozdnyakov Igor" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokolova Agniya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karpov Sergey" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12417" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03391950v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;slavi C&#243;ndor-Luj&#225;n" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Leocorny" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Padua" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Azevedo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Corr&#234;a Seixas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03934-8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02912490v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Griffiths" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Butler" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Behringer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Preziosi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-0344-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048624v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desl&#233;e" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zysman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-R. Burgel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Perez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boyer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2020.100764" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527243v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanos Dailianis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drosos Koutsoubas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-020-01581-1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527251v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaira Lage" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4729.1.6" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03040582v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HSCS5685" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02932097v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0843871420920958" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048601v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arschang Valipour" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallav Shah" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Herth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pison" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schumann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S267409" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02548881v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Fortunato" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Lobo-Hajdu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315420000296" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342401v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Boudouresque" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B&#259;naru" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blanfun&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belloni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02545390v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Villegas-Plazas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Junca" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa043" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02448813v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Zysman" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-R&#233;gis Burgel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Court-Fortune" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Brinchault-Rabin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Nesme-Meyer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-019-1154-3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02083562v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Garc&#237;a-Bonilla" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Brand&#227;o" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1201-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02448841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Desl&#233;e" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R&#233;gis Burgel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillaud" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Rouzic" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S188412" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01803037v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayara Fontana" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baslavi Condor-Lujan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4410.2.5" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01943723v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Lopes" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4526.1.4" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01828760v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L Le Croller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Thomas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-018-3377-0" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02454516v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Plantier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beydon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chambellan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Degano" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delclaux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2018.02.010" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765884v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4369.4.3" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922704v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#237;ra Lage" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Muricy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01921339v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco C&#225;rdenas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Xavier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.14" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922673v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Reverter" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1401-5" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01929768v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nivi&#232;re" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Chambault" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Etienne" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonola" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.05.002" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765879v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kulakova" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sakirko" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renat Adelshin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Khanaev" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nebesnykh" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1097-5" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922714v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dubois" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4466.1.16" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681570v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Goujard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4236.1.6" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636829v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15406/mojes.2017.02.00031" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451056v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Gros" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Decuyp&#232;re" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeix" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12890-017-0372-z" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681632v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Calabro" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Lotfi Kalahroodi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodrigues" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caridad Diaz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes de La Cruz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15070199" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01760614v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1169-z" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681524v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Domingos" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chenesseau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zoj.12480" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681543v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clea Bauvais" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blond" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Bourguet-Kondracki" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo7020027" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681531v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Diaz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173859" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451032v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jebrak" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caillaud" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brinchault" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2017.02.006" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764854v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Favre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Ortalo-Magn&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b01027" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681599v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Geronimo" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12195" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681573v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Aires" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester A. Serrao" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aschwin H. Engelen" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42625" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270681v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-015-0664-9" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02451117v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Escamilla" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chanez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/COPD.S106883" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444621v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wafo" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Abou" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolay" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boissery" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40064-016-2715-2" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444725v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Diaz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Thacker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh E. Redmond" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen G. Collins" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445207v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivanisevic" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12209" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C56981E93F4E87E9EB67761B6832384738B390/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01349118v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachirou Kon&#233;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Kluza" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchetti" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hennegrave" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-016-0408-6" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445181v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Cachet" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sinniger" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08282" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445154v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Boughanem" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Ocana" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2015.07.004" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4J3RNG80-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433601v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Rastorgueff" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Nike Bianchi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bussotti" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.02.014" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HK9SG6DZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445182v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Piette" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chaspoul" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domart-Coulon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2014.12.005" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSPWL32M-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130174v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoland Savriama" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Christian Stige" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alibert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.02.004" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXD78J5P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01217882v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Baldy" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thiebaut" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Sagova-Mareckova" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Korboulewsky" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0118844" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445157v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Crouzet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Bay-Nouailhat" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bay-Nouailhat" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12155" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TMP9S5QV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01356135v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ruiz" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lemonnier" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ozguler" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Boos" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-3439-5" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01760562v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Massi" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np401094h" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456660v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrouk Souad" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Mustapha" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor El Abed" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12043" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8703D87E27E9EFE5CFC34FC6F7A1E2BC3C7E084/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766448v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavrov" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/ict042" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766441v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Audoin" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonhomme" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Cruz" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cautain" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11051477" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063987v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeron" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Blic" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonniaud" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bourdin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09059180.00001313" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456340v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2100-9" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/401223B3E707485443AF3C65697BC5B3ACCB41A9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01767502v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960759v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Poupin" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766412v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reveillaud" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Allewaert" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS11044" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766265v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pedel" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0485.2011.00435.x" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BB7EB7CDE07D4B2880A2A396503A766C3448599/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766088v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Barnathan" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-011-9943-2" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-12W0WZFT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801749v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivani&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-010-0239-2" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A95B37210502661B9D92DEA44DF5843072AD6381/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634141v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nellie Francezon" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Puissant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auberger" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2772" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S89K318C-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766426v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmitt" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tsai" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bell" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane J Fromont" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Ilan" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2011.116" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361879v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;nez" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028059" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766253v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np200537v" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618668v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pergent-Martini" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591458v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Eda Tpo&#231;u" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;rez" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/1.jembe.2010.03.017" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663320v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Topcu" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gregori" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille L. Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536243v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coma" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Bensoussan" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793128v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Borchiellini" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.080058" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F07987C9202E400228C9A43EFD1EB460FA0EE4B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431918v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gabant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Ermolenko" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np900204q" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687683v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garrabou" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensoussan" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bally" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevaldonne" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2008.01823.x" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-933GTQS5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418706v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gazave" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lap&#233;bie" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bezac" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607194v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222016v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergne" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Adeline" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078488v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0608092" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093851v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fichez" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Adjeroud" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Bozec" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Breau" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2005015" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093675v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Longet" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Schembri" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rebouillon" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2004.11.001" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7S2L7CHW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093846v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Schrimm" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2005014" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093833v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Berthet" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amiard-Triquet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2005.07.008" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317164v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Copola" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Avram" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Terzzoli" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duhalde" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morales" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086754v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vacelet" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brouard" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353470v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317502v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04650424v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317474v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857554v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7254114" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979980v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rouvier" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sinou" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7624022" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857528v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5654969" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093794v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lejeusne" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pillon" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dehollain" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecroisey" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197342v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02020972v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297232v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pergent" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Aguilar" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocein Bazairi" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03572474v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/outils-lactivite-portuaire-maritime-europe-mediterraneenne-atlantique-xviie-xxe-siecle" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574559v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Palomba" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Georges Harmelin" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574611v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574626v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574620v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574702v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574630v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990050v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03202598v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03441618v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doyle Mckey" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119329695.ch1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02567446v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Comte" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inee.cnrs.fr/fr/prospective-ecologie-chimique" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533329v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.926825" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808479v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bonhomme" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arthur Antonioli" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937514v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonhomme" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goujard" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonhomme" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Antonioli" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03938108v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Bowler" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Palazot" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Copin" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573568v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie La Rivi&#232;re" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Michez" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette delavenne" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Andres" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Fr&#233;jefond" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>