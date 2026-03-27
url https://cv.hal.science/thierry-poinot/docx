--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -3280,122 +3280,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear parameter-varying fractional modeling of a thermal system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+                <w:t xml:space="preserve">Reinitialized Partial Moments, a tool for identifying MIMO continuous-time and discrete-time transfer function models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. IFAC Workshop on Fractional Differentiation and its Applications (IFAC FDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Badajoz, Spain</w:t>
+              <w:t xml:space="preserve">Proc. International Conference on Sciences and Techniques of Automatic Control (STA 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Monastir, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161846v1</w:t>
+                <w:t xml:space="preserve">hal-04161843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pseudo-output error identification algorithm: effect of the stationary filter</w:t>
               </w:r>
@@ -3483,109 +3470,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinitialized Partial Moments, a tool for identifying MIMO continuous-time and discrete-time transfer function models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+                <w:t xml:space="preserve">Linear parameter-varying fractional modeling of a thermal system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. International Conference on Sciences and Techniques of Automatic Control (STA 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Monastir, Tunisia</w:t>
+              <w:t xml:space="preserve">Proc. IFAC Workshop on Fractional Differentiation and its Applications (IFAC FDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Badajoz, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161843v1</w:t>
+                <w:t xml:space="preserve">hal-04161846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de deux approches d'interpolation pour la modélisation LPV d'un échangeur de chaleur</w:t>
               </w:r>
@@ -5173,269 +5173,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04071945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initialisation des algorithmes d'optimisation - Comparaison de deux approches à erreur d'équation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+                <w:t xml:space="preserve">Identification of diffusive interfaces using a simplified fractional integrator. Part II : non linear case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Benoit-Marand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Signac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benchellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Journées Identification et Modélisation Expérimentale (JIME 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Proc. Conference of the IEEE Industrial Electronics Society (IECON 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04069075v1</w:t>
+                <w:t xml:space="preserve">hal-04069064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of diffusive interfaces using a simplified fractional integrator. Part II : non linear case</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amel Benchellal</w:t>
+                <w:t xml:space="preserve">Initialisation des algorithmes d'optimisation - Comparaison de deux approches à erreur d'équation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Tohme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Abche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Conference of the IEEE Industrial Electronics Society (IECON 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">Proc. Journées Identification et Modélisation Expérimentale (JIME 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069064v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un algorithme à pseudo-erreur de sortie appliqué à un système décomposé en éléments du premier ordre</w:t>
               </w:r>
@@ -5555,64 +5555,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of diffusive interfaces using a simplified fractional integrator. Part 1: linear case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Benoit-Marand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Signac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5892,64 +5892,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de systèmes fractionnaires non linéaires par réseaux neuronaux à temps continu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Benoit-Marand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Signac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5994,165 +5994,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04069044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional modelling and identification of a thermal process</w:t>
+                <w:t xml:space="preserve">Opérateur d'intégration fractionnaire simplifié pour la modélisation des interfaces de diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. IFAC Workshop on Fractional Differentiation and its Applications (IFAC FDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2006, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">Proc. Journées Identification et Modélisation Expérimentale (JIME 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Poitiers, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04069059v1</w:t>
+                <w:t xml:space="preserve">hal-04071944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of non linear fractional systems using continuous time neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Benoit-Marand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Signac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6197,122 +6197,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00211783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opérateur d'intégration fractionnaire simplifié pour la modélisation des interfaces de diffusion</w:t>
+                <w:t xml:space="preserve">Fractional modelling and identification of a thermal process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Journées Identification et Modélisation Expérimentale (JIME 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Poitiers, France. 8 p</w:t>
+              <w:t xml:space="preserve">Proc. IFAC Workshop on Fractional Differentiation and its Applications (IFAC FDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04071944v1</w:t>
+                <w:t xml:space="preserve">hal-04069059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification par modèles non entiers</w:t>
               </w:r>
@@ -7134,308 +7134,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03759332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A restricted complexity controller with Crone control system design and closed loop tuning</w:t>
+                <w:t xml:space="preserve">Nonlinear system identification in presence of nuisance parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Lanusse</w:t>
+                <w:t xml:space="preserve">Nacim Ramdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. International Workshop Design and Optimization of Restricted Complexity Controllers (DORCC 2003)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proc. European Control Conference (ECC 2003)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Cambridge,U.K., United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC.2003.7085286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03759330v1</w:t>
+                <w:t xml:space="preserve">hal-03759329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear system identification in presence of nuisance parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A restricted complexity controller with Crone control system design and closed loop tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lanusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacim Ramdani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poinot</w:t>
+                <w:t xml:space="preserve">Olivier Cois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Oustaloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. European Control Conference (ECC 2003)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proc. International Workshop Design and Optimization of Restricted Complexity Controllers (DORCC 2003)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2003, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759329v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning of an active suspension system using a fractional controller and a closed-loop tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lanusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Oustaloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8489,51 +8489,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de paramètres physiques - Application à la caractérisation thermique de matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Ramdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8787,64 +8787,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fractional state variable filter for system identification by fractional model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Oustaloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9732,321 +9732,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03637748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de systèmes d'ordre non entier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Lin</w:t>
+                <w:t xml:space="preserve">Modélisation et identification en génie électrique à partir de résultats expérimentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Journées doctorales d'Automatique (JDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1999, Nancy, France. pp.53-56</w:t>
+              <w:t xml:space="preserve">Proc. Journées 3EI (J3EI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1999, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637749v1</w:t>
+                <w:t xml:space="preserve">hal-03637754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unbiased identification in closed-loop by an output error technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Grospeaud</w:t>
+                <w:t xml:space="preserve">Modélisation de systèmes d'ordre non entier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. European Control Conference (ECC 1999)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proc. Journées doctorales d'Automatique (JDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Nancy, France. pp.53-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ECC.1999.7099673⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03637745v1</w:t>
+                <w:t xml:space="preserve">hal-03637749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et identification en génie électrique à partir de résultats expérimentaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unbiased identification in closed-loop by an output error technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grospeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Journées 3EI (J3EI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proc. European Control Conference (ECC 1999)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, Karlsruhe, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC.1999.7099673⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637754v1</w:t>
+                <w:t xml:space="preserve">hal-03637745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and identification of a non integer order system</w:t>
               </w:r>
@@ -10071,51 +10071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Oustaloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Levron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10283,51 +10283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Champenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Electrotechnique du Futur (EF 1999)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1999, Lille, France. pp.101-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10884,51 +10884,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -11169,3891 +11169,3774 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04602612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter-varying partial differential equation to model the global change impacts on wildlife populations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+                <w:t xml:space="preserve">Fast Time Domain Identification of Electrochemical Systems at Low Frequencies Using Fractional Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoït Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serguei Martemianov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2023.110516⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020, pp.113957. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelechem.2020.113957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282376v1</w:t>
+                <w:t xml:space="preserve">hal-03185260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Time Domain Identification of Electrochemical Systems at Low Frequencies Using Fractional Modeling</w:t>
+                <w:t xml:space="preserve">A Two Steps Method for Electrochemical Impedance Modeling Using Fractional Order System in Time and Frequency Domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoït Huard</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huard Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2020, pp.113957. </w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.96--104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jelechem.2020.113957⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03185260v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two Steps Method for Electrochemical Impedance Modeling Using Fractional Order System in Time and Frequency Domains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
+                <w:t xml:space="preserve">Dynamic models for bird population—A parameter-varying partial differential equation identification approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huard Benoît</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poinot</w:t>
+                <w:t xml:space="preserve">Frédéric Jiguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Mouysset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Engineering Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 2019, pp.96--104. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.03.001⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 91, pp.104091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03185261v1</w:t>
+                <w:t xml:space="preserve">hal-02427943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic models for bird population—A parameter-varying partial differential equation identification approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mercère</w:t>
+                <w:t xml:space="preserve">Bounded Diffusion Impedance Characterization of Battery Electrodes Using Fractional Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoït Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lauriane Mouysset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 91, pp.104091. </w:t>
+              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47, pp.164--177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.07.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2016.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427943v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounded Diffusion Impedance Characterization of Battery Electrodes Using Fractional Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoït Huard</w:t>
+                <w:t xml:space="preserve">Time domain diffusion parameters identification of electrochemical impedance models using fractional order system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2016.11.016⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (15), pp.377-382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03204294v1</w:t>
+                <w:t xml:space="preserve">hal-02295788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time domain diffusion parameters identification of electrochemical impedance models using fractional order system</w:t>
+                <w:t xml:space="preserve">Initialization of a Fractional Order Identification Algorithm Applied for Lithium-Ion Battery Modeling in Time Domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Huard</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoït Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 51 (15), pp.377-382. </w:t>
+              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59, pp.375--386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2017.11.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295788v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initialization of a Fractional Order Identification Algorithm Applied for Lithium-Ion Battery Modeling in Time Domain</w:t>
+                <w:t xml:space="preserve">Frequential identification of an electrochemical cell impedance using fractional modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Nasser Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoït Huard</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 59, pp.375--386. </w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (15), pp.802-807. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2017.11.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03204290v1</w:t>
+                <w:t xml:space="preserve">hal-02295784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequential identification of an electrochemical cell impedance using fractional modeling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining least-squares and gradient-based algorithms for the identification of a co-current flow heat exchanger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Farah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 51 (15), pp.802-807. </w:t>
+              <w:t xml:space="preserve">International Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92 (1), pp.191-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00207179.2016.1234717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295784v1</w:t>
+                <w:t xml:space="preserve">hal-02429368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining least-squares and gradient-based algorithms for the identification of a co-current flow heat exchanger</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Ouvrard</w:t>
+                <w:t xml:space="preserve">Sensorless force/position control of a single-acting actuator applied to compliant object interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207179.2016.1234717⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62 (6), pp.3651-3661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2014.2367465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429368v1</w:t>
+                <w:t xml:space="preserve">hal-01845541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorless force/position control of a single-acting actuator applied to compliant object interaction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">T. Poinot</w:t>
+                <w:t xml:space="preserve">LPV Continuous Fractional Modeling Applied to Ultracapacitor Impedance Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 62 (6), pp.3651-3661. </w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45, pp.86--97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIE.2014.2367465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2015.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845541v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03206597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LPV Continuous Fractional Modeling Applied to Ultracapacitor Impedance Identification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+                <w:t xml:space="preserve">Position estimation and object collision detection of a tendon-driven actuator based on a polytopic observer synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Grossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Engineering Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 45, pp.86--97. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 21, pp.1178 - 1187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2013.04.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2015.09.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03206597v1</w:t>
+                <w:t xml:space="preserve">cea-01778155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Position estimation and object collision detection of a tendon-driven actuator based on a polytopic observer synthesis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Moreau</w:t>
+                <w:t xml:space="preserve">Bounded-Error Uncertainty Domain Description for Continuous-Time State-Space Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Farah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (2), pp.261-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-cta.2010.0725⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2013.04.008⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">cea-01778155v1</w:t>
+                <w:t xml:space="preserve">hal-03206596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounded-Error Uncertainty Domain Description for Continuous-Time State-Space Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mercère</w:t>
+                <w:t xml:space="preserve">A Counter Flow Water to Oil Heat Exchanger: MISO Quasi Linear Parameter Varying Modelling and Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seif Eddine Chouaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afzal Chamroo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 6 (2), pp.261-273. </w:t>
+              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (1), pp.87--98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/iet-cta.2010.0725⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.simpat.2011.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03206596v1</w:t>
+                <w:t xml:space="preserve">hal-03206589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Counter Flow Water to Oil Heat Exchanger: MISO Quasi Linear Parameter Varying Modelling and Identification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+                <w:t xml:space="preserve">Identification of a Thermal System Using Continuous Linear Parameter-Varying Fractional Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (7), pp.889--899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-cta.2010.0222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.simpat.2011.12.007⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03206589v1</w:t>
+                <w:t xml:space="preserve">hal-03273782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a Thermal System Using Continuous Linear Parameter-Varying Fractional Modelling</w:t>
+                <w:t xml:space="preserve">Fractional Modelling and Identification of Thermal Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houcem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 5 (7), pp.889--899. </w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (3), pp.531--541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/iet-cta.2010.0222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2010.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03273782v1</w:t>
+                <w:t xml:space="preserve">hal-03273781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Modelling and Identification of Thermal Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+                <w:t xml:space="preserve">Continuous-Time Linear Parameter-Varying Identification of a Cross Flow Heat Exchanger: A Local Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halldor Pálsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (1), pp.64--76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2010.2071874⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2010.02.005⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03273781v1</w:t>
+                <w:t xml:space="preserve">hal-03273792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous-Time Linear Parameter-Varying Identification of a Cross Flow Heat Exchanger: A Local Approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Halldor Pálsson</w:t>
+                <w:t xml:space="preserve">Estimation of Thermal Parameters Using Fractional Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 19 (1), pp.64--76. </w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (4), pp.938--948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCST.2010.2071874⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2010.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03273792v1</w:t>
+                <w:t xml:space="preserve">hal-03273778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of Thermal Parameters Using Fractional Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+                <w:t xml:space="preserve">Model Based on the Reinitialised Partial Moments for Initialising Output-Error Identification Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Tohme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Abche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (9), pp.1725--1738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-cta.2009.0644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2010.09.013⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03273778v1</w:t>
+                <w:t xml:space="preserve">hal-03273799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Based on the Reinitialised Partial Moments for Initialising Output-Error Identification Methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elie Tohme</w:t>
+                <w:t xml:space="preserve">A Frequency Approach to the Stability of Fractional Differential Equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benchellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nezha Maamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Abche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Transactions on Systems, Signals and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2009 (1), pp.1--25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03273799v1</w:t>
+                <w:t xml:space="preserve">hal-03273804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Frequency Approach to the Stability of Fractional Differential Equations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nezha Maamri</w:t>
+                <w:t xml:space="preserve">Fractional Modelling Applied to Heat Conductivity and Diffusivity Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions on Systems, Signals and Devices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, T136, pp.014015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0031-8949/2009/T136/014015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273804v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Modelling Applied to Heat Conductivity and Diffusivity Estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Gabano</w:t>
+                <w:t xml:space="preserve">Editorial numéro spécial &amp;quot;Identification des systèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 42 (2-3), pp.147-147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0031-8949/2009/T136/014015⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03273779v1</w:t>
+                <w:t xml:space="preserve">hal-00271230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial numéro spécial &amp;quot;Identification des systèmes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
+                <w:t xml:space="preserve">Opérateur d'intégration fractionnaire simplifié pour la modélisation des interfaces de diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 42 (2-3), pp.147-147</w:t>
+              <w:t xml:space="preserve">, 2008, 2008 (2), pp.311--335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00271230v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opérateur d'intégration fractionnaire simplifié pour la modélisation des interfaces de diffusion</w:t>
+                <w:t xml:space="preserve">Fractional Modelling and Identification of a Thermal Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Vibration and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14 (9), pp.1403--1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1077546307087441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273851v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Modelling and Identification of a Thermal Process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amel Benchellal</w:t>
+                <w:t xml:space="preserve">Improved Jiles-Atherton Model for Least Square Identification Using Sensitivity Function Normalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Etien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Halbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vibration and Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2008 (7), pp.1721--1727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2008.920710⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1077546307087441⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03273850v1</w:t>
+                <w:t xml:space="preserve">hal-03273872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Jiles-Atherton Model for Least Square Identification Using Sensitivity Function Normalization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Halbert</w:t>
+                <w:t xml:space="preserve">Estimation paramétrique pour le diagnostic des processus : Application à la bobine à noyau de fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smail Bachir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Ben Ameur Bazine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Jellassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2008.920710⟩</w:t>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 42 (5), pp.509-539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/jesa.42.509-539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273872v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00782504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation paramétrique pour le diagnostic des processus : Application à la bobine à noyau de fer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Imène Ben Ameur Bazine</w:t>
+                <w:t xml:space="preserve">Approximation and Identification of Diffusive Interfaces by Fractional Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaled Jellassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 42 (5), pp.509-539. </w:t>
+              <w:t xml:space="preserve">SIGNAL PROCESSING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 86 (10), pp.2712--2727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/jesa.42.509-539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2006.02.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00782504v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximation and Identification of Diffusive Interfaces by Fractional Models</w:t>
+                <w:t xml:space="preserve">Approximation et identification des interfaces de diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGNAL PROCESSING</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">e-STA Sciences et Technologies de l’Automatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2005 (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2006.02.025⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03273846v1</w:t>
+                <w:t xml:space="preserve">hal-03273849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximation et identification des interfaces de diffusion</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of Fractional Systems Using an Output-Error Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-STA Sciences et Technologies de l’Automatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 38, pp.133--154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-004-3751-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273849v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Fractional Systems Using an Output-Error Technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Restricted-Complexity controller with CRONE Control-System Design and closed-loop tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lanusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Oustaloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 10 (3), pp.242-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ejc.10.242-251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11071-004-3751-y⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03360933v1</w:t>
+                <w:t xml:space="preserve">hal-00182803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restricted-Complexity controller with CRONE Control-System Design and closed-loop tuning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Method for Modelling and Simulation of Fractional Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Oustaloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 10 (3), pp.242-251. </w:t>
+              <w:t xml:space="preserve">SIGNAL PROCESSING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 83 (11), pp.2319--2333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/ejc.10.242-251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0165-1684(03)00185-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00182803v1</w:t>
+                <w:t xml:space="preserve">hal-03360934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Method for Modelling and Simulation of Fractional Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Methodology for Estimation of Physical Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGNAL PROCESSING</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Systems Analysis Modelling Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 43 (7), pp.925--943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0232929021000055460⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0165-1684(03)00185-3⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03360934v1</w:t>
+                <w:t xml:space="preserve">hal-03360940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology for Estimation of Physical Parameters</w:t>
+                <w:t xml:space="preserve">Convergence des algorithmes à erreur de sortie hors-ligne et récursifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Carillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Moreau</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grospeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems Analysis Modelling Simulation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 2002 (-1), pp.397--415</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03360940v1</w:t>
+                <w:t xml:space="preserve">hal-03360939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence des algorithmes à erreur de sortie hors-ligne et récursifs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francisco J. Carillo</w:t>
+                <w:t xml:space="preserve">Modelling the Oxidation of Atrazine by H2O2/UV. Estimation of Kinetic Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph De Laat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...53 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph De Laat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poinot</w:t>
+                <w:t xml:space="preserve">Nathalie Karpel Vel Leitner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ozone: Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 19 (5), pp.395--408. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/01919512.1997.10382867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15063,51 +14946,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial Moments in System Identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15119,92 +15002,92 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Nature Switzerland, 494, XII, 172 p., 2024, Lecture Notes in Control and Information Sciences, 978-3-031-58155-7 (hardcover), 978-3-031-58158-8 (softcover), 978-3-031-58156-4 (eBook). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-58156-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification des incertitudes des systèmes multivariables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Farah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15226,51 +15109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions universitaires européennes, 2012, 613-1-53800-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15280,51 +15163,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of low-cost sensors for industrial pocesses energy consumption measurement. Application to the gas flow consumed by a boiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baya Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15377,105 +15260,105 @@
                 <w:t xml:space="preserve">Erik Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alex Mason. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensing Technology: Current Status and Future Trends IV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.23-46, 2015, Smart Sensors, Measurement and Instrumentation, 978-3-319-12897-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-12898-6_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter estimation for knowledge and diagnosis of electrical machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15498,92 +15381,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smail Bachir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Ltd and John Wiley &amp; Sons Inc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Methods for Electrical Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons Inc, pp.207-243, 2009, 9781848210936. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9780470611760.ch7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00782890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Identification of Diffusive Systems using Fractional Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benchellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15602,104 +15485,104 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Fractional Calculus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Netherlands, pp.213-225, 2007, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4020-6042-7_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation paramétrique pour la connaissance et le diagnostic des machines électriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Trigeassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15732,65 +15615,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">René Husson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes de commande des machines électriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès science publications; Lavoisier, pp.215-251, 2003, Traité EGEM. Série Génie électrique, 2-7462-0576-9 (imprimé) ; 978-2-7462-2852-8 (numérique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId332"/>
+      <w:footerReference w:type="default" r:id="rId330"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15937,51 +15820,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siahmed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Ouvrard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Mehdi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Filali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006118v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Boutourda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Mesquine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694872v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Arahbi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Huard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Gabano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.161" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709556v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.520" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709559v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.505" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214181v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chhaytle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.639" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129634v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Nasser Eddine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Huard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC57768.2022.9993947" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429385v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Cuong Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Merc&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.142" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436186v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Pham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouvrard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Poinot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. P&#225;lsson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1938" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195577v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Farah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2015.7330718" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195572v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Chamroo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bodin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Nauleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.305" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhal Abouzlam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benchaib" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.334" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195610v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pontlevoy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.187" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205802v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Porel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Nauleau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862314" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Farah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ramos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862307" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205779v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Bachir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Tnani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Trigeassou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192562v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192544v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcem Kanoun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4032.00045" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932274v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya Hadid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Etien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Brusquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699471" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932302v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Schmitt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecoche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gaborit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201309001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00952120v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSensT.2013.6727778" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189207v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120711-3-BE-2027.00034" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742254v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Mouel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menad Bourkeb" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189237v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120711-3-BE-2027.00047" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grossard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moreau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2012.6402383" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485291v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Ameur Bazine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Champenois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jelassi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2011.6063609" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161846v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161841v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Tohme" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Abche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161843v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif Eddine Chouaba" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161830v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2010.5531438" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161831v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem van Wingerden" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136623v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halldor P&#225;lsson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136622v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20090706-3-FR-2004.00219" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136612v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136620v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20090706-3-FR-2004.00049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107772v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Bazine Ben Ameur" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107759v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107771v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107766v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benchellal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097735v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2007.7068408" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097709v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071945v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069075v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069064v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Benoit-Marand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Signac" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069074v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069066v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071948v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071946v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069044v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069059v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00211783v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071944v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408151v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976413v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976425v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Bazine" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777780v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777783v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777784v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759333v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759334v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759332v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759330v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Ramdani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2003.7085286" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759331v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702458v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bachelier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702460v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702457v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2002.1175686" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702459v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702461v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702456v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Jemni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2002.1175605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674042v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Carillo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grospeaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674043v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674038v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2001.7076328" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674041v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674040v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Matte&#239;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674039v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674078v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Maamri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674037v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2001.7076300" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655157v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662314v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655159v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655155v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655156v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Kabbaj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Faucher" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637737v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7100077" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637748v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637749v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637745v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7099673" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637754v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaubert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637744v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levron" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7099691" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637747v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Ghannam" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637746v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637750v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630460v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630461v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lenger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608378v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608377v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195558v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marques da Costa" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.1995.532386" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890201v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2024.103356" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602612v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2023.109149" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282376v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mouysset" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2023.110516" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185260v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Huard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Martemianov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2020.113957" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185261v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huard Beno&#238;t" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.03.001" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427943v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.07.009" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204294v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2016.11.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295788v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Thomas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.174" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204290v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2017.11.034" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295784v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.132" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429368v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2016.1234717" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845541v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grossard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2014.2367465" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206597v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2015.09.001" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1QHL5LJ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01778155v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2013.04.008" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1H7SPD4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206596v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2010.0725" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206589v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2011.12.007" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TL5W7CJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273782v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2010.0222" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273781v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2010.02.005" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T837GSMS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273792v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2010.2071874" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273778v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2010.09.013" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1RLBT5N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273799v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2009.0644" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273804v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273779v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2009/T136/014015" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9AE037BF895D3D35CE6A6E72AAC0017C1BFF0F9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271230v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Garnier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M'Saad" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273851v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273850v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546307087441" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D88598F9D146050D2645378FF3EB8EA6A553E58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273872v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halbert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2008.920710" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782504v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Ben Ameur Bazine" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jellassi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.509-539" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273846v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2006.02.025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFZCH8BR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273849v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360933v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-004-3751-y" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B19616F15E1365B245A4F00442AAB4981EF67336/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182803v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.10.242-251" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360934v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-1684(03)00185-3" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RC9FM3N2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360940v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0232929021000055460" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360939v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360921v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph De Laat" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Berger" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karpel Vel Leitner" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Dor&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.1997.10382867" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696014v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58156-4" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368889v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103704v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007%2F978-3-319-12898-6_2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12898-6_2" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782890v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470611760.ch7" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376667v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6042-7_15" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E562C6CD3AF1D0B338BC44B3C4D1F6935B2517B7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071118v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siahmed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Ouvrard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Mehdi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Filali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006118v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Boutourda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Mesquine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694872v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Arahbi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Huard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Gabano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.161" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709556v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.520" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709559v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.08.505" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214181v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chhaytle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.639" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129634v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Nasser Eddine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Huard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC57768.2022.9993947" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429385v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Cuong Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Merc&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.142" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436186v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Pham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouvrard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Poinot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. P&#225;lsson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1938" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195577v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Farah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2015.7330718" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195572v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Chamroo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bodin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Nauleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.305" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhal Abouzlam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benchaib" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.334" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195610v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pontlevoy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.187" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205802v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Porel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Nauleau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862314" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Farah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ramos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862307" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205779v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Bachir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Tnani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Trigeassou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192562v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192544v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcem Kanoun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4032.00045" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932274v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya Hadid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Etien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Brusquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699471" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932302v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Schmitt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecoche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gaborit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201309001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00952120v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSensT.2013.6727778" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189207v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120711-3-BE-2027.00034" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00742254v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Mouel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menad Bourkeb" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189237v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120711-3-BE-2027.00047" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grossard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moreau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2012.6402383" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485291v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Ameur Bazine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Champenois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jelassi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2011.6063609" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161843v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161841v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Tohme" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Abche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161846v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif Eddine Chouaba" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161830v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2010.5531438" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161831v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem van Wingerden" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136623v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halldor P&#225;lsson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136622v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20090706-3-FR-2004.00219" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136612v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136620v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20090706-3-FR-2004.00049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107772v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Bazine Ben Ameur" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107759v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107771v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107766v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benchellal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097735v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2007.7068408" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097709v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071945v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069064v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Benoit-Marand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Signac" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069075v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069074v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069066v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071948v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071946v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069044v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071944v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00211783v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069059v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408151v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976413v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976425v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Bazine" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777780v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777783v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777784v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759333v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759334v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759332v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759329v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Ramdani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2003.7085286" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759330v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759331v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702458v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bachelier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702460v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702457v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2002.1175686" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702459v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702461v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702456v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Jemni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2002.1175605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674042v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Carillo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grospeaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674043v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674038v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2001.7076328" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674041v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674040v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Matte&#239;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674039v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674078v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Maamri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674037v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2001.7076300" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655157v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662314v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655159v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655155v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655156v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Kabbaj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Faucher" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637737v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7100077" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637748v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637754v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaubert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637749v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637745v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7099673" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637744v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levron" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7099691" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637747v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Ghannam" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637746v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637750v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630460v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630461v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lenger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608378v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608377v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195558v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marques da Costa" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.1995.532386" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890201v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2024.103356" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602612v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2023.109149" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185260v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Huard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Martemianov" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2020.113957" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185261v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huard Beno&#238;t" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.03.001" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427943v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mouysset" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.07.009" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204294v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2016.11.016" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295788v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Thomas" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.174" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204290v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2017.11.034" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295784v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.132" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429368v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2016.1234717" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845541v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grossard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2014.2367465" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206597v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2015.09.001" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1QHL5LJ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01778155v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2013.04.008" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1H7SPD4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206596v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2010.0725" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206589v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2011.12.007" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TL5W7CJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273782v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2010.0222" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273781v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2010.02.005" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T837GSMS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273792v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2010.2071874" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273778v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2010.09.013" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1RLBT5N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273799v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2009.0644" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273804v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273779v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2009/T136/014015" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9AE037BF895D3D35CE6A6E72AAC0017C1BFF0F9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271230v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Garnier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M'Saad" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273851v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273850v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546307087441" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D88598F9D146050D2645378FF3EB8EA6A553E58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273872v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halbert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2008.920710" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782504v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Ben Ameur Bazine" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jellassi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.509-539" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273846v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2006.02.025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFZCH8BR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273849v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360933v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-004-3751-y" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B19616F15E1365B245A4F00442AAB4981EF67336/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182803v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.10.242-251" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360934v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-1684(03)00185-3" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RC9FM3N2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360940v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0232929021000055460" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360939v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360921v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph De Laat" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Berger" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karpel Vel Leitner" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Dor&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.1997.10382867" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696014v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58156-4" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368889v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103704v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007%2F978-3-319-12898-6_2" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12898-6_2" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782890v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470611760.ch7" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376667v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6042-7_15" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E562C6CD3AF1D0B338BC44B3C4D1F6935B2517B7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071118v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>