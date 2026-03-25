--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -718,34165 +718,34165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05205149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La protection sociale des militaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.559</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04667238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Date d'aptitude à la reprise du travail * Expertise technique * Mise en œuvre * Office du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.343</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04567487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident de la circulation * Handicap * Séquelles * Hébergement par les parents * Préjudice dans les conditions d'existence des proches * Indemnisation * Office du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.1091</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04836182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfant mineur handicapé * Allocataire * Demande de prestations * Commission des droits et de l'autonomie des personnes handicapées * Contestation * Recours préalable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.723</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04667246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Conditions d'attribution * Empêchement d'exercer une activité non autorisée * Médecin prescripteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.715</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04667245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Salaire de référence * Date de l'arrêt de travail * Prise en compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.542</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04627481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Employeur * Contentieux de l'opposabilité * Commission de recours amiable * Obligation d'information à la charge de la CPAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.546</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04627483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital décès * Action en paiement * Enfant mineur * Représentant légal * Prescription biennale * Suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.1097</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04836183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarification * Établissement nouvellement créé * Critères de définition * Tarification collective * CARSAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.344</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04567488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aide à domicile * Exonération * Conditions * Champ d'application * Educateurs spécialisés * Techniciens de l'intervention sociale et familiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04470375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frais de transports * Conditions de prise en charge * Transport excédant 150 km * Formalité de l'entente préalable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04470373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tarification AT-MP : sur quelques éclairages jurisprudentiels récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.524</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04627480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complémentaire santé * Contrat collectif d'assurance * Employeur * Liquidation judiciaire * Résiliation du contrat d'assurance * Licenciement des salariés * Absence de maintien des droits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.350</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04567489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation d'éducation de l'enfant handicapé * Complément d'allocation * Conditions d'attribution * Sixième catégorie * Contraintes permanentes de surveillance * Soins à la charge de la famille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.544</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04627482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Opposabilité à l'employeur * Obligation d'information de la caisse * Limites * Délais applicables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.905</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04776338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance maladie * Ordre des masseurs-kinésithérapeutes * Juridiction ordinale * Sanctions visant un praticien * Cotations excessives * Frais de déplacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.902</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04776337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection sociale des militaires : un régime spécifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.561</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04667239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La CNRACL et son contentieux : état des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.1047</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04836181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Contentieux des tiers payeurs * Faute * Action subrogatoire de la CPAM * Conditions de recevabilité * Chiffrages des débours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5, pp.899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04776336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Aide à domicile * Exonération * Conditions * Champ d'application * Educateurs spécialisés * Techniciens de l'intervention sociale et familiale</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Obligation générale d'information * Limites * Professionnel de santé * Procédure d'entente préalable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.171</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frais de transports * Conditions de prise en charge * Transport excédant 150 km * Formalité de l'entente préalable</w:t>
+              <w:t xml:space="preserve">, 2023, 6, pp.1141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04345702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance maladie * Droit au maintien des prestations * Indemnités journalières * Contrat de travail * Prise d'acte * Conséquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.159</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La tarification AT-MP : sur quelques éclairages jurisprudentiels récents</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.766</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04179428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aide à domicile * Conditions d'exonération * Limites * Association * Service d'accompagnement à la gestion financière à domicile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.524</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Accident de la circulation * Handicap * Séquelles * Hébergement par les parents * Préjudice dans les conditions d'existence des proches * Indemnisation * Office du juge</w:t>
+              <w:t xml:space="preserve">, 2023, 6, pp.1144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04345703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consolidation * Incapacité permanente partielle * CPAM * Fixation du taux * Contestation par l'employeur * Coefficient professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 6, pp.1091</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Date d'aptitude à la reprise du travail * Expertise technique * Mise en œuvre * Office du juge</w:t>
+              <w:t xml:space="preserve">, 2023, 1, pp.175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03995608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident de la circulation * Victime * Déficit fonctionnel permanent * Indemnisation * Pension d'invalidité * Tiers payeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2, pp.343</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La protection sociale des militaires</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.962</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04251211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régimes spéciaux : réforme ou continuité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 4, pp.559</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Employeur * Contentieux de l'opposabilité * Commission de recours amiable * Obligation d'information à la charge de la CPAM</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.650</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04179424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Conditions d'exonération * Date de prise d'effet de l'exonération * Accord de participation * Dépôt auprès de l'administration du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.546</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Salaire de référence * Date de l'arrêt de travail * Prise en compte</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.965</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04251212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement forcé * Frais professionnels * Méthodes de vérification par échantillonnage et extrapolation * Lettre d'observations * Principe du contradictoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.542</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Capital décès * Action en paiement * Enfant mineur * Représentant légal * Prescription biennale * Suspension</w:t>
+              <w:t xml:space="preserve">, 2023, 2, pp.370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04090259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurisprudence du tribunal judiciaire de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Haravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Asquinazi-Bailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coursier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.20-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Mise en demeure * Commission de recours amiable * Contrainte * Opposition du redevable * Conditions de recevabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 6, pp.1097</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Enfant mineur handicapé * Allocataire * Demande de prestations * Commission des droits et de l'autonomie des personnes handicapées * Contestation * Recours préalable</w:t>
+              <w:t xml:space="preserve">, 2022, 6, pp.1151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03902184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hospitalisation à domicile * Groupe homogène de tarif * Prise en charge des soins * CPAM * Prestation indue * Preuve de l'indu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 4, pp.723</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Conditions d'attribution * Empêchement d'exercer une activité non autorisée * Médecin prescripteur</w:t>
+              <w:t xml:space="preserve">, 2022, 2, pp.379</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03649960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime des professions libérales * Assuré * Versement tardif de cotisations * Non prise en compte * Atteinte injustifiée au droit à pension * CEDH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 4, pp.715</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Tarification * Établissement nouvellement créé * Critères de définition * Tarification collective * CARSAT</w:t>
+              <w:t xml:space="preserve">, 2022, 04, pp.764</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03754992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement * Entreprises de moins de 10 salariés * Contrôle simplifié * Durée * Point de départ * Avis de contrôle * Lettre d'observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2, pp.344</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Complémentaire santé * Contrat collectif d'assurance * Employeur * Liquidation judiciaire * Résiliation du contrat d'assurance * Licenciement des salariés * Absence de maintien des droits</w:t>
+              <w:t xml:space="preserve">, 2022, 04, pp.772</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03754994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assiette * Contribution de l'employeur au financement d'une mutuelle en faveur de ses salariés * URSSAF * Redressement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2, pp.350</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation d'éducation de l'enfant handicapé * Complément d'allocation * Conditions d'attribution * Sixième catégorie * Contraintes permanentes de surveillance * Soins à la charge de la famille</w:t>
+              <w:t xml:space="preserve">, 2022, 1, pp.172</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03588786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Employeur * Faute inexcusable * Rente * Taux d'incapacité permanente partielle de la victime * Caisse primaire * Action récursoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.544</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Opposabilité à l'employeur * Obligation d'information de la caisse * Limites * Délais applicables</w:t>
+              <w:t xml:space="preserve">, 2022, 3, pp.570</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations sociales * Anomalie de facturation * Infirmier libéral * CPAM * Preuve de l'indu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 5, pp.905</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Assurance maladie * Ordre des masseurs-kinésithérapeutes * Juridiction ordinale * Sanctions visant un praticien * Cotations excessives * Frais de déplacement</w:t>
+              <w:t xml:space="preserve">, 2022, 3, pp.567</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présomption d'imputabilité * Portée * Preuve contraire * Lésions postérieures à l'accident * Incapacité de travail de la victime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 5, pp.902</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La protection sociale des militaires : un régime spécifique</w:t>
+              <w:t xml:space="preserve">, 2022, 04, pp.769</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03754993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation logement * Contrôle de la situation d'un affilié * CAF * Droit de communication auprès de tiers * Formalité substantielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 4, pp.561</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La CNRACL et son contentieux : état des lieux</w:t>
+              <w:t xml:space="preserve">, 2022, 5, pp.966</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03832500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques décès * Atteinte à l'intégrité physique * Maternité * Incapacité * Invalidité * Institution de prévoyance * Liquidation judiciaire de l'employeur * Licenciements * Maintien des garanties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 6, pp.1047</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Assurance maladie * Droit au maintien des prestations * Indemnités journalières * Contrat de travail * Prise d'acte * Conséquences</w:t>
+              <w:t xml:space="preserve">, 2022, 3, pp.574</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les délégations en matière de Sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.766</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Obligation générale d'information * Limites * Professionnel de santé * Procédure d'entente préalable</w:t>
+              <w:t xml:space="preserve">, 2022, 04, pp.721</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03754990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contentieux du recouvrement * Agent commercial * Lien de subordination * Charge de la preuve * Critère du service organisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 6, pp.1141</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Aide à domicile * Conditions d'exonération * Limites * Association * Service d'accompagnement à la gestion financière à domicile</w:t>
+              <w:t xml:space="preserve">, 2022, 2, pp.385</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03649962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladie professionnelle hors tableaux * CPAM * Décision implicite de prise en charge * Contentieux de la sécurité sociale * Obligations de la caisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 6, pp.1144</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Consolidation * Incapacité permanente partielle * CPAM * Fixation du taux * Contestation par l'employeur * Coefficient professionnel</w:t>
+              <w:t xml:space="preserve">, 2022, 2, pp.382</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03649961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Opposabilité à l'employeur * Prolongation du délai d'instruction * Absence d'enquête complémentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 1, pp.175</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Accident de la circulation * Victime * Déficit fonctionnel permanent * Indemnisation * Pension d'invalidité * Tiers payeurs</w:t>
+              <w:t xml:space="preserve">, 2022, 1, pp.174</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03588787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation aux adultes handicapés * Séjour à l'étranger * Condition de résidence en France * Force majeure * Exclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5, pp.962</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement forcé * Frais professionnels * Méthodes de vérification par échantillonnage et extrapolation * Lettre d'observations * Principe du contradictoire</w:t>
+              <w:t xml:space="preserve">, 2022, 1, pp.169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03588785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liste des produits et prestations remboursables * Location des dispositifs médicaux * Conditions de prise en charge * Anomalies de facturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2, pp.370</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Conditions d'exonération * Date de prise d'effet de l'exonération * Accord de participation * Dépôt auprès de l'administration du travail</w:t>
+              <w:t xml:space="preserve">, 2021, 03, pp.549</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03264699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les changements de situation affectant les assurés sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5, pp.965</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Régimes spéciaux : réforme ou continuité ?</w:t>
+              <w:t xml:space="preserve">, 2021, 05, pp.916</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salarié * Agression physique * Lettre de menaces * Transmission à l'employeur * Faute inexcusable * Reconnaissance de droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.650</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Opposabilité à l'employeur * Prolongation du délai d'instruction * Absence d'enquête complémentaire</w:t>
+              <w:t xml:space="preserve">, 2021, 05, pp.942</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ordonnance médicale * Conditions de prise en charge * Falsification * Critères de la force majeure * Pharmacie * Application numérique * ASAFO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1, pp.174</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation aux adultes handicapés * Séjour à l'étranger * Condition de résidence en France * Force majeure * Exclusion</w:t>
+              <w:t xml:space="preserve">, 2021, 05, pp.935</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complément familial * Plafond de ressources * Détermination * Majoration * Indemnités de chômage * Prise en compte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1, pp.169</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Régime des professions libérales * Assuré * Versement tardif de cotisations * Non prise en compte * Atteinte injustifiée au droit à pension * CEDH</w:t>
+              <w:t xml:space="preserve">, 2021, 03, pp.551</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03264700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle médical * Praticiens-conseils du service national * Contrôle sur une société * Régularité * Indu de prestations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.764</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement * Entreprises de moins de 10 salariés * Contrôle simplifié * Durée * Point de départ * Avis de contrôle * Lettre d'observations</w:t>
+              <w:t xml:space="preserve">, 2021, 02, pp.368</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03218680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les avancées en matière de protection sociale complémentaire dans la fonction publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.772</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Assiette * Contribution de l'employeur au financement d'une mutuelle en faveur de ses salariés * URSSAF * Redressement</w:t>
+              <w:t xml:space="preserve">, 2021, 06, pp.1114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03500420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déclaration * Tableau invoqué par la victime * CPAM * Refus de saisir le comité régional de reconnaissance des maladies professionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1, pp.172</w:t>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">Michaël Haravon</w:t>
+              <w:t xml:space="preserve">, 2021, 01, pp.177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03157912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La signification aux affiliés des décisions prises en matière de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 03, pp.529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03264697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montant indu * Restitution * Demande de remise de dette * Situation financière précaire * Appréciation du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 04, pp.747</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03314698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Conditions d'attribution * Durée d'affiliation minimale * Affiliation à titre personnel * Nécessité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 04, pp.745</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03314697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement sociale * Recouvrement de l'indu * CAF * Contrôle d'habitabilité du logement * Bailleur * Contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 06, pp.1129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03500422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Recouvrement * Chefs de redressement * Annulation * Principe du contradictoire * Information du redevable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 05, pp.944</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation d'éducation de l'enfant handicapé * Complément * Nature juridique * Prestation à caractère forfaitaire * Absence de caractère indemnitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 04, pp.749</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03314699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masseur-kinésithérapeute * Prestations indues * Prescription médicale * Absence de date précise * Feuilles de soins électroniques * Transmission tardive à la CPAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 06, pp.1126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03500421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge * Tableau * Comité régional * Saisine obligatoire Caisse primaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 02, pp.370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03218681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Salarié * Activité professionnelle non autorisée * Manquement * CPAM * Restitution de l'indu * Point de départ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 04, pp.797</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02930025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Notification à l'employeur * Opposabilité * Consultation du dossier * Délais réglementaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, pp.405</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02565667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victime de l'amiante * Prestations de sécurité sociale * Indemnisation accordée par le FIVA * Règles de compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, pp.403</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02565666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frais de transports * Prise en charge * Société d'ambulances * Obligations professionnelles * Conducteurs * Attestation d'aptitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.599</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02876100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Contrainte * Conditions de validité * Organisme social * Signature du directeur * Délégation de signature * Nécessité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.608</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02876101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement forcé * Contrôle d'Urssaf * Travail illégal * Mise en demeure * Mentions obligatoires * Délai de paiement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 01, pp.192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02497551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime minier * Faute inexcusable * Preuve * Mesures de protection * Inefficacité * Silicose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 06, pp.1217</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Tiers payant * Praticien de santé * Feuilles de soins électroniques * Délais de transmission * Caractère obligatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.597</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02876099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle médical * Indemnités journalières * Suspension * Modalités de notification * Lettre recommandée * Accusé de réception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, pp.397</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02565664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladies professionnelles * Action en reconnaissance de la faute inexcusable de l'employeur * Pluralité de maladies * Nature différente * Actions distinctes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 01, pp.190</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02497550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Recouvrement * Délit de travail dissimulé * Procès-verbal * Lettre d'observation * Principe du contradictoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 02, pp.361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salarié protégé au sein d'une caisse de MSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge d'une maladie professionnelle hors tableaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis d'interruption de travail ou de prolongation d'arrêt de travail * Assuré social * Envoi tardif * CPAM * Affection de longue durée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.1137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile en raison de dommages causés à une entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 469, pp.55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité d'appeler en la cause la caisse de retraite chargée de liquider une pension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution sociale de solidarité des sociétés : exonération des établissements publics n'exerçant pas d'activités concurrentielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1328)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance maladie* Prestations sociales indues * Notification de l'indu * CPAM * Mise en demeure * Destinataire * Directeur de l'établissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.1130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement de cotisations sociales à La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 477</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'aide de l'employeur au financement d'une crèche d'entreprise au-delà du plafond légal est un avantage en nature soumis à cotisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (1193)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décès du salarié * Crise cardiaque * Présomption d'imputabilité * Preuve contraire * Charge de la preuve * Caisse primaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 05, pp.956</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge des frais de transport en cas d'affection de longue durée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (1194)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en œuvre du principe d'intangibilité des pensions au titre de la contrepartie financière d'une clause de non-concurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1329)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conséquences de l'envoi tardif à la CPAM de l'avis d'interruption de travail ou de prolongation d'arrêt de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1330)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Service du contrôle médical * Infirmier libéral * Anomalies de facturation et de tarification des actes, contrôle * Conditions de mise en uvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 04, pp.758</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites à la constitution de partie civile d'une caisse de MSA devant la cour d'appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révision des pensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.147-161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites à l'attribution d'une rente complémentaire d'invalidité en cas de poursuite d'une activité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43-44 (1314)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révision des pensions en matière de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Mutualité sociale agricole et les procédures de traitement des difficultés des agriculteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Descamps</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 476</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travail dissimulé et redressement de cotisations sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transfert de contrats de travail d'une association pour l'aménagement des structures agricoles vers une chambre d'agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les erreurs commises par les caisses de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1218)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modalités pratiques de contestation par l'employeur d'une décision de prise en charge d'une maladie professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (1241)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrément et assermentation des agents de contrôle désignés par les caisses de MSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Contestation par l'entreprise * Action en reconnaissance de la faute inexcusable de l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Recouvrement forcé * Cotisant * Opposition à contrainte * Défaut de motivation * Irrecevabilité * Office du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.1147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impossibilité d'attribuer des indemnités journalières au titre d'un mi-temps thérapeutique durant le délai de carence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (1085), pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en œuvre de la présomption d'imputabilité en cas d'accident du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 473</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sécurité et santé dans l'agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité pour les exploitants agricoles de cesser leur activité afin de percevoir leur pension de retraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 470, pp.51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution des entreprises de vente en gros de spécialités pharmaceutiques : modalités de détermination du chiffre d'affaires assujetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1069), pp.36-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modalités de fixation du taux d'incapacité permanente partielle de la victime à la suite d'un accident du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délai de carence dans le régime spécial des clercs et employés de notaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1033), pp.32-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement forcé * Urssaf * Travail dissimulé * Contrôle antérieur * Pratiques de l'entreprise * Accord tacite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 04, pp.768</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clercs et employés de notaires * Assurance maladie * Salarié * Incapacité de travail * Indemnités journalières * Délai de carence * Convention collective du notariat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement * Urssaf * Méthodes de vérification par échantillonnage et extrapolation * Mise en uvre * Accord préalable de l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 04, pp.766</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modalités d'indemnisation d'un stagiaire victime d'un accident du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 476</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachat de cotisations au titre de l'assurance vieillesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 476</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fixation par année civile des cotisations sociales dues par les chefs d'exploitation ou d'entreprise agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assouplissement des conditions de prise en charge des frais de transport des patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (1251)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime des non-salariés agricoles - Règles d'assujettissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 477</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution sociale de solidarité des sociétés : conditions d'exonération en faveur d'une entreprise de construction de logements locatifs sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (1094)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pérennisation de la Sécurité sociale : utopie ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1083-1096</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À propos du préjudice d'anxiété susceptible d'être ressenti par les salariés agricoles...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règles de détermination des cotisations dues au titre des stagiaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (1243)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime agricole : obligation de cotiser à la charge du co-gérant d'une EARL au titre du revenu versé par la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (1196)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladies professionnelles : prise en charge d'une victime affiliée successivement à deux régimes de sécurité sociale distincts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (1270)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ACAATA : détermination du salaire de référence en cas d'activité salarié discontinue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1068), pp.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en œuvre par une Urssaf de plusieurs chefs de redressement à l'encontre d'une compagnie aérienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1032), pp.29-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge, * Maladie hors tableau * Taux d'incapacité permanente * Prise en compte * Service du contrôle médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 05, pp.954</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonctionnaires territoriaux * Pension de réversion * Contentieux * Juridiction compétente * Juge administratif * Prestations indues * Restitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d'exonération * Régime de prévoyance * Financement patronal * Caractère obligatoire * Conventions et accords collectifs * Catégorie objective de personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 02, pp.363</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Victime * Arrêt de travail * Impossibilité de reprendre le travail * Certificat médical * Médecin traitant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 02, pp.359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contrôles effectués par les Urssaf au sein des administrations publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 04, pp.735</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination du droit aux indemnités journalières à la suite d'un contrat de volontaire de solidarité internationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (1093)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les formalités substantielles imposées aux caisses de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (1199)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Date d'appréciation de l'incapacité permanente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 469, pp.56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eclairage sur les modalités de calcul de la réserve spéciale de participation en cas de fusion de sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 472, pp.64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cessation des versements de l'AAH en cas d'ouverture des droits à une pension de vieillesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1070), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription applicable à l'action en répétition des arrérages d'une pension versée après le décès du bénéficiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1071), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Particularisme du régime local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 469, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actions en justice : les règles de représentation prévues pour les organismes de sécurité sociale sont inapplicables aux associations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (1422), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articulation entre l'aide à la création et à la reprise d'entreprise et le complément de libre choix d'activité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (1374), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Cessation d'attribution * Assuré social * Activité professionnelle * Aptitude * Expertise technique * Consolidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 05, pp.925</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité pour l'assuré d'apporter la preuve du paiement effectif d'un minimum de cotisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (1288), pp.29-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assujettissement au régime des salariés agricoles du président d'une SAS ayant un objet agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.52-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recevabilité de l'appel en cas de demande indéterminée au sein du contentieux de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.50-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement forcé * Contrainte * Acte de signification * Mentions obligatoires * Huissier * Opposition du cotisant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 05, pp.927</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CPAM * Contrôle * Médecin * Pénalité financière * Prescription médicale * Mention « non substituable » * Pharmacien * Médicament générique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 04, pp.731</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prime à la naissance * Conditions d'attribution * Date d'appréciation * Résidence en France * Demandeur * Situation familiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 03, pp.554</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident mortel du travail * Enfant conçu avant le décès * Préjudice moral * Lien de causalité * Employeur * Faute inexcusable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 01, pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annulation pour incompétence d'un arrêté ministériel fixant la liste d'organisations syndicales représentatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 460, pp.49-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notion d'accroissement de l'effectif de l'entreprise en vue du calcul du versement transport et de la contribution due au FNAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (1138), pp.30-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions sociales : assujettissement des SARL à la contribution sociale de solidarité des sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1099), pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dommage causé à une CPAM par un médecin prescripteur ayant méconnu la procédure d'accord amiable du service médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (1211), pp.42-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motivation par un cotisant d'une opposition à contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement familiale : l'action en répétition de l'indu ne peut être intentée que contre l'allocataire et non son concubin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1020), pp.36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recours subrogatoire d'une caisse de MSA à l'encontre de l'auteur du dommage au titre des prestations sociales versées à la victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 468, pp.56-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation à la charge de la Mutualité sociale agricole d'adresser une lettre d'observation à un affilié salarié ou non salarié à l'issue d'un contrôle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 459, pp.53-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la récupération d'un indu de prestations sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (1420), pp.32-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règles d'assujettissement des employeurs agricoles au financement de l'allocation de logement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Versement transport : règles de prise en compte de l'effectif de l'entreprise donnant lieu à assujettissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1027), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assujettissement au régime de protection sociale agricole du gérant de fait d'une SCEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.51-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels : étendue de l'obligation d'une caisse de motiver sa décision de fixation d'un taux d'incapacité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1018), pp.33-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actes non remboursables * Organisme social * Praticien * Contrôle * Action en répétition de l'indu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 02, pp.363</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zone franche urbaine * Exonération * Contrat d'apprentissage * Effectif de l'entreprise * Détermination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 01, pp.182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travailleurs non-salariés * Indemnités journalières * Conditions d'attribution * Cotisations * Allocation d'aide au retour à l'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 05, pp.919</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assiette * Détermination * Licenciements * Indemnités transactionnelles * Caractère indemnitaire * Pouvoir d'appréciation des juges du fond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 03, pp.556</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attribution d'une retraite anticipée pour carrière longue : pas de discrimination prohibée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1028), pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité pour un contrat de travail saisonnier de comporter un terme précis ou à défaut, une durée minimale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 465, pp.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de retour à l'emploi * Demandeur d'emploi * Résidence aux États-Unis * Répétition de l'indu * Liberté d'aller et venir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 02, pp.372</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en compte par les caisses de la précarité de la situation du débiteur en vue d'une réduction de la somme due</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (1419), pp.31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse : l'envoi d'une lettre d'observations à un assuré à la suite d'un contrôle constitue une formalité substantielle dans le régime agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (1290), pp.31-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Incidences de la relaxe d'un employeur agricole du chef du délit de travail dissimulé sur le paiement de cotisations sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 467, pp.52-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénalité financière infligée par une caisse de MSA à un bénéficiaire de l'allocation de logement sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d'attribution des prestations en espèces en cas de reprise d'activité par un demandeur d'emploi indemnisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1029), pp.39-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les revenus pris en compte dans le calcul des cotisations de sécurité sociale des non-salariés agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Asquinazi-Bailleux</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 465, pp.27-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle * Mise en uvre * Avis préalable * Inspecteur de recouvrement * Visite de l'entreprise * Report * Information de l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 03, pp.559</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement sociale * Séjour hors du territoire national * Caractère indu * Pénalité financière * Appréciation par le juge * Contentieux de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 02, pp.371</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement familiale * Allocataire * Vie maritale * CAF * Action en répétition de l'indu * Mise en uvre * Concubin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 01, pp.180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impossibilité pour les médecins de facturer aux CPAM des actes non remboursables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1100), pp.33-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Date de fixation du taux d'incapacité permanente partielle d'un salarié agricole victime d'un accident du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 465, pp.40-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions sociales : précisions sur l'assiette de la contribution due au titre de la commercialisation de dispositifs et produits médicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1019), pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contestation de la désignation d'un délégué syndical au sein d'une caisse de MSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.47-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d'octroi à un non-salarié agricole d'une pension de retraite anticipée pour cause de pénibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (1179), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affiliation au régime social des indépendants des membres d'un collège de gérants majoritaires de SARL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (1289), pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination des règles applicables aux prestations en espèces servies aux travailleurs indépendants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (1180), pp.41-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime complémentaire de retraite des professions libérales : refus d'attribution de la majoration de carrière au titre d'un enfant handicapé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (1209), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : assujettissement au régime des salariés agricoles du président d'une SAS ayant un objet agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (1139), pp.32-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Versement de transport : nécessité d'appliquer la législation en vigueur à la date d'exigibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (1202), pp.43-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contentieux : nécessité pour un employeur agricole de saisir la commission de recours amiable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de validité d'une contrainte émise par une caisse de MSA en cas de dissimulation d'emplois salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 468, pp.54-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Condamnation d'un viticulteur à une peine ferme d'emprisonnement pour dissimulation d'emplois salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 468, pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d'octroi à un non-salarié agricole d'une pension de retraite anticipée pour cause de pénibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.49-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription médicale * Absence d'accord préalable * Prise en charge * Dommage * Médecin * Responsabilité civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 04, pp.734</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de solidarité aux personnes âgées * Récupération sur succession * Assurance-vie * Majeur protégé * Décès * Charge successorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 02, pp.365</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ordonnances médicales dans le giron du droit de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 05, pp.907</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organismes sociaux : nécessité d'informer l'affilié en cas de mise en œuvre du droit de communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1260), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règles de coordination entre le régime général et le RSI pour l'attribution des indemnités journalières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1258), pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Associations ou fondations dont l'activité présente un caractère social : conditions d'exonération du versement de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (1203), pp.45-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayotte : conditions d'affiliation au régime de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1259), pp.36-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assujettissement d'une entreprise à la C3S au titre du chiffre d'affaires réalisé en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (1178), pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites posées à la mise en œuvre du principe d'intangibilité des pensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 468, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en charge des « syndromes » au titre du livre IV du Code de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41, pp.9-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règles de convocation à l'audience devant la juridiction de sécurité sociale d'un agriculteur redevable de cotisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 467, pp.51-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de recevabilité d'une opposition à contrainte formulée par un cotisant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de saisine d'un comité régional de reconnaissance des maladies professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1255), pp.26-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limitations au cumul emploi-retraite concernant les non-salariés agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.46-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse * Relevé de situation individuelle * Contestation * Pension future * Régime des cultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 06, pp.1111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amiante * Déficit fonctionnel * Indemnisation * Fonds d'indemnisation des victimes de l'amiante * CPAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 06, pp.1109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taux d'incapacité permanente partielle * Faute inexcusable * Majoration de rente * Récupération auprès de l'employeur * Limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 04, pp.739</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse : possibilité de contester les mentions figurant sur un relevé de situation individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (1360), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règles d'indemnisation des victimes d'actes de terrorisme et autres infractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 462, pp.26-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse : limites posées à la mise en œuvre du principe d'intangibilité des pensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (1361), pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délai d'agrément du directeur-adjoint d'une CPAM et exercice de ses fonctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (1208), pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination des règles de conversion en capital des rentes d'accidents du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (1205), pp.29-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action subrogatoire d'une caisse de MSA à l'encontre de l'assureur du responsable d'un accident agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 457, pp.49-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement * Urssaf * Compétence territoriale * Entreprise * Établissements multiples * Urssaf de liaison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sécurité sociale et transaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 04, pp.736</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Assiette * Bons d'achat * Cadeaux * Instruction ministérielle * Absence d'effet normatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caducité de la déclaration d'appel faute de signification à l'intimé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 458, pp.62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remboursement d'un indu de prestations sociales par une infirmière libérale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (1362), pp.31-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majoration pour enfants * Régime spécial * RATP * Règlement des retraites * Enfants à charge, prise en compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.385</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination de la pension d'un marin resté à terre pour des repos et congés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (1352), pp.36-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impossibilité pour une entreprise de transport de se faire juge de la distance à parcourir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1035), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Système national d'information inter-régimes de l'assurance maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 449, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contentieux de l'incapacité : modalités de transmission au praticien-expert du rapport médical de la victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (1365), pp.38-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délit de travail dissimulé : possibilité pour une caisse de MSA de se constituer partie civile au titre des cotisations éludées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 451, pp.45-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étendue du recours d'une caisse de MSA à l'encontre d'un employeur agricole auteur d'une faute inexcusable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 452, pp.52-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invocation de la faute inexcusable de l'employeur par les ayants droit d'un marin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1036), pp.41-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Versement transport : détermination de l'effectif de l'entreprise susceptible d'être assujettie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (1167), pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité d'une expertise médicale technique en cas de difficulté d'ordre médical sur l'état de santé de la victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (1219), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Service de santé au travail * Salle d'attente * Salarié * Décès * Présomption d'imputabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 05, pp.961</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contentieux de l'affiliation : assujettissement d'un fermier à la MSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (1353)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrainte * Contestation * Travailleur indépendant * Nouvelle-Calédonie * Régime légal de sécurité sociale * Obligation d'affiliation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 04, pp.772</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en charge * CPAM * Dossier médical * Employeur * Consultation * Fiche de liaison médico-administrative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.1149</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cumul emploi-retraite et pension complémentaire d'un chirurgien-dentiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (1207), pp.33-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières : attention au délai de carence !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (1168), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cure thermale : conditions de prise en charge des frais de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (1025), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les incidences dans la profession agricole des ordonnances du 22 septembre 2017 réformant le droit du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 458, pp.11-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mécanisme de la proratisation en matière de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15, pp.8-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fusions d'Urssaf et le transfert de pouvoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1064), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irrégularité du recouvrement d'un indu en l'absence de mise en demeure adressée à un établissement de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (1124), pp.36-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comité régional de reconnaissance des maladies professionnelles * Avis * Membres * Défaut de signature * Conséquences * Validité de l'avis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.383</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'affiliation des élus locaux au régime général de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.221</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Assuré social * Reprise d'activité * Caisse primaire * Adéquation de la sanction * Contrôle du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.181</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : conditions de déductibilité des indemnités forfaitaires de repas versées à des intérimaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48 (1395), pp.36-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impossibilité pour l'expert-comptable d'une société agricole de procéder au licenciement d'une salariée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 457, pp.50-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement : détermination des cotisations dues par un moniteur de ski à la CIPAV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (1361), pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription de l'action en justice d'une entreprise à l'encontre d'une institution de prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (1027), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : modalités de calcul de l'exonération d'une indemnité de rupture conventionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (1351), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lutte contre le travail dissimulé en agriculture et pouvoir souverain d'appréciation des juges du fond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 457, pp.51-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d'attribution d'une retraite anticipée pour cause de pénibilité à la suite de plusieurs accidents du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 454</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délits de marchandage et de travail dissimulé en matière de travaux forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 451, pp.46-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de la cotisation de solidarité à un agriculteur exerçant à titre secondaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 450, pp.56-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A propos de l'assujettissement à la Mutualité sociale agricole : quelle liberté de choix pour l'agriculteur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 450, pp.26-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Assiette * Groupement d'intérêt économique * Bourses accordées à des doctorants * Prise en compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.1151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haro sur le régime social des indépendants : vive le régime général !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfant mineur étranger * Situation irrégulière * Soins d'urgence * Établissement hospitalier * CPAM * Commission départementale d'aide sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 04, pp.766</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels agricoles : obligation de saisir la commission de recours amiable avant le tribunal des affaires de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 451, pp.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le secret professionnel est-il menacé par la Sécurité sociale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.695-711</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Sécurité sociale et les limites apportées à la liberté d’entreprendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.14-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décharge d'une société agricole des cotisations au titre de la participation des employeurs à l'effort de la construction de logements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 453, pp.38-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurances maladie - maternité * Activité rémunérée * Absence d'autorisation médicale * Pénalité * Appréciation par le juge * Limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 05, pp.963</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cures thermales : conditions de prise en charge des frais de séjour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1065), pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations * Calcul * Taux brut individuel * Valeur du risque * Période triennale de référence * Décès du salarié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.570</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anomalies de tarification * Indemnités journalières * Prestations indues * Caisse primaire * Recouvrement * Absence de mise en demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladies professionnelles : absence de formalisme applicable à la première constatation médicale antérieure au certificat initial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (1121), pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de la « réduction Fillon » à un établissement public de culte en Alsace-Moselle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1037), pp.42-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restitution d'un indu de versement transport incombe à l'URSSAF et non à l'autorité organisatrice des transports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (1246), pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion de plusieurs URSSAF et mise en œuvre d'une convention générale de réciprocité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (1217), pp.35-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : nécessité pour l'Urssaf d'envoyer l'avis préalable au contrôle exclusivement à la personne ayant la qualité d'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (1122), pp.33-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salarié * Mission à l'étranger * Chute en discothèque * Présomption d'imputabilité * Mise en uvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.1145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rente * Assurance invalidité * État de santé * Aggravation * Prise en charge * Union européenne * non-cumul de prestations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 05, pp.959</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement * Mise en demeure * Contrainte * Notification préalable * Opposition * Délai de rigueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 04, pp.774</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement forcé * Mise en demeure * Contrainte * Nécessité d'une motivation * Régime social des indépendants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tierce personne dans le droit de la protection sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions sociales : précisions sur l'exigibilité de la contribution patronale sur les actions attribuées gratuitement aux salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48 (1396), pp.38-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vente du bien loué et recouvrement des taxes foncières sur les loyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 543, pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement * Assiette * Amendes * Inclusion * Salariés * Code de la route * Contraventions * Paiement par l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.574</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions du détachement de salariés étrangers au sein de sociétés agricoles en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 441, pp.46-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales et bonne foi du cotisant en cas de retard de paiement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 448, pp.56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle URSSAF : calcul de la taxe de prévoyance et de la &amp;quot;réduction Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (1177), pp.29-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds commun des accidents du travail agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 442, pp.20-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre la précarité en milieu rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contestation par l'employeur de l'imputabilité à un accident du travail des arrêts de travail et soins prescrits à la victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (1245)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime agricole : irrégularité d'un contrôle non suivi d'une lettre d'observations en matière de rachat des cotisations pour la retraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 448, pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusion de la majoration de la durée d'assurance pour enfants dans le calcul du salaire de référence d'un cotisant pluriactif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (1388), pp.37-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possibilité de requalification d'un contrat de travail intermittent en contrat à temps complet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 447, pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation de cotiser au régime social des indépendants pour les gérants de sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (1258), pp.32-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contours juridiques de la notion d'« avantage » social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.528</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restitution des indemnités journalières de l'assurance maladie : possibilité d'une modulation judiciaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (1115)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affiliation à l'assurance-maladie des exploitants agricoles (AMEXA) d'un paysagiste non associé et non rémunéré d'une société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 439, pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusion de la prime spéciale de sujétion d'aides-soignants hospitaliers dans l'assiette de cotisations sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1268), pp.41-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : conditions de remise des majorations de retard et des majorations complémentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (1168), pp.47-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestation de compensation du handicap * Victime d'infraction * Liquidation du préjudice * Indemnité à recevoir * Fonds de garantie * Exception dilatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.385</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salarié * Action en justice * Prescription * Point de départ * Incapacité permanente partielle * Complément d'indemnité * Capital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arrêt de travail * Indemnisation * Prolongation * Conditions * Limites * Médecin prescripteur * Médecin traitant * Club sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 04, pp.777</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complément de libre choix du mode de garde * Attribution * Recours à une association agréée * Obligation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.579</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médecin conventionné * Exercice libéral * Chef d'exploitation agricole * Activité secondaire * Double affiliation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.582</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Salarié * Demande de régularisation * Employeur * Précompte * Prestations sociales * Montant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.194</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle d'une agence régionale de santé sur un établissement de soins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1269), pp.42-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraite progressive : nécessité d'exercer une durée d'activité exprimée en heures et inférieure à la durée normale du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1418), pp.36-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restitution des indemnités journalières indûment perçues relève uniquement de l'article L. 323-6 du Code de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (1440), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales : exclusion de la rémunération des temps de pause pour le calcul de la &amp;quot;réduction Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (1178), pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime agricole : irrégularité d'un contrôle non suivi d'une lettre d'observations en matière de rachat des cotisations pour la retraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (1374), pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motivation des décisions prises par les caisses de Mutualité sociale agricole et par les juridictions de sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 444, pp.44-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sort de la pension d'invalidité lorsque vient le temps de la pension de vieillesse : conformité aux normes européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (1386), pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspension d'une pension d'invalidité : nécessité de caractériser la reprise d'activité de l'assuré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (1123), pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétence du conseil de prud'hommes pour juger du licenciement d'un bûcheron employé par une commune en Alsace-Moselle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 440, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licenciement d'un salarié au sein d'un établissement public local d'enseignement et de formation professionnelle agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 440, pp.61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement des cotisations sociales : rectification d'erreurs matérielles affectant un jugement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 443, pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraite : limites au caractère définitif d'une pension dûment notifiée à l'assuré et contestée par celui-ci en temps utile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1419), pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maintien du versement d'une pension : une simple faculté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (1375), pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité de présenter une prescription médicale avant l'exécution de la prestation de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (1353), pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caisse primaire * Prise en charge * Employeur * Opposabilité * Faute inexcusable * Comité régional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 06, pp.1173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assujettissement à la MSA d'un médecin conventionné d'exercice libéral, chef d'exploitation agricole à titre secondaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 446, pp.66-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soins à domicile accomplis par les infirmiers libéraux : application stricte de la Nomenclature générale des actes professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1072), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préretraite amiante : restriction imposées dans la détermination de la rémunération de référence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1061), pp.33-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restitution des indemnités journalières maladie : pouvoir de contrôle des juridictions du contentieux général de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (1125)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-salarié agricole * Majorations de retard * Demande de remise * Bonne foi du cotisant * Date d'appréciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.196</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assiette * Détermination * Ordre des médecins * Conseil départemental * Indemnités versées aux membres * Exclusion de l'assiette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 06, pp.1177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité pour faute * Mineur * Accident du travail * Préjudice corporel * Demande d'expertise * Caisse primaire d'assurance maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 06, pp.1175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rechute * Indemnités journalières * Calcul * Salaire de référence * Assuré social * Pluriactivité * Régime général * Régime des fonctionnaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 05, pp.984</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Suspension * Contrôle médical * Avis * Assuré social * Expertise médicale technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 05, pp.973</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surcote * Critères d'attribution * Régime général * Obligation de cotisation * Régime européen de pension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 04, pp.778</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Professions libérales * Régime des avocats * Allocation d'invalidité temporaire * Attribution * Avocat retraité * Poursuite d'activité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.580</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La clause de désignation du bénéficiaire en assurance-vie. Les éclairages jurisprudentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.967-991</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle URSSAF et la comptabilité des entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14, pp.18-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02400756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financement de la gestion administrative, de l'action sanitaire et sociale et du contrôle médical des régimes de protection sociale agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 439, pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attribution de la majoration de la durée d'assurance pour enfants à un assuré dont la pension a été liquidée avant 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (1439), pp.37-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exigibilité des cotisations dues à une organisation interprofessionnelle par un groupement foncier agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 441, pp.44-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attribution du complément de libre choix du mode de garde : nécessité de recourir aux services d'une structure agréée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (1192), pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nécessité de prendre en compte le dossier médical personnel des patients dans le cadre de la tarification à l'activité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (1191), pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absence de recours subrogatoire des tiers payeurs à l'égard du FGTI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (1114), pp.40-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les prestations sociales agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Borgetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance maladie * Médecin spécialiste * Secteur à honoraires libres * Union européenne * Équivalence des diplômes * Limites * Diplôme autrichien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 04, pp.773</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Prestations indues * Assuré social * Sanction * Pouvoir de modulation * Stage de pilotage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.372</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les retraites des non-salariés agricoles en mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 02, pp.233</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Date d'appréciation de la bonne foi du cotisant en cas de demande de remise des majorations de retard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 444</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusion dans l'assiette des cotisations sociales des rémunérations perçues dans le cadre de soins infirmiers à domicile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1267), pp.40-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Versement transport : application de la prescription triennale à la demande de remboursement d'un indu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (1398), pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entente préalable * Prise en charge * Renouvellement * Appareil orthopédique * Enfant handicapé * Décès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 01, pp.183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sécurité sociale dans la pensée de Paul Durand : entre solidarité et modernité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.535-547</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation aux adultes handicapés * Demandeur * Condition de ressources * Contrat d'assurance * Prestation d'invalidité * Code général des impôts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.936</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse * Pension d'invalidité * Pension de retraite * Substitution * Activité professionnelle effective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.740</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Attribution * Demandeur d'emploi * Congé parental * Cessation d'activité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 02, pp.376</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraite progressive * Conditions d'attribution * Activité à temps partiel * Contrat d'accompagnement dans l'emploi * Pension provisoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 01, pp.185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation journalière d'accompagnement d'une personne en fin de vie * Conditions d'attribution * Demande * Organisme social * Date de réception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.742</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraites et régimes spéciaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.577</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Suppression * Assuré * Reprise d'activité * Avis médical * Activité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.738</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les franchises incluses dans le contrat d’assurance. La nécessité de prendre quelques repères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2, pp.589-602</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Cotisation indue * Restitution * Prescription * Point de départ * Accident du travail * Inopposabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 02, pp.381</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Assiette * Salariés * Prime de publicité * Attribution * Avantage en espèces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 06, pp.1130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestation d'accueil du jeune enfant * Complément de libre choix du mode de garde * CAF * Obligation générale d'information * Limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 06, pp.1127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarification * Facturation des actes * Professionnel de santé * Inobservation des règles * Ticket modérateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.934</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime de retraite des agents des industries électriques et gazières (IEG) : des évolutions majeures, mais en douceur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.622</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rente * Attribution * Opposabilité * Contestation * Contentieux général * Contentieux technique * Compétence * Détermination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.560</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions sociales * Cotisations d'assurance chômage * Assiette * Licenciement * Indemnité pour violation du statut protecteur * Nature juridique * Assujettissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.558</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin * Organisme social * Prise en charge * Assurance chômage * Union européenne * Règles de coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 06, pp.1125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recouvrement des cotisations * Urssaf * Contrôle * Travail dissimulé * Charte du cotisant * Redressement * Condition de validité * Association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 01, pp.186</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en œuvre du droit des obligations dans le contentieux de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.903-914</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement familiale * Conditions d'attribution * Mobil home * Stationnement * Terrain non constructible * Logement décent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.563</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en uvre du droit des obligations dans le contentieux de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.903</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entente préalable * Traitement médical * Durée d'installation * Période de tolérance * Oxygénothérapie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.931</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les validations de périodes ou de services en vue de la retraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations sociales * Urssaf * Redressement * Action en recouvrement * Prescription quinquennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 03, pp.583</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation supplémentaire ex-FNS * Succession * Caisse * Récupération * Prescription quinquennale * Point de départ * Forclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.773</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladie professionnelle * Prise en charge * Tableau * Victime * Travail habituel * Lien direct avec le travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 03, pp.582</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiers payeurs * Action en justice * Patient * Infection nosocomiale * Office national d'indemnisation des accidents médicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.768</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement * Résidence principale * Occupation * Condition de durée * Séjour à l'étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 02, pp.390</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations en nature * Auxiliaires médicaux * Soins * Nomenclature * Remboursement * Prescription médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 05, pp.974</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pension de réversion * Condition d'attribution * Conjoint survivant * Mariage * Pacte civil de solidarité * Différence de traitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 02, pp.392</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Napoléon juriste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Finidori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l’Académie Napoléon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, pp.46-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations en nature * Frais de transport * Prise en charge * Société d'ambulance * Tarif le moins onéreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 01, pp.183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régimes sociaux * Coordination * Pension * Régime débiteur * Détermination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 05, pp.976</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La jurisprudence du Tribunal des conflits et le contentieux de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.720</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pension de retraite * Enfants * Education * Majoration de la durée d'assurance * Attribution * Egalité des sexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 01, pp.189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournisseur de soins * Médecin * Ordonnance * Modèle fixé par arrêté * Feuille de soins * Prescription médicale * Remboursement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 05, pp.972</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congé d'adoption * Indemnité journalière de repos * Conditions d'attribution * Qualité d'assuré social * Droit aux prestations en espèces * Principe d'égalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 06, pp.1164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers le déclin de l’immunité de juridiction pénale ? A propos de la recevabilité de plaintes avec constitution de partie civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.1779-1789</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aide personnalisée au logement * Condition de ressources * Neutralisation des ressources * Allocation équivalent retraite * Nature juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 06, pp.1166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Conditions d'attribution * Complément de libre choix d'activité * Congé parental d'éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 06, pp.1162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations familiales * Allocataire * Prestation indue * Opposition à contrainte * Motivation * Enfant à charge * Aide personnalisée au logement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.771</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assuré social Droit à pension * Organisme social * Obligation d'information * Etendue de l'obligation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 01, pp.192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remboursements de soins * Participation forfaitaire de l'assuré * Nature juridique * Travailleur frontalier * Union européenne * Règles de coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 06, pp.1138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frais de transport * Conditions de prise en charge * Intervention chirurgicale * Urgence des soins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 05, pp.935</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bail verbal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013-2, pp.557</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retard de paiement : date d’appréciation de la bonne foi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.20-26</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Hospitalisation à domicile * Groupe homogène de tarif * Prise en charge des soins * CPAM * Prestation indue * Preuve de l'indu</w:t>
+              <w:t xml:space="preserve">, 2013, 4, pp.1052</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les compagnons d’Emmaüs et les contrôles d’Urssaf : le bienfondé d’un redressement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2, pp.379</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Mise en demeure * Commission de recours amiable * Contrainte * Opposition du redevable * Conditions de recevabilité</w:t>
+              <w:t xml:space="preserve">, 2013, 2, pp.317</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Industries électriques et gazières * Assuré résidant en Belgique * Assurance maladie * Prestations en nature * Règles de coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 6, pp.1151</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Employeur * Faute inexcusable * Rente * Taux d'incapacité permanente partielle de la victime * Caisse primaire * Action récursoire</w:t>
+              <w:t xml:space="preserve">, 2013, 05, pp.949</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frais de transport * Conditions de prise en charge * Véhicule sanitaire léger * Consultation post-opératoire * Ambulance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 3, pp.570</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Prestations sociales * Anomalie de facturation * Infirmier libéral * CPAM * Preuve de l'indu</w:t>
+              <w:t xml:space="preserve">, 2013, 05, pp.933</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle médical * CPAM * Professionnel de santé * Chirurgien-dentiste * Régularité du contrôle * Mise en uvre * Principe du contradictoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 3, pp.567</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Présomption d'imputabilité * Portée * Preuve contraire * Lésions postérieures à l'accident * Incapacité de travail de la victime</w:t>
+              <w:t xml:space="preserve">, 2013, 02, pp.347</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels * Indemnisation * Droit commun * Responsabilité civile * Tiers * Opération de sous-traitance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.769</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation logement * Contrôle de la situation d'un affilié * CAF * Droit de communication auprès de tiers * Formalité substantielle</w:t>
+              <w:t xml:space="preserve">, 2013, 03, pp.556</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance maladie * Frais de transport * Cabinet de kinésithérapie * Question d'ordre médical * Expertise médicale * Office du juge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 5, pp.966</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Risques décès * Atteinte à l'intégrité physique * Maternité * Incapacité * Invalidité * Institution de prévoyance * Liquidation judiciaire de l'employeur * Licenciements * Maintien des garanties</w:t>
+              <w:t xml:space="preserve">, 2013, 04, pp.746</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urssaf * Lettre d'observations * Contrôle * Avis préalable * Inspecteur du recouvrement * Première visite * Date</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 3, pp.574</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les délégations en matière de Sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2013, 03, pp.560</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels * Victime * Décès * Date * Concubine * Rente viagère * Attribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.721</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Maladie professionnelle hors tableaux * CPAM * Décision implicite de prise en charge * Contentieux de la sécurité sociale * Obligations de la caisse</w:t>
+              <w:t xml:space="preserve">, 2013, 03, pp.554</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assurance maladie et les anomalies de tarification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2, pp.382</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Contentieux du recouvrement * Agent commercial * Lien de subordination * Charge de la preuve * Critère du service organisé</w:t>
+              <w:t xml:space="preserve">, 2013, 06, pp.1086</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couverture maladie universelle * Cotisation annuelle * Assiette * Plafond de ressources * Revenus * Cession d'entreprise * Prix de vente * Versements mensuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2, pp.385</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Masseur-kinésithérapeute * Prestations indues * Prescription médicale * Absence de date précise * Feuilles de soins électroniques * Transmission tardive à la CPAM</w:t>
+              <w:t xml:space="preserve">, 2013, 04, pp.744</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Personnes âgées dépendantes * Etablissement d'hébergement * Forfait de soins * Actes médicaux * Facturation * CPAM * Contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 06, pp.1126</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Conditions de prise en charge * Tableau * Comité régional * Saisine obligatoire Caisse primaire</w:t>
+              <w:t xml:space="preserve">, 2013, 01, pp.168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’assurance maladie et les anomalies de tarification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 02, pp.370</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les avancées en matière de protection sociale complémentaire dans la fonction publique</w:t>
+              <w:t xml:space="preserve">, 2013, pp.1086</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les textes non codifiés du droit de la sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 06, pp.1114</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Déclaration * Tableau invoqué par la victime * CPAM * Refus de saisir le comité régional de reconnaissance des maladies professionnelles</w:t>
+              <w:t xml:space="preserve">, 2013, pp.504</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation de logement * Action en répétition de l'indu * Bailleur * Quasi-contrat * Prescription de droit commun * Prescription quinquennale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 01, pp.177</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les changements de situation affectant les assurés sociaux</w:t>
+              <w:t xml:space="preserve">, 2013, 04, pp.751</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impact de la loi de financement de la sécurité sociale pour 2013 sur le régime agricole : beaucoup d'agitation pour rien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 414, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01915073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amiante * FIVA * Employeur * Faute inexcusable * Ayants droit * Préjudices * Action en justice * Recevabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 05, pp.916</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Liste des produits et prestations remboursables * Location des dispositifs médicaux * Conditions de prise en charge * Anomalies de facturation</w:t>
+              <w:t xml:space="preserve">, 2013, 02, pp.356</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladie professionnelle * Employeur * Faute inexcusable * Certificat médical * Prescription * Point de départ * Scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 03, pp.549</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Salarié * Agression physique * Lettre de menaces * Transmission à l'employeur * Faute inexcusable * Reconnaissance de droit</w:t>
+              <w:t xml:space="preserve">, 2013, 01, pp.166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse * Pension de réversion * Plafond de ressources * Conjoint survivant * Biens immobiliers * Loyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 05, pp.942</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Contrôle médical * Praticiens-conseils du service national * Contrôle sur une société * Régularité * Indu de prestations sociales</w:t>
+              <w:t xml:space="preserve">, 2013, 06, pp.1143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions * Contentieux du recouvrement * Mise en demeure * Contrainte * Information du cotisant * Contenu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 02, pp.368</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Complément familial * Plafond de ressources * Détermination * Majoration * Indemnités de chômage * Prise en compte</w:t>
+              <w:t xml:space="preserve">, 2013, 01, pp.171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sécurité sociale * Ressources * Laboratoire pharmaceutique * Contribution sur les dépenses de promotion * Démarchage * Prospection * Visiteurs médicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 03, pp.551</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Ordonnance médicale * Conditions de prise en charge * Falsification * Critères de la force majeure * Pharmacie * Application numérique * ASAFO</w:t>
+              <w:t xml:space="preserve">, 2012, 06, pp.1143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sécurité sociale * Régime social des indépendants * Tutelle * Curatelle renforcée * Immatriculation * Obligation de cotiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 05, pp.935</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La signification aux affiliés des décisions prises en matière de sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2012, 02, pp.395</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préparation magistrale * Prescription médicale * Malade déterminé * Préparation en série * Homéopathie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 03, pp.529</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Montant indu * Restitution * Demande de remise de dette * Situation financière précaire * Appréciation du juge</w:t>
+              <w:t xml:space="preserve">, 2012, 05, pp.947</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnités journalières * Nombre maximum * Période de référence * Arrêts de travail * Maladie de longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 04, pp.747</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation de logement sociale * Recouvrement de l'indu * CAF * Contrôle d'habitabilité du logement * Bailleur * Contrainte</w:t>
+              <w:t xml:space="preserve">, 2012, 03, pp.576</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité civile des URSSAF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 06, pp.1129</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Conditions d'attribution * Durée d'affiliation minimale * Affiliation à titre personnel * Nécessité</w:t>
+              <w:t xml:space="preserve">, 2012, 03, pp.544</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations familiales * Enfant étranger * Entrée en France * Regroupement familial * Certificat de contrôle médical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 04, pp.745</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation d'éducation de l'enfant handicapé * Complément * Nature juridique * Prestation à caractère forfaitaire * Absence de caractère indemnitaire</w:t>
+              <w:t xml:space="preserve">, 2012, 06, pp.1145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etablissement hospitalier public * Praticiens hospitaliers titulaires * Exonération * Urssaf * Zone de revitalisation rurale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 04, pp.749</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Recouvrement * Chefs de redressement * Annulation * Principe du contradictoire * Information du redevable</w:t>
+              <w:t xml:space="preserve">, 2012, 01, pp.189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident de la circulation * Dommage corporel * Expert ergothérapeute * Assistance par une tierce personne * Curatelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 05, pp.944</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frais de transports * Prise en charge * Société d'ambulances * Obligations professionnelles * Conducteurs * Attestation d'aptitude</w:t>
+              <w:t xml:space="preserve">, 2012, 01, pp.187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection complémentaire * Condition de ressources * Allocation aux adultes handicapés * Couple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.599</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Contrainte * Conditions de validité * Organisme social * Signature du directeur * Délégation de signature * Nécessité</w:t>
+              <w:t xml:space="preserve">, 2012, 03, pp.580</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hospitalisation * Appareillage * Groupe homogène de séjour * Forfait * Prise en charge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.608</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Salarié * Activité professionnelle non autorisée * Manquement * CPAM * Restitution de l'indu * Point de départ</w:t>
+              <w:t xml:space="preserve">, 2012, 04, pp.760</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation aux adultes handicapés * Demande * Conditions d'attribution * Restriction substantielle et durable à l'emploi * Décret d'application * Absence de parution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 04, pp.797</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Victime de l'amiante * Prestations de sécurité sociale * Indemnisation accordée par le FIVA * Règles de compensation</w:t>
+              <w:t xml:space="preserve">, 2012, 05, pp.954</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La consolidation en droit de la sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.403</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Notification à l'employeur * Opposabilité * Consultation du dossier * Délais réglementaires</w:t>
+              <w:t xml:space="preserve">, 2012, 06, pp.1097</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation de services * Demande * Rachat * Ressortissant marocain * Assurance volontaire * Armée française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.405</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement forcé * Contrôle d'Urssaf * Travail illégal * Mise en demeure * Mentions obligatoires * Délai de paiement</w:t>
+              <w:t xml:space="preserve">, 2012, 04, pp.769</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels * Comité régional de reconnaissance des maladies professionnelles * Caisse primaire * Décision * Opposabilité * Employeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 01, pp.192</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Régime minier * Faute inexcusable * Preuve * Mesures de protection * Inefficacité * Silicose</w:t>
+              <w:t xml:space="preserve">, 2012, 03, pp.586</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anesthésie locorégionale * Guidage échographique * Prise en charge * Conditions * Classification commune des actes médicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 06, pp.1217</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Tiers payant * Praticien de santé * Feuilles de soins électroniques * Délais de transmission * Caractère obligatoire</w:t>
+              <w:t xml:space="preserve">, 2012, 05, pp.949</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relevé de situation individuelle * Contenu réglementaire * Majoration pour enfants * Trimestres supplémentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.597</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Contrôle médical * Indemnités journalières * Suspension * Modalités de notification * Lettre recommandée * Accusé de réception</w:t>
+              <w:t xml:space="preserve">, 2012, 02, pp.392</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les règles de prescription en matière de sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.397</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Maladies professionnelles * Action en reconnaissance de la faute inexcusable de l'employeur * Pluralité de maladies * Nature différente * Actions distinctes</w:t>
+              <w:t xml:space="preserve">, 2011, 05, pp.927</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les limites à l'attribution des prestations familiales aux parents d'enfants étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 01, pp.190</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les contrôles effectués par les Urssaf au sein des administrations publiques</w:t>
+              <w:t xml:space="preserve">, 2011, 04, pp.738</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les majorations de prestations de sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 04, pp.735</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Victime * Arrêt de travail * Impossibilité de reprendre le travail * Certificat médical * Médecin traitant</w:t>
+              <w:t xml:space="preserve">, 2011, 01, pp.131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les certificats médicaux en droit de la sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 02, pp.359</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Conditions d'exonération * Régime de prévoyance * Financement patronal * Caractère obligatoire * Conventions et accords collectifs * Catégorie objective de personnel</w:t>
+              <w:t xml:space="preserve">, 2011, 06, pp.1122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impact de la réforme des retraites de 2010 sur les régimes particuliers : fonction publique, travailleurs non-salariés et agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 02, pp.363</w:t>
-[...524 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Décision de prise en charge * Contestation par l'entreprise * Action en reconnaissance de la faute inexcusable de l'employeur</w:t>
+              <w:t xml:space="preserve">, 2011, 02, pp.356</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actes médicaux * Facturation * Contrôle * Caisse de sécurité sociale * Recouvrement de l'indu * Mise en demeure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 01, pp.178</w:t>
-[...606 lines deleted...]
-                <w:t xml:space="preserve">Assurance maladie* Prestations sociales indues * Notification de l'indu * CPAM * Mise en demeure * Destinataire * Directeur de l'établissement</w:t>
+              <w:t xml:space="preserve">, 2011, 01, pp.167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'attribution du complément de ressources en faveur des personnes handicapées : la nécessité d'avoir un logement indépendant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 06, pp.1130</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Décès du salarié * Crise cardiaque * Présomption d'imputabilité * Preuve contraire * Charge de la preuve * Caisse primaire</w:t>
+              <w:t xml:space="preserve">, 2011, 03, pp.545</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayons ionisants * Activités atomiques * Cancer * Prise en charge * Faute inexcusable de l'employeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 05, pp.956</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">Avis d'interruption de travail ou de prolongation d'arrêt de travail * Assuré social * Envoi tardif * CPAM * Affection de longue durée</w:t>
+              <w:t xml:space="preserve">, 2011, 01, pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation aux adultes handicapés * Caisse d'allocations familiales * Action en répétition de l'indu * Prescription biennale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 06, pp.1137</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">Urssaf * Recouvrement * Délit de travail dissimulé * Procès-verbal * Lettre d'observation * Principe du contradictoire</w:t>
+              <w:t xml:space="preserve">, 2011, 03, pp.565</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocation d'éducation de l'enfant handicapé * Complément * Attribution * Conditions * Recours à une tierce personne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 02, pp.361</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La révision des pensions</w:t>
+              <w:t xml:space="preserve">, 2011, 03, pp.562</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aide juridictionnelle totale * Partie perdante * Adversaire * Dépens * Non-remboursement * Trésor public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1, pp.147-161</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">Service du contrôle médical * Infirmier libéral * Anomalies de facturation et de tarification des actes, contrôle * Conditions de mise en uvre</w:t>
+              <w:t xml:space="preserve">, 2011, 02, pp.374</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médecin * Convention médicale * Caisse primaire d'assurance maladie * Honoraires * Secteur * Option</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 04, pp.758</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La révision des pensions en matière de sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2011, 04, pp.764</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle couverture sociale pour les praticiens hospitaliers pluriactifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 01, pp.129</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Recouvrement forcé * Cotisant * Opposition à contrainte * Défaut de motivation * Irrecevabilité * Office du juge</w:t>
+              <w:t xml:space="preserve">, 2010, 02, pp.326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rente * Victime * Perte de gains professionnels * Déficit fonctionnel permanent * Poste de préjudice personnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 06, pp.1147</w:t>
-[...524 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement forcé * Urssaf * Travail dissimulé * Contrôle antérieur * Pratiques de l'entreprise * Accord tacite</w:t>
+              <w:t xml:space="preserve">, 2010, 01, pp.177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divorce * Résidence alternée * Allocations familiales * Prestation d'accueil du jeune enfant * Modalités d'attribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 04, pp.768</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Clercs et employés de notaires * Assurance maladie * Salarié * Incapacité de travail * Indemnités journalières * Délai de carence * Convention collective du notariat</w:t>
+              <w:t xml:space="preserve">, 2010, 05, pp.974</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médecin libéral * Activité d'expertise * Rétribution * Cotisations sociales * Lien de subordination * Urssaf * Redressement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 01, pp.175</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement * Urssaf * Méthodes de vérification par échantillonnage et extrapolation * Mise en uvre * Accord préalable de l'employeur</w:t>
+              <w:t xml:space="preserve">, 2010, 06, pp.1175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demande de prestations * Regroupement familial * Enfant étranger * Certificat médical * Obligation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 04, pp.766</w:t>
-[...593 lines deleted...]
-                <w:t xml:space="preserve">Fonctionnaires territoriaux * Pension de réversion * Contentieux * Juridiction compétente * Juge administratif * Prestations indues * Restitution</w:t>
+              <w:t xml:space="preserve">, 2010, 03, pp.572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotation d'actes médicaux * Médecins généralistes * Médecins spécialistes * Distinction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 01, pp.173</w:t>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Conditions de prise en charge, * Maladie hors tableau * Taux d'incapacité permanente * Prise en compte * Service du contrôle médical</w:t>
+              <w:t xml:space="preserve">, 2010, 03, pp.563</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cotisations * Assiette * Avantages accordés aux salariés * Abonnements gratuit * Frais professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 05, pp.954</w:t>
-[...386 lines deleted...]
-                <w:t xml:space="preserve">Assurance vieillesse * Relevé de situation individuelle * Contestation * Pension future * Régime des cultes</w:t>
+              <w:t xml:space="preserve">, 2010, 01, pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les règles régissant les cumuls en matière de Sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 03, pp.316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnisation des victimes d'infractions * Préjudice corporel * Pension d'invalidité deuxième catégorie * Aptitude au travail de l'assuré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 06, pp.1111</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Amiante * Déficit fonctionnel * Indemnisation * Fonds d'indemnisation des victimes de l'amiante * CPAM</w:t>
+              <w:t xml:space="preserve">, 2010, 03, pp.574</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarification * Structures d'hospitalisation à temps partiel * Contrôle * Recouvrement de l'indu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 06, pp.1109</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">Taux d'incapacité permanente partielle * Faute inexcusable * Majoration de rente * Récupération auprès de l'employeur * Limites</w:t>
+              <w:t xml:space="preserve">, 2010, 04, pp.768</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonctionnaire hospitalier * Accident de service * Accident de trajet * Détour involontaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 04, pp.739</w:t>
-[...192 lines deleted...]
-                <w:t xml:space="preserve">Allocation de retour à l'emploi * Demandeur d'emploi * Résidence aux États-Unis * Répétition de l'indu * Liberté d'aller et venir</w:t>
+              <w:t xml:space="preserve">, 2010, 02, pp.387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocations familiales * Résidence alternée * Majorité de l'enfant * Partage des allocations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 02, pp.372</w:t>
-[...317 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement forcé * Contrainte * Acte de signification * Mentions obligatoires * Huissier * Opposition du cotisant</w:t>
+              <w:t xml:space="preserve">, 2010, 02, pp.385</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les litiges relatifs à l'attribution par les CPAM des prestations en nature de l'assurance maladie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 05, pp.927</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">CPAM * Contrôle * Médecin * Pénalité financière * Prescription médicale * Mention « non substituable » * Pharmacien * Médicament générique</w:t>
+              <w:t xml:space="preserve">, 2010, 04, pp.690</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est-il possible de définir la notion de « régime » de sécurité sociale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 04, pp.731</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Accident mortel du travail * Enfant conçu avant le décès * Préjudice moral * Lien de causalité * Employeur * Faute inexcusable</w:t>
+              <w:t xml:space="preserve">, 2009, 06, pp.1111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rechute du salarié victime d'un accident du travail et le contentieux de l'opposabilité à l'employeur de la décision prise par la CPAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 04, pp.458</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La situation des ayants droit après le décès de l'assuré social : le cas de l'assurance-décès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 07 et 08, pp.859</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contentieux relatif aux indemnités journalières de l'assurance-maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 05, pp.592</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assujettissement au régime général de la sécurité sociale et le critère du lien de subordination : évolutions récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 02, pp.195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La coordination des régimes de Sécurité sociale en droit interne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12, pp.1254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convention nationale des médecins * Médecin référent * Option du médecin * Option des assurés * Caisse de sécurité sociale * Rémunération du médecin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 01, pp.178</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Prime à la naissance * Conditions d'attribution * Date d'appréciation * Résidence en France * Demandeur * Situation familiale</w:t>
+              <w:t xml:space="preserve">, 2009, 01, pp.187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques professionnels * Taux d'incapacité permanente partielle * Secret médical * Médecin désigné par l'employeur * Vie privée de la victime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 03, pp.554</w:t>
-[...800 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Cessation d'attribution * Assuré social * Activité professionnelle * Aptitude * Expertise technique * Consolidation</w:t>
+              <w:t xml:space="preserve">, 2009, 02, pp.379</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secret médical * Pièces administratives et médicales * Levée du secret * Absence d'accord de la victime * Sollicitation de prestations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 05, pp.925</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Assiette * Détermination * Licenciements * Indemnités transactionnelles * Caractère indemnitaire * Pouvoir d'appréciation des juges du fond</w:t>
+              <w:t xml:space="preserve">, 2009, 01, pp.185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime de sécurité sociale des médecins * Indemnités journalières * Juridictions du contentieux général de la sécurité sociale * Compétence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 03, pp.556</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Travailleurs non-salariés * Indemnités journalières * Conditions d'attribution * Cotisations * Allocation d'aide au retour à l'emploi</w:t>
+              <w:t xml:space="preserve">, 2009, 04, pp.766</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance vieillesse * Rachat de cotisations * Périodes accomplies hors de France * Militaire * Discrimination fondée sur la nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 05, pp.919</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Zone franche urbaine * Exonération * Contrat d'apprentissage * Effectif de l'entreprise * Détermination</w:t>
+              <w:t xml:space="preserve">, 2009, 03, pp.576</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions sociales * Assiette * Fourniture gratuite d'abonnements téléphoniques * Financement de régimes de prévoyance * Allocations de scolarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 01, pp.182</w:t>
-[...317 lines deleted...]
-                <w:t xml:space="preserve">Actes non remboursables * Organisme social * Praticien * Contrôle * Action en répétition de l'indu</w:t>
+              <w:t xml:space="preserve">, 2009, 06, pp.1168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exonération des cotisations patronales * URSSAF * Aides à domicile * Rémunération * Contrat verbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 02, pp.363</w:t>
-[...386 lines deleted...]
-                <w:t xml:space="preserve">Contrôle * Mise en uvre * Avis préalable * Inspecteur de recouvrement * Visite de l'entreprise * Report * Information de l'employeur</w:t>
+              <w:t xml:space="preserve">, 2009, 04, pp.763</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne * Séjour dans un autre Etat membre * Frais d'optique * Conditions de prise en charge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 03, pp.559</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation de logement sociale * Séjour hors du territoire national * Caractère indu * Pénalité financière * Appréciation par le juge * Contentieux de la sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2009, 03, pp.568</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestations familiales * Condition de ressources * Prestations indues * Couple * Compagnon de l'allocataire * Indemnisation du chômage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 02, pp.371</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation de logement familiale * Allocataire * Vie maritale * CAF * Action en répétition de l'indu * Mise en uvre * Concubin</w:t>
+              <w:t xml:space="preserve">, 2009, 03, pp.573</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La retraite des agents publics au sein de l'Union européenne : un rapide tour d'Europe des caisses de retraite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 01, pp.180</w:t>
-[...1007 lines deleted...]
-                <w:t xml:space="preserve">Prescription médicale * Absence d'accord préalable * Prise en charge * Dommage * Médecin * Responsabilité civile</w:t>
+              <w:t xml:space="preserve">, 2009, 01, pp.79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestation d'accueil du jeune enfant * Conditions d'attribution * Enfant mineur étranger * Jugement de kafala * Refus de prise en compte en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 04, pp.734</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Allocation de solidarité aux personnes âgées * Récupération sur succession * Assurance-vie * Majeur protégé * Décès * Charge successorale</w:t>
+              <w:t xml:space="preserve">, 2009, 04, pp.770</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aide sociale à l'enfance * Accouchement sous X * Instance en adoption plénière * Grands-parents * Intervention * Impossibilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 02, pp.365</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les ordonnances médicales dans le giron du droit de la sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2009, 05, pp.972</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chirurgien-dentiste * Interdiction d'exercer * CPAM * Refus de remboursement des actes * Dommage causé au praticien * Juridiction civile * Compétence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 05, pp.907</w:t>
-[...1076 lines deleted...]
-                <w:t xml:space="preserve">Salarié * Mission à l'étranger * Chute en discothèque * Présomption d'imputabilité * Mise en uvre</w:t>
+              <w:t xml:space="preserve">, 2009, 05, pp.965</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport des primes d'assurance-vie à la succession : il faut apprécier l'utilité de l'opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 06, pp.1145</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement * Mise en demeure * Contrainte * Notification préalable * Opposition * Délai de rigueur</w:t>
+              <w:t xml:space="preserve">, 2008, 03, pp.583</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Agence française de sécurité sanitaire des produits de santé (AFSSAPS) a-t-elle droit à un abattement de cotisations sociales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 04, pp.774</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement * Assiette * Amendes * Inclusion * Salariés * Code de la route * Contraventions * Paiement par l'employeur</w:t>
+              <w:t xml:space="preserve">, 2008, 01, pp.187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régimes spéciaux de retraite : quelques statuts particuliers de fonctionnaires (police, administration pénitentiaire, sapeurs-pompiers etc.) et la règle des 40 années de cotisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 03, pp.370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02198972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affiliation d'office à la CMU d'un majeur sous tutelle et cotisation d'office sur un revenu exceptionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 03, pp.574</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">La tierce personne dans le droit de la protection sociale</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.782</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remboursement des indemnités journalières perçues par une femme enceinte alors qu'elle séjournait à l'étranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 01, pp.154</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement forcé * Mise en demeure * Contrainte * Nécessité d'une motivation * Régime social des indépendants</w:t>
+              <w:t xml:space="preserve">, 2008, 03, pp.581</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge d'une oxygénothérapie par l'assurance maladie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 01, pp.185</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Rente * Assurance invalidité * État de santé * Aggravation * Prise en charge * Union européenne * non-cumul de prestations</w:t>
+              <w:t xml:space="preserve">, 2008, 06, pp.1161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les URSSAF ne relèvent pas du droit de la concurrence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 05, pp.959</w:t>
-[...386 lines deleted...]
-                <w:t xml:space="preserve">Contrainte * Contestation * Travailleur indépendant * Nouvelle-Calédonie * Régime légal de sécurité sociale * Obligation d'affiliation</w:t>
+              <w:t xml:space="preserve">, 2008, 02, pp.392</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de prise en charge par l'assurance maladie d'un traitement d'orthopédie dento-faciale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 04, pp.772</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Prise en charge * CPAM * Dossier médical * Employeur * Consultation * Fiche de liaison médico-administrative</w:t>
+              <w:t xml:space="preserve">, 2008, 05, pp.978</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de forclusion dès lors que la demande a été adressée dans les délais, fût-ce à un service incompétent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 06, pp.1149</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Majoration pour enfants * Régime spécial * RATP * Règlement des retraites * Enfants à charge, prise en compte</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.788</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité de l'employeur qui détache un salarié dans une autre entreprise où il est intoxiqué par de l'amiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 02, pp.385</w:t>
-[...455 lines deleted...]
-                <w:t xml:space="preserve">Sécurité sociale et transaction</w:t>
+              <w:t xml:space="preserve">, 2008, 02, pp.387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle du Conseil d'Etat sur la notion d'honoraires abusifs justifant les sanctions disciplinaires prononcées contre un chirurgien-dentiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 04, pp.736</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Recouvrement * Urssaf * Compétence territoriale * Entreprise * Établissements multiples * Urssaf de liaison</w:t>
+              <w:t xml:space="preserve">, 2008, 06, pp.1152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une URSSAF n'est pas tenue d'une obligation d'information envers les cotisants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 02, pp.387</w:t>
-[...386 lines deleted...]
-                <w:t xml:space="preserve">Urssaf * Assiette * Bons d'achat * Cadeaux * Instruction ministérielle * Absence d'effet normatif</w:t>
+              <w:t xml:space="preserve">, 2008, 03, pp.585</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance invalidité : les régimes de sécurité sociale, l'invalide et le juge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 03, pp.572</w:t>
-[...317 lines deleted...]
-                <w:t xml:space="preserve">Service de santé au travail * Salle d'attente * Salarié * Décès * Présomption d'imputabilité</w:t>
+              <w:t xml:space="preserve">, 2008, 06, pp.1128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charge de l'indemnisation des victimes de l'amiante dans le régime spécial d'EDF-GDF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 05, pp.961</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">Comité régional de reconnaissance des maladies professionnelles * Avis * Membres * Défaut de signature * Conséquences * Validité de l'avis</w:t>
+              <w:t xml:space="preserve">, 2008, 05, pp.988</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions du maintien du droit aux indemnités journalières attribuées aux artisans qui ont cessé leur activité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 02, pp.383</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L'affiliation des élus locaux au régime général de la sécurité sociale</w:t>
+              <w:t xml:space="preserve">, 2008, 06, pp.1167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assiette des cotisations d'assurance vieillesse d'un dentiste exerçant son activité sous plusieurs statuts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 02, pp.221</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indemnités journalières * Assuré social * Reprise d'activité * Caisse primaire * Adéquation de la sanction * Contrôle du juge</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.774</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réformes de 2008 des régimes spéciaux de sécurité sociale : un coup d'épée dans l'eau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 01, pp.181</w:t>
-[...731 lines deleted...]
-                <w:t xml:space="preserve">Cotisations sociales * Assiette * Groupement d'intérêt économique * Bourses accordées à des doctorants * Prise en compte</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.748</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les exonérations de cotisations sociales dans une zone franche urbaine ne s'appliquent pas aux salariés employés sur des chantiers extérieurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 06, pp.1151</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Haro sur le régime social des indépendants : vive le régime général !</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.791</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription de l'action en remboursement des trop-perçus dans le régime minier de sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 06, pp.993</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Enfant mineur étranger * Situation irrégulière * Soins d'urgence * Établissement hospitalier * CPAM * Commission départementale d'aide sociale</w:t>
+              <w:t xml:space="preserve">, 2008, 02, pp.390</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident du travail : pas de modification rétroactive du taux de cotisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 04, pp.766</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">Anomalies de tarification * Indemnités journalières * Prestations indues * Caisse primaire * Recouvrement * Absence de mise en demeure</w:t>
+              <w:t xml:space="preserve">, 2007, 02, pp.360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une caisse primaire d'assurance maladie doit rembourser les déplacements d'une personne qui travaille dans un centre d'aide par le travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 01, pp.179</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cotisations * Calcul * Taux brut individuel * Valeur du risque * Période triennale de référence * Décès du salarié</w:t>
+              <w:t xml:space="preserve">, 2007, 05, pp.911</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en cause de l'organisme social dans le cadre d'une procédure d'indemnisation des victimes d'infractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 03, pp.570</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">Assurances maladie - maternité * Activité rémunérée * Absence d'autorisation médicale * Pénalité * Appréciation par le juge * Limites</w:t>
+              <w:t xml:space="preserve">, 2007, 06, pp.1119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une clinique, mandataire rémunérée pour le recouvrement des honoraires des médecins exerçant auprès d'elle, doit attirer leur attention sur la portée rétroactive d'une jurisprudence leur ouvrant désormais droit à la perception d'une somme forfaitaire complémentaire auprès des caisses primaires d'assurance maladie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 05, pp.963</w:t>
-[...731 lines deleted...]
-                <w:t xml:space="preserve">Arrêt de travail * Indemnisation * Prolongation * Conditions * Limites * Médecin prescripteur * Médecin traitant * Club sportif</w:t>
+              <w:t xml:space="preserve">, 2007, 05, pp.902</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remise de pénalités et bonne foi de l'employeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 04, pp.777</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Médecin conventionné * Exercice libéral * Chef d'exploitation agricole * Activité secondaire * Double affiliation</w:t>
+              <w:t xml:space="preserve">, 2007, 03, pp.553</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conséquences d'un avis favorable du comité régional de reconnaissance des maladies professionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 03, pp.582</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Urssaf * Salarié * Demande de régularisation * Employeur * Précompte * Prestations sociales * Montant</w:t>
+              <w:t xml:space="preserve">, 2007, 02, pp.359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contribution des employeurs destinées au financement de certains régimes de retraite n'est soumise ni à la CSG ni à la CRDS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 01, pp.194</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Salarié * Action en justice * Prescription * Point de départ * Incapacité permanente partielle * Complément d'indemnité * Capital</w:t>
+              <w:t xml:space="preserve">, 2007, 03, pp.549</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Fonds de cessation anticipée d'activité des travailleurs de l'amiante (FCAATA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 01, pp.193</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Complément de libre choix du mode de garde * Attribution * Recours à une association agréée * Obligation</w:t>
+              <w:t xml:space="preserve">, 2007, 01, pp.135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection sociale des travailleurs indépendants à la lumière de la jurisprudence récente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 03, pp.579</w:t>
-[...524 lines deleted...]
-                <w:t xml:space="preserve">Les contours juridiques de la notion d'« avantage » social</w:t>
+              <w:t xml:space="preserve">, 2007, 05, pp.869</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une caisse de sécurité sociale qui ne comparaît pas alors qu'elle est appelée en déclaration de jugement commun ne peut faire valoir des demandes nouvelles en appel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 03, pp.528</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">La lutte contre la précarité en milieu rural</w:t>
+              <w:t xml:space="preserve">, 2007, 05, pp.914</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affiliation au régime général de la sécurité sociale d'un conjoint d'une personne handicapée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 02, pp.254</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">Prestation de compensation du handicap * Victime d'infraction * Liquidation du préjudice * Indemnité à recevoir * Fonds de garantie * Exception dilatoire</w:t>
+              <w:t xml:space="preserve">, 2007, 03, pp.547</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en charge des maladie professionnelles des agents hosppitaliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 02, pp.385</w:t>
-[...524 lines deleted...]
-                <w:t xml:space="preserve">Caisse primaire * Prise en charge * Employeur * Opposabilité * Faute inexcusable * Comité régional</w:t>
+              <w:t xml:space="preserve">, 2007, 01, pp.162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le salarié et les congés payés : un contentieux intarissable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 06, pp.642</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02198773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fractionnement des congés payés (c. trav., art. L. 223-8) et le contrôle de la Chambre sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 35, pp.2426</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02209495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Caisse des dépôts et consignations et la protection sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 06, pp.1173</w:t>
-[...317 lines deleted...]
-                <w:t xml:space="preserve">Non-salarié agricole * Majorations de retard * Demande de remise * Bonne foi du cotisant * Date d'appréciation</w:t>
+              <w:t xml:space="preserve">, 2006, 05, pp.895</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime social des indépendants (RSI) et l'interlocuteur social unique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tauran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 01, pp.196</w:t>
-[...12181 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2006, 02, pp.302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02236575v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-02236622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -35272,51 +35272,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="580AA962"/>
+    <w:nsid w:val="890E6AFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -35503,51 +35503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-tauran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/082329737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05521365v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tauran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05521364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437382v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437381v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205150v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077183v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077182v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205149v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776336v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470375v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470373v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627480v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836182v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567487v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667238v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627483v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627481v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836183v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667246v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667245v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567489v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627482v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776338v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776337v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667239v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179428v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04345702v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04345703v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03995608v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251211v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090259v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251212v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179424v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588785v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754994v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588786v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04267703v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Haravon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Descamps" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Asquinazi-Bailleux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coursier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649960v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03902184v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705984v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754993v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832500v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705985v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754990v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649962v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500421v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218681v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500420v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157912v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407283v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264699v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407286v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218680v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264700v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264697v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314698v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500422v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314699v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407287v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876100v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876101v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02930025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565666v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565667v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497551v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063788v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876099v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565664v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497550v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449972v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449948v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449950v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401034v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401140v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401135v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401145v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401113v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401055v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401064v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401022v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400972v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400943v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marchand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400779v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401107v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401101v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401069v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400978v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450012v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449985v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400937v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401121v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401078v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450013v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400993v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400965v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449949v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400632v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401080v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400910v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401083v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449973v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449929v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401088v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401126v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450014v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401139v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401011v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400986v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401043v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401146v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401003v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401153v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449975v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449974v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400957v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400950v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400913v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401098v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400919v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401128v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401156v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400616v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449931v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400917v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449984v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401092v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401117v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401149v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401103v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409631v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237721v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237720v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410182v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410093v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409651v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237694v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400699v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Raynal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410060v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237659v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409576v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410137v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409668v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409950v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237709v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237692v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237642v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237670v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409863v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410185v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409830v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409763v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410126v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409971v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410116v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410106v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409618v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409692v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409540v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237708v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237671v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237707v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237644v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410012v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409960v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409936v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409563v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237656v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410003v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410133v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410174v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410099v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410192v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237672v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237658v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237643v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409873v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410128v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409983v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410121v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409792v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409681v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409787v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409752v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409847v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409778v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410164v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410022v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410016v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410089v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237693v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237657v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237706v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409720v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409769v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409723v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409741v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400627v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409800v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410081v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410033v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410055v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409733v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418921v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418910v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419054v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419079v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419110v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237633v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237601v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237586v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410304v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410295v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237555v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237560v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237610v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400721v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418948v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418975v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400708v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419409v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237600v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237634v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237573v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410318v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410283v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410261v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419382v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418867v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410253v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237596v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237574v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418953v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418946v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410214v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410224v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410309v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237585v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418982v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418882v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418931v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419370v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237611v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419101v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419040v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237572v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237565v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237559v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410306v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410235v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410314v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419402v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418836v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410228v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410239v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410269v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410280v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400738v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237635v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237625v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237598v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400714v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410273v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237558v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237584v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419088v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400734v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410244v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237612v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419574v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419706v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419500v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419807v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419702v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419556v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419606v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419511v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419570v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419586v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237515v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237505v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237474v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237473v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237503v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419582v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419713v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419723v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419490v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419494v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419544v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419878v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237500v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419518v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419484v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400750v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237481v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419838v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419616v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419843v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237488v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419869v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419534v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419530v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419515v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419562v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419596v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419612v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237545v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419497v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419894v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419897v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419861v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237475v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237547v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237546v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237531v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237528v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237516v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237504v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419887v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419800v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419730v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419553v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419538v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419523v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237486v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237477v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Borgetto" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237514v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400745v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400756v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237479v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237438v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237437v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237407v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237419v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237440v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237389v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237420v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01929826v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237372v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237421v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237408v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237373v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928809v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237390v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237454v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237453v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237439v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237410v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237406v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237405v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01929820v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237374v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237452v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237344v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237311v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237346v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237266v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237280v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237310v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237281v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237331v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237298v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928803v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237296v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237312v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928815v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Finidori" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237264v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237332v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237307v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237265v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928808v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237345v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237330v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237176v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237216v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237204v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237203v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237227v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237229v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930077v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930062v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237228v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237247v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919928v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237190v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237202v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237243v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237215v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237175v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919924v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919925v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237217v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01915073v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237174v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237248v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237193v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237094v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237138v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237126v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237111v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237086v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237085v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237095v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237155v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237108v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237156v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237137v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237110v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237139v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237152v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237128v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237112v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237027v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237003v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237023v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237001v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236998v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237057v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237041v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237013v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237070v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237026v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237046v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237015v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236948v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236987v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236938v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236917v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236909v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236971v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236935v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236910v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199198v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236939v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236926v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236927v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236952v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236853v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199103v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199071v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236883v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199127v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199090v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236865v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236837v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236820v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199165v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236821v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236888v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236864v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236851v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236852v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236814v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236867v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236878v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236879v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236746v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236769v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236762v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236758v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236796v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198972v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236757v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236733v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236786v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236766v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236767v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236745v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236800v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236747v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236756v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236794v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236788v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236801v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236764v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236651v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236666v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236702v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236665v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236699v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236716v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236678v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236677v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236648v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236676v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236697v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236703v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236575v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198773v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209495v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236622v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01905343v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01905264v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01887384v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Collard" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grimonprez" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Travely" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-tauran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/082329737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05521365v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tauran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05521364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437382v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437381v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205150v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077183v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077182v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205149v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667238v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567487v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836182v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667246v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667245v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627481v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627483v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836183v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567488v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470375v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470373v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627480v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567489v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627482v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776338v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776337v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836181v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776336v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04345702v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179428v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04345703v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03995608v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251211v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179424v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251212v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090259v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04267703v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Haravon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Descamps" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Asquinazi-Bailleux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coursier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03902184v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649960v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754992v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754994v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588786v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705984v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705983v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754993v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832500v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705985v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754990v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649962v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03649961v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588787v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588785v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264699v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407283v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407286v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407284v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264700v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218680v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500420v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157912v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264697v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314698v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314697v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500422v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407287v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03314699v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500421v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218681v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02930025v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565667v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565666v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876100v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876101v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497551v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063788v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02876099v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565664v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497550v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400993v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400965v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450013v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401069v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400978v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401078v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450012v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400937v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401121v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449985v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401126v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401080v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400910v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400632v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401088v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449929v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400943v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marchand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401022v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401107v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401101v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400779v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449933v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450014v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401139v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401011v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400986v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401043v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401146v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401003v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401153v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449975v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449932v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449974v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400957v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400950v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400913v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401098v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400919v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401128v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400616v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400917v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401103v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401117v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401092v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401149v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401156v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449984v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449931v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449950v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449948v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449972v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401135v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401113v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401064v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401034v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401145v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401140v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02401055v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409540v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409618v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237708v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409692v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410116v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410106v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237709v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237692v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237670v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237642v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410185v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409830v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409863v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409763v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410126v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409971v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410012v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410192v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409563v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410174v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409936v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410099v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410003v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237656v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237644v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237707v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237671v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409960v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410133v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237659v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409576v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409668v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410060v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410137v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409950v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Raynal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237672v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237658v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409873v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410128v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409983v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410121v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409792v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409681v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409787v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409752v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409847v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409778v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410164v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410022v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410016v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410089v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237693v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237657v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237706v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409723v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409720v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409769v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409741v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409800v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410033v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400627v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410055v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410081v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409733v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410093v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237721v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237720v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237694v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409631v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410182v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02409651v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418946v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418953v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237574v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237596v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237585v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410214v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410309v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237573v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418867v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419382v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410283v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410318v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410261v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410253v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419370v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418982v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418931v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237611v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418882v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237600v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237634v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418948v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418975v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419409v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400708v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400721v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419101v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419040v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237572v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237565v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237559v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410306v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410235v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410314v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419402v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418836v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410228v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410239v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410269v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410280v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400738v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237635v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237625v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237598v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410273v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400714v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400734v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410244v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237612v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419088v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237584v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237558v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419079v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419110v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418910v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02418921v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419054v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237633v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237610v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237601v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237560v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237555v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410304v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02410295v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237586v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419518v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419484v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419838v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400750v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237481v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419723v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419490v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419582v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419494v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419713v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237500v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419878v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419544v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419616v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419843v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237488v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237473v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237515v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237503v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237505v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237474v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419702v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419570v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419556v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419807v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419606v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419511v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419586v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419869v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419534v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419530v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419515v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419562v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419596v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419612v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237545v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419497v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419894v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419897v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419861v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237475v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237547v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237546v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237531v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237528v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237516v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237504v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400745v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02400756v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419538v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419553v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419523v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419730v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419800v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419887v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237477v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Borgetto" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237514v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237486v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237479v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419500v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419706v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02419574v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237372v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01929826v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237440v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237420v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237389v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237373v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237421v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237408v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237419v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928809v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237390v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237454v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237453v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237439v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237410v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237406v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237405v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237452v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237374v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01929820v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237407v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237437v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237438v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928803v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237298v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237312v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237296v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237310v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237280v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237331v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237281v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928815v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Finidori" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237264v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237332v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237307v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237265v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237330v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237345v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01928808v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237346v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237344v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237311v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237266v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237247v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237228v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919928v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930077v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930062v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237229v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237227v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237190v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237203v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237216v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237204v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237202v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237243v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237215v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237175v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919924v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919925v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237217v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01915073v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237193v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237174v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237248v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237176v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237155v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237095v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237137v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237110v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237108v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237156v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237086v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237085v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237111v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237126v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237139v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237152v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237128v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237112v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237138v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237094v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237057v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237041v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236998v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237070v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237013v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237001v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237023v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237003v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237027v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237026v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237015v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237046v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236917v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236909v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236971v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236987v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236938v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236935v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236910v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199198v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236939v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236952v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236927v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236926v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236948v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236883v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199090v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199127v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199103v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199071v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199165v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236821v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236837v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236820v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236865v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236853v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236888v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236864v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236851v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236852v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236814v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236867v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236879v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236878v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236757v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236733v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198972v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236766v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236756v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236800v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236747v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236786v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236767v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236745v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236796v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236758v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236794v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236788v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236801v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236764v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236762v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236769v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236746v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236666v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236702v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236716v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236699v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236678v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236665v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236677v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236648v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236697v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236703v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236676v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236651v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198773v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209495v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236622v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236575v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01905343v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01905264v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01887384v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Collard" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grimonprez" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Travely" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>