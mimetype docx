--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -200,338 +200,338 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing prevalence of warm monomictic lakes in France over six decades under climate change</w:t>
+                <w:t xml:space="preserve">Water permanence and connectivity are key drivers of high-mountain pond communities along altitudinal gradients in the French Alps and Pyrenees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najwa Sharaf</w:t>
+                <w:t xml:space="preserve">M. Lamouille-Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Prats</w:t>
+                <w:t xml:space="preserve">F. Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
+                <w:t xml:space="preserve">Aurélien Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Baudoin</w:t>
+                <w:t xml:space="preserve">N. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Morin</w:t>
+                <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climatic Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 179 (1), pp.12. </w:t>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 853, pp.1951-1974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10584-025-04095-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10750-025-06009-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450797v1</w:t>
+                <w:t xml:space="preserve">hal-05454426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water permanence and connectivity are key drivers of high-mountain pond communities along altitudinal gradients in the French Alps and Pyrenees</w:t>
+                <w:t xml:space="preserve">Increasing prevalence of warm monomictic lakes in France over six decades under climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lamouille-Hébert</w:t>
+                <w:t xml:space="preserve">Najwa Sharaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Arthaud</w:t>
+                <w:t xml:space="preserve">Jordi Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Besnard</w:t>
+                <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Reynaud</w:t>
+                <w:t xml:space="preserve">Jean-Marc Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Tormos</w:t>
+                <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrobiologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Climatic Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 179 (1), pp.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10750-025-06009-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10584-025-04095-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05454426v1</w:t>
+                <w:t xml:space="preserve">hal-05450797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lake SkyWater—A Portable Buoy for Measuring Water-Leaving Radiance in Lakes Under Optimal Geometric Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Coqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Peroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -738,64 +738,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A long-term dataset of simulated epilimnion and hypolimnion temperatures in 401 French lakes (1959-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Sharaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -870,459 +870,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACIX-Aqua: A global assessment of atmospheric correction methods for Landsat-8 and Sentinel-2 over lakes, rivers, and coastal waters</w:t>
+                <w:t xml:space="preserve">ARPEGES: A Bayesian Belief Network to Assess the Risk of Pesticide Contamination for the River Network of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nima Pahlevan</w:t>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Mangin</w:t>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sundarabalan V Balasubramanian</w:t>
+                <w:t xml:space="preserve">Veronique Gouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brandon Smith</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Krista Alikas</w:t>
+                <w:t xml:space="preserve">Guy Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112366⟩</w:t>
+              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (1), pp.188-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ieam.4343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03318738v1</w:t>
+                <w:t xml:space="preserve">hal-03128742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARPEGES: A Bayesian Belief Network to Assess the Risk of Pesticide Contamination for the River Network of France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand la surveillance des plans d’eau prendra de la hauteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Harmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Piffady</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thierry Tormos</w:t>
+                <w:t xml:space="preserve">Morin Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ieam.4343⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.114-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2021.4.21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03128742v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03616972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la surveillance des plans d’eau prendra de la hauteur</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
+                <w:t xml:space="preserve">ACIX-Aqua: A global assessment of atmospheric correction methods for Landsat-8 and Sentinel-2 over lakes, rivers, and coastal waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Pahlevan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sundarabalan V Balasubramanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Harmel</w:t>
+                <w:t xml:space="preserve">Brandon Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morin Guillaume</w:t>
+                <w:t xml:space="preserve">Krista Alikas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.114-123. </w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 258, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2021.4.21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03616972v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The thermal behaviour of French water bodies: From ponds to Lake Geneva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roubeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1330,51 +1330,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Great Lakes Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 46 (4), pp.718-731. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1408,51 +1408,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunglint correction of the Multi-Spectral Instrument (MSI)-SENTINEL-2 imagery over inland and sea waters from SWIR bands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1460,51 +1460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 204, pp.308-321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1551,90 +1551,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LakeSST: Lake Skin Surface Temperature in French inland water bodies for 1999-2016 from Landsat archives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rebière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Peroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth System Science Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (2), pp.727-743. </w:t>
@@ -1787,333 +1787,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling river system impairments in stream networks with an integrated risk approach</w:t>
+                <w:t xml:space="preserve">Very high spatial resolution optical and radar imagery in tracking water level fluctuations of a small inland reservoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. van Looy</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">R.N. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P.A. Danis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38, pp.36-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jag.2014.12.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00267-015-0477-1⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602324v1</w:t>
+                <w:t xml:space="preserve">hal-02600900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very high spatial resolution optical and radar imagery in tracking water level fluctuations of a small inland reservoir</w:t>
+                <w:t xml:space="preserve">Unravelling river system impairments in stream networks with an integrated risk approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.N. Simon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.A. Danis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jag.2014.12.007⟩</w:t>
+              <w:t xml:space="preserve">Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (6), pp.1343-1353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00267-015-0477-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02600900v1</w:t>
+                <w:t xml:space="preserve">hal-02602324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution land cover data improve understanding of mechanistic linkages with stream integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2179,411 +2179,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographic object based image analysis using very high spatial and temporal resolution radar and optical imagery in tracking water level fluctuations in a freshwater reservoir</w:t>
+                <w:t xml:space="preserve">Disentangling dam impacts in river networks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.N. Simon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P.A. Danis</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Souchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">South-Eastern European Journal of Earth Observation and Geomatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37, p. 10 - p. 20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2013.10.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058519v1</w:t>
+                <w:t xml:space="preserve">hal-00916423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrieving water surface temperature from archive LANDSAT thermal infrared data: Application of the mono-channel atmospheric correction algorithm over two freshwater reservoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.N. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 30, pp.247-250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jag.2014.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling dam impacts in river networks.</w:t>
+                <w:t xml:space="preserve">Geographic object based image analysis using very high spatial and temporal resolution radar and optical imagery in tracking water level fluctuations in a freshwater reservoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. van Looy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">R.N. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Souchon</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">South-Eastern European Journal of Earth Observation and Geomatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (2S), p. 287 - p. 291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2013.10.006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00916423v1</w:t>
+                <w:t xml:space="preserve">hal-01058519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corridor fluvial : des trames déjà en place à renforcer et à protéger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Piffady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Souchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14, p. 30 - p. 35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2643,51 +2643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gauroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bougon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Carluer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2742,90 +2742,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated modelling of functional and structural connectivity of river corridors for European otter recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Piffady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cavillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2876,90 +2876,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A scale-sensitive connectivity analysis to identify ecological networks and conservation value in river networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cavillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Piffady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3010,103 +3010,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of riparian forest for the aquatic ecosystem assessed at a large geographic scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ferréol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 408 (06), 14 p. </w:t>
@@ -3144,51 +3144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object-based image analysis for operational fine-scale regional mapping of land cover within river corridors from multispectral imagery and thematic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3278,90 +3278,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are generalist and specialist species influenced differently by anthropogenic stressors and physical environment of riparian corridors?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cavillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Piffady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3412,51 +3412,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the quantification of land cover pressure on stream ecological status at the riparian scale using High Spatial Resolution Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3513,4499 +3513,492 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pce.2010.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00671408v1</w:t>
-              </w:r>
-[...4005 lines deleted...]
-                <w:t xml:space="preserve">hal-02588671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LEON-BLOOM project - Origin, spatial and temporal dynamics of cyanobacteria blooms in lake Léon, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gwilherm Jan</w:t>
+                <w:t xml:space="preserve">OPTILAC: Toward an operational in situ radiometric network in French lakes for remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Olazabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Peroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium of e-TOX network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cestas, Gazinet, France</w:t>
+              <w:t xml:space="preserve">International Workshop on High-Resolution Thermal Earth Observation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05098881v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05484056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTILAC: Toward an operational in situ radiometric network in French lakes for remote sensing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tristan Harmel</w:t>
+                <w:t xml:space="preserve">LEON-BLOOM project - Origin, spatial and temporal dynamics of cyanobacteria blooms in lake Léon, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Jamoneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bertrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on High-Resolution Thermal Earth Observation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Symposium of e-TOX network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cestas, Gazinet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05484056v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lake SkyWater - a portable optical buoy for easily measuring water-leaving radiance in lakes based on the skylight-blocked approach (SBA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Coqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Peroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienne, Austria. 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05483387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating water quality products for inland waters at a country scale: a hybrid approach for a future surveillance service of french territories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8020,860 +4013,860 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEAN OPTICS XXVI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Las palmas de gran canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TELQUEL project : Calibrating bio-optical models for retrieving ecological parameters of lakes from SENTINEL-2 and LANDSAT 8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOCS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Lisbone, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TELQUEL project : Atmosphere and sunglint correction of Landsat-8 and Sentinel-2 data for water quality monitoring of lakes Bioindicators View project New tools to improve knowledge of nutrients fluxes entering and outgoing lakes View project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Ocean Colour Science (IOCS) meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Lisbon, Portugal. 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.13244.95369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation of SENTINEL-2 time series for monitoring ecological quality parameters of french lakes and reservoirs (TELQUEL project)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Harmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Living Planet Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Pragues, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02991680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleiades and radar imagery in tracking water level fluctuations in reservoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.N. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Danis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pléiades Days 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Toulouse, France. pp.1, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can ecological status be summarized for an operational Pressures/States model ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.G. Tournoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU (European Geosciences Union) General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An operational methodology for riparian land cover fine scale regional mapping for the study of landscape influence on river ecological status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, San Francisco, United States. pp.1, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floodplain vegetation response to interannual flood regime through coupled in situ and remote sensing data: application on the lower Volga river (Russia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Balyuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INWRA World Water Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Montpellier, France. pp.1, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broad scale characterization of land use along river corridor using remote sensing imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8901,1172 +4894,5392 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Vienne, Austria. pp.1, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using low resolution remote sensing data to detect changes in wetlands of Volga-Akhtuba floodplain (Russia) after flow regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Balyuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU -Remote Sensing of Rivers: Methods, Applications, and Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Vienne, Austria. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance des Effets du Changement Climatique sur les Ecosystèmes Lacustres (SECCELA) - RNT, Télédétection et Modélisation (Rapport d’étape 2023)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Tormos</w:t>
+                <w:t xml:space="preserve">Operational monitoring of the water quality of French lakes and rivers from space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume P Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Dusart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Buratti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fassot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Karam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04919580v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Living Planet Symposium (LPS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi par télédétection de la température de surface de l'eau : Bilan &amp; Perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Sentinel-2 light extinction data on lake temperature profile simulations in the 1D hydrodynamic General Lake Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Sharaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume P. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Orabona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05530353v1</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Living Planet Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi par télédétection du marnage : Bilan &amp; Perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water clarity derived from multispectral imagery by semi-analytical algorithm in association with optical water types to classify inland waters into ecological classes: sensitivity study case in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Harmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Coqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05530376v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-20537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Document d'interprétation d'ARPEGES : relations entre vulnérabilités intrinsèques et conditions pédoclimatiques</w:t>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-02607525v1</w:t>
+                <w:t xml:space="preserve">Cartographie à partir de l'imagerie Pléiades des troncs morts émergents sur un grand réservoir tropical : La retenue de Petit-Saut, Guyane française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Horn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webminaire de Solstice 2025 - Dinamis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DataTerra - Dinamis, Jun 2025, Web-conférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indicateurs spatialisés du fonctionnement des corridors rivulaires</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">hal-02599341v1</w:t>
+                <w:t xml:space="preserve">RNT-PE : le réseau national de suivi à haute fréquence de la température des plans d'eau français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Peroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rebière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Diouloufet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changements globaux et zones humides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Pierre Vérots, Sep 2024, Villars-lès-Dombes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de faisabilité sur l'impact des ouvrages transversaux sur la biologie des cours d’eau en France à partir du référentiel des obstacles à l’écoulement (ROE)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">hal-02599371v1</w:t>
+                <w:t xml:space="preserve">Télédétection de la température de surface de la mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Autret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Thématique Interpôles Données, Méthodes et Services pour le Littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, THEIA - ODATIS, Apr 2024, Lorient, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05507637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARPEGES : Analyse de Risque PEsticides pour la Gestion des Eaux de Surface. Evaluation du risque de contamination par les produits phytosanitaires des masses d’eau de surface, Irstea-Onema</w:t>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-02598190v1</w:t>
+                <w:t xml:space="preserve">Télédétection de la couleur des eaux continentales, littorales et côtières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Doxaran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Thématique Interpôles Données, Méthodes et Services pour le Littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, THEIA - ODATIS, Apr 2024, Lorient, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05507965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plan « écophyto 2018 » et État écologique des cours d’eau ; Pourra-t-on avec les réseaux DCE actuels établir un bilan général de l’effet de ce plan?</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">hal-02596875v1</w:t>
+                <w:t xml:space="preserve">L’observation des écosystèmes lacustres en France : du suivi au transfert des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinaire AFL Changement Climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Limnologie, Jun 2024, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport méthodologique sur l'évaluation par télédétection de l’état des corridors rivulaires à large échelle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+                <w:t xml:space="preserve">Léon-Bloom : Etude sur l’origine du développement des cyanobactéries dans l’étang de Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Jamoneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bertrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02596874v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lac Naturels Atlantique : Observer pour s"adapter - Journée Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence de l'Eau Adour Garonne, Mar 2024, Lacanau-Océan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Léon-Bloom : Etude sur l’origine du développement des cyanobactéries dans l’étang de Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Jamoneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bertrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conseil des utilisateurs de la Plateforme d'Expérimentation et d'Observation sur les Ecosystèmes Aquatiques - CSU XPO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Cestas Gazinet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ARPEGES : a Bayesian Belief Network to help stakeholders assessing the risk of contamination of surface water by pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gouy-Boussada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Adoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU general Assembly 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienna (Autriche), Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal characteristics of French water bodies: from small ponds to Lake Léman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Roubeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th European Large Lakes Symposium and 1st joint meeting with the International Association of Great Lakes Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Évian, France. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LakeSST: a satellite-derived water surface temperature data set to study the thermal behaviour of French water bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Peroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rebière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th IAHR Europe Congress "New Challenges in Hydraulic Research and Engineering"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Trente, Italy. pp.437-438, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3850/978-981-11-2731-1_203-cd⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02068772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GRS processor: Glint removal for Sentinel-2 scheme and application to Sentinel -2 and Landsat-5, 7, 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Harmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CEOS-WGCV ACIX II - CMIX: Atmospheric Correction Inter-comparison Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Adelphi, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water temperature in French inland water bodies through models and satellite data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rebiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXIII SIL Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Torino, Italy. pp.226-226</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02604566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploiting satelitte image time series for monitoring ecological quality parameters of french reservoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Harmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malik Chami</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Workshop on the Analysis of Multitemporal Remote Sensing Images (Multi-Temp)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Annecy, France. pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02605528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ARPEGES, a method to assess the risk of surface waters contamination by pesticides at the national scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Malavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bougon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Le Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th European conference in pesticides and related organic micropollutants in the environment and 14th symposium in chemistry and fate of modern pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Ionnina, Greece. pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Object-Based Image Analysis for Characterization of Riparian Areas over Broad Territories using Multisource Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Geographical Object based image analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Thessaloniki, Greece. pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Populations and river landscape resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th European conference on ecological restoration, SER 2014 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Oulu, Finland. pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GEOBIA using very high spatial and temporal resolution radar and optical imagery in tracking water level fluctuations in a freshwater reservoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.N. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Geographical Object based image analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Thessaloniki, Greece. pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La continuité écologique des cours d'eau : caractérisation et liens avec la biologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">École thématique CNRS Approche interdisciplinaire de la Trame verte et Bleue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Rennes, France. pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of the hydromorphological impact. Hierarchical audit of hydromorphological pressures and alterations (France scale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chandesris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cis ecostat hydromorphology workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Brussels, Belgium. pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OBIA for combining LiDAR and multispectral data to characterize forested areas and land cover in a tropical region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Laine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference on Geographic Object-Based Image Analysis (GEOBIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Rio de Janeiro, Brazil. 7 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact de la fragmentation des corridors et des ouvrages transversaux sur le milieu aquatique mis en évidence à large échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ferreol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Internationales de Limnologie, Biodiversité et fonctionnement des écosystèmes aquatiques - Impact des changements globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Clermont-Ferrand, France. pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An OBIA for fine-scale land cover spatial analysis over broad territories: demonstration through riparian corridor and artificial sprawl studies in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference on Geographic Object-Based Image Analysis (GEOBIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Rio de Janeiro, Brazil. 6 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remote sensing and GIS techniques for assessing and prioritising riparian corridor restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">River Corridor Restoration Conference 2011, Performance control of restoration projects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Ascona, Switzerland. pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remote sensing and GIS techniques for large-scale assessment of the relative impacts of land cover pressures on macroinvertebrate communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium for European Freshwater sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Girona, Italy. pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remotely sensed riparian corridor indicators in relation to ecological status of rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IAVS Lyon 2011, special session Biodiversity and functioning of riparian habitats: indicators of change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lyon, France. pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data quality for a consistent assessment of water quality: example of IBGN datasets Saône catchment in France, a tool for trend analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.G. Tournoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Symposium for European Freshwater Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Girona, Spain. pp.19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construyendo nuevos indicadores de estado ecológico a través de la teledetección. Assessingthe role of riparian vegetation and land use on river ecological status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RICOVER: Evaluacion del estado ecologico de los rios en el ambito del sudoeste europeo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Mérida, Spain. pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the role of riparian vegetation and land use on river ecological status using remote sensing and spatial modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SER : Proceedings 7th European Conference on Ecological Restoration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Avignon, France. 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00688625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of training sampling protocol and of feature space optimization methods on supervised classification results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Golden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Barcelona, Spain. pp.2030-2033, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2007.4423229⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02590584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of remote sensing for the spatial analysis of land use in river corridors to model relationship between land use pressures and ecological status of rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Wasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Man and River System II, Paris, 4-6 Décembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02588671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indicateurs spatialisés de l'impact de l'occupation du sol dans le corridor rivulaire sur l'état écologique des cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Wasson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées IALE, France 2006, 3 ème journées de l'Association Française de l'Ecologie du Paysage, Rennes, 7 au 10 novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02588447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of Multi-Platform-sensing for characterisation of land use in river corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Wasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Society for Photogrammetric and Remote Sensing, Commission 1 symposium, Paris, 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02588069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remote-sensing for the spatial analysis of land use in river corridors and its impact on the ecological status of rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Wasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU Hydrological Sciences, Vienne, AUT, 2-7 avril 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02588068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveillance des Effets du Changement Climatique sur les Ecosystèmes Lacustres (SECCELA) - RNT, Télédétection et Modélisation (Rapport d’étape 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Sharaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pôle R&amp;D ECLA. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi par télédétection de la qualité de l’eau : Bilan &amp; Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume P Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Harmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Coqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pôle R&amp;D ECLA (OFB, Inrae, USMB). 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi par télédétection de la température de surface de l'eau : Bilan &amp; Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pôle R&amp;D ECLA (OFB, Inrae, USMB). 2024, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi par télédétection du marnage : Bilan &amp; Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pôle R&amp;D ECLA (OFB, Inrae, USMB). 2024, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Document d'interprétation d'ARPEGES : relations entre vulnérabilités intrinsèques et conditions pédoclimatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Malavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indicateurs spatialisés du fonctionnement des corridors rivulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2013, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude de faisabilité sur l'impact des ouvrages transversaux sur la biologie des cours d’eau en France à partir du référentiel des obstacles à l’écoulement (ROE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Looy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irstea. 2012, pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ARPEGES : Analyse de Risque PEsticides pour la Gestion des Eaux de Surface. Evaluation du risque de contamination par les produits phytosanitaires des masses d’eau de surface, Irstea-Onema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gauroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Piffady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bougon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2012, pp.103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plan « écophyto 2018 » et État écologique des cours d’eau ; Pourra-t-on avec les réseaux DCE actuels établir un bilan général de l’effet de ce plan?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bougon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport méthodologique sur l'évaluation par télédétection de l’état des corridors rivulaires à large échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. G. Wasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Protocole V1. Extraction des corridors rivulaires des plans d'eau par télédétection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Alleaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Buitrago-Acevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Argillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2008, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10076,65 +10289,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de la température de surface des lacs en France hexagonale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Sharaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10155,244 +10368,244 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalie Bruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, https://naturefrance.fr/indicateurs/evolution-de-la-temperature-de-surface-des-lacs-en-france-hexagonale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intercalibration of revised classification method for lake macrophytes in France - Alpine Geographical Intercalibration Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bertrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héctor Rodríguez-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riparian vegetation and river ecological status : contribution of high spatial resolution imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, pp.96-97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10402,150 +10615,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catchment Scale Analysis of the Influence of Riparian Vegetation on River Ecological Integrity Using Earth Observation Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. van Looy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Souchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Observation of Ecosystem Services, Alcaraz-Segura, D., Di Bella, C. M., Straschnoy, J. V.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRC Press, pp.201-226, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10555,100 +10768,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse à l'échelle régionale de l'impact de l'occupation du sol dans les corridors rivulaires sur l'état écologique des cours d'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. AgroParisTech, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010AGPT0100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00560368v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10658,105 +10871,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de caractérisation par télédétection des ripisylves pour l'étude de leur impact sur la qualité écologique des cours d'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tormos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02587382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId239"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10824,51 +11037,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="35C97810"/>
+    <w:nsid w:val="EA67860D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11055,51 +11268,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-tormos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-3477-7365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450797v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Prats" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Danis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baudoin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-025-04095-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454426v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamouille-H&#233;bert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arthaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reynaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tormos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-025-06009-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Coqu&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tormos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25051525" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Bonnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Anneville" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Iestyn Woolway" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Thackeray" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Morin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2024.102372" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04347852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-5631-2023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318738v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Pahlevan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mangin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundarabalan V Balasubramanian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Smith" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Alikas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112366" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128742v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Piffady" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gouy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Henaff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4343" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616972v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Harmel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morin Guillaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2021.4.21" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166974v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roubeix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2020.04.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01628728v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.10.022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818438v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prats" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Peroux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-727-2018" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484156v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris van Looy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Souchon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gilvear" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21513732.2017.1365773" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602324v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Looy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Villeneuve" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valette" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-015-0477-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600900v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Simon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Danis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.12.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMJSTWS1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600899v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kosuth" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.12377" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6AAB7493F0A28C86CA9F6A875E5646E9A21A494D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058519v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599779v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.01.005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6QZXTMDC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916423v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Souchon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2013.10.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.14.06" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601383v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gauroy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bougon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933863v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2013.11.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073015v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-013-9869-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920956v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Villeneuve" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/201304" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596886v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupuy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupuy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2011.637093" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795090v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/remc-2013-0004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671408v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kosuth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Wasson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2010.07.012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166374v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Morin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Orabona" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508740v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dusart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Buratti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fassot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Karam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483405v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20537" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919374v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rebi&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507965v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doxaran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919514v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507637v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Autret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569623v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jamoneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bertrin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boutry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Jan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380168v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868640v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy-Boussada" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le H&#233;naff" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adoir" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993080v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068772v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-2731-1_203-cd" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607886v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roubeix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604566v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605528v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Harmel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600901v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600898v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600902v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Danis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512644v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Malavaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carluer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Henaff" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600903v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597797v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chandesris" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moy" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Baudouin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941801v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597792v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferreol" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941793v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596883v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596884v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lalande" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596881v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596435v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Tournoud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596876v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688625v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Golden" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423229" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588447v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588069v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pella" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588068v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588671v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098881v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484056v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Olazabal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483387v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11069" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507602v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993005v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993024v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13244.95369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991680v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599780v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594859v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594427v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596871v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balyuk" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596885v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596870v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919580v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530353v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manchon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530376v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607525v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599341v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599371v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598190v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596875v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596874v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Wasson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591166v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Buitrago-Acevedo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argillier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919552v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013891v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bescond" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Rodr&#237;guez-P&#233;rez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596872v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00560368v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010AGPT0100" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587382v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thierry-tormos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-3477-7365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454426v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamouille-H&#233;bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arthaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reynaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tormos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-025-06009-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450797v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Prats" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Danis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baudoin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-025-04095-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Coqu&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tormos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25051525" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Bonnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Anneville" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Iestyn Woolway" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Thackeray" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Morin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2024.102372" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04347852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-5631-2023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128742v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Piffady" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gouy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Henaff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4343" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616972v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Harmel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morin Guillaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2021.4.21" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318738v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Pahlevan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mangin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundarabalan V Balasubramanian" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Smith" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Alikas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112366" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166974v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roubeix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2020.04.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01628728v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.10.022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818438v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prats" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Peroux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-727-2018" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484156v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris van Looy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Souchon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gilvear" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21513732.2017.1365773" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600900v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Simon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Danis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.12.007" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMJSTWS1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602324v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Looy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Villeneuve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-015-0477-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600899v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kosuth" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.12377" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6AAB7493F0A28C86CA9F6A875E5646E9A21A494D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916423v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Souchon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2013.10.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599779v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.01.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6QZXTMDC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058519v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.14.06" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601383v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gauroy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bougon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933863v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2013.11.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073015v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-013-9869-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920956v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Villeneuve" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/201304" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596886v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupuy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupuy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2011.637093" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795090v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/remc-2013-0004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671408v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kosuth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Wasson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2010.07.012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484056v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Olazabal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098881v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jamoneau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bertrin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boutry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Jan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483387v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11069" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507602v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Morin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993005v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993024v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13244.95369" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991680v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599780v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594859v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lalande" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Tournoud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594427v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596871v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balyuk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596885v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596870v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508740v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dusart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Buratti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fassot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Karam" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166374v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Orabona" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483405v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20537" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543126v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Horn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919374v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rebi&#232;re" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507637v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Autret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507965v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doxaran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919514v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569623v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380168v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868640v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy-Boussada" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le H&#233;naff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adoir" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607886v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roubeix" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068772v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-2731-1_203-cd" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993080v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604566v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiere" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605528v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Harmel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512644v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Malavaud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carluer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Henaff" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600901v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600898v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600902v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Danis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600903v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597797v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chandesris" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Baudouin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941801v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laine" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597792v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferreol" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941793v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbe" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596883v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596884v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596881v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596435v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596876v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688625v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590584v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Golden" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423229" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588671v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pella" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588447v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588069v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588068v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919580v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530416v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530353v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manchon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530376v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607525v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599341v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599371v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598190v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596875v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596874v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Wasson" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591166v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Buitrago-Acevedo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argillier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04919552v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013891v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bescond" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Rodr&#237;guez-P&#233;rez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596872v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599343v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00560368v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010AGPT0100" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587382v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>