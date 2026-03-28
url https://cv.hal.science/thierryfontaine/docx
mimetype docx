--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -234,563 +234,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between host humoral pattern recognition molecules controls undue immune responses against Aspergillus fumigatus</w:t>
+                <w:t xml:space="preserve">Elemental sulfur enhances the anti-fungal effect of Lacticaseibacillus rhamnosus Lcr35</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Dellière</w:t>
+                <w:t xml:space="preserve">Manjyot Kaur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Chauvin</w:t>
+                <w:t xml:space="preserve">Sylvie Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
+                <w:t xml:space="preserve">Laurence Ollivier-Nakusi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Gressler</w:t>
+                <w:t xml:space="preserve">Claudia Thoral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Possetti</w:t>
+                <w:t xml:space="preserve">Marjolaine Vareille-Delarbre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (1), pp.6966. </w:t>
+              <w:t xml:space="preserve">Microbes and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (3), pp.105286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-51047-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.micinf.2023.105286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701383v1</w:t>
+                <w:t xml:space="preserve">hal-04400500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elemental sulfur enhances the anti-fungal effect of Lacticaseibacillus rhamnosus Lcr35</w:t>
+                <w:t xml:space="preserve">Interplay between host humoral pattern recognition molecules controls undue immune responses against Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manjyot Kaur</w:t>
+                <w:t xml:space="preserve">Sarah Dellière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Miquel</w:t>
+                <w:t xml:space="preserve">Camille Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Ollivier-Nakusi</w:t>
+                <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Thoral</w:t>
+                <w:t xml:space="preserve">Markus Gressler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Vareille-Delarbre</w:t>
+                <w:t xml:space="preserve">Valentina Possetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26 (3), pp.105286. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.6966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.micinf.2023.105286⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-51047-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400500v1</w:t>
+                <w:t xml:space="preserve">hal-04701383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CD56-mediated activation of human natural killer cells is triggered by Aspergillus fumigatus galactosaminogalactan</w:t>
+                <w:t xml:space="preserve">β-1,6-Glucan plays a central role in the structure and remodeling of the bilaminate fungal cell wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Heilig</w:t>
+                <w:t xml:space="preserve">Clara Bekirian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fariha Natasha</w:t>
+                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nora Trinks</w:t>
+                <w:t xml:space="preserve">Sophie Bachellier-Bassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vishukumar Aimanianda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
+                <w:t xml:space="preserve">Cyril Scandola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. I. Guijarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012315⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.100569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701398v1</w:t>
+                <w:t xml:space="preserve">pasteur-05271836v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β-1,6-Glucan plays a central role in the structure and remodeling of the bilaminate fungal cell wall</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CD56-mediated activation of human natural killer cells is triggered by Aspergillus fumigatus galactosaminogalactan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
+                <w:t xml:space="preserve">Linda Heilig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bachellier-Bassi</w:t>
+                <w:t xml:space="preserve">Fariha Natasha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Scandola</w:t>
+                <w:t xml:space="preserve">Nora Trinks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. I. Guijarro</w:t>
+                <w:t xml:space="preserve">Vishukumar Aimanianda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13, </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (6), pp.e1012315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.100569⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05271836v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to “Fungal cell wall components modulate our immune system” [Cell Surf. 7 (2021) 100067]</w:t>
               </w:r>
@@ -1034,161 +1034,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05104880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The C-Type Lectin Receptor Dectin-2 Is a Receptor for Aspergillus fumigatus Galactomannan</w:t>
+                <w:t xml:space="preserve">Bacterial capsular polysaccharides with antibiofilm activity share common biophysical and electrokinetic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Reedy</w:t>
+                <w:t xml:space="preserve">Joaquín Bayard-Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arianne Crossen</w:t>
+                <w:t xml:space="preserve">Jérôme Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paige Negoro</w:t>
+                <w:t xml:space="preserve">Marina Brossaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Brown Harding</w:t>
+                <w:t xml:space="preserve">Audrey Beaussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Ward</w:t>
+                <w:t xml:space="preserve">Celine Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.e0318422. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.2553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mbio.03184-22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-37925-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04131664v1</w:t>
+                <w:t xml:space="preserve">hal-03805110v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspergillus fumigatus Can Display Persistence to the Fungicidal Drug Voriconazole</w:t>
               </w:r>
@@ -1302,472 +1302,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04131659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conidium Specific Polysaccharides in Aspergillus fumigatus</w:t>
+                <w:t xml:space="preserve">The C-Type Lectin Receptor Dectin-2 Is a Receptor for Aspergillus fumigatus Galactomannan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhonghua Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
+                <w:t xml:space="preserve">Jennifer Reedy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy A Le Meur</w:t>
+                <w:t xml:space="preserve">Arianne Crossen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Simenel</w:t>
+                <w:t xml:space="preserve">Paige Negoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Iñaki Guijarro</w:t>
+                <w:t xml:space="preserve">Hannah Brown Harding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jof9020155⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.e0318422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.03184-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03988574v1</w:t>
+                <w:t xml:space="preserve">pasteur-04131664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The New GPI-Anchored Protein, SwgA, Is Involved in Nitrogen Metabolism in the Pathogenic Filamentous Fungus Aspergillus fumigatus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conidium Specific Polysaccharides in Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Flamant</w:t>
+                <w:t xml:space="preserve">Zhonghua Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Beau</w:t>
+                <w:t xml:space="preserve">Rémy A Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mike Bromley</w:t>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Moya-Nilges</w:t>
+                <w:t xml:space="preserve">J. Iñaki Guijarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 9 (2), pp.256. </w:t>
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jof9020256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof9020155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04131611v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03988574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial capsular polysaccharides with antibiofilm activity share common biophysical and electrokinetic properties</w:t>
+                <w:t xml:space="preserve">The New GPI-Anchored Protein, SwgA, Is Involved in Nitrogen Metabolism in the Pathogenic Filamentous Fungus Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquín Bayard-Bernal</w:t>
+                <w:t xml:space="preserve">Marketa Samalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Thiebaud</w:t>
+                <w:t xml:space="preserve">Patricia Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Brossaud</w:t>
+                <w:t xml:space="preserve">Rémi Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Beaussart</w:t>
+                <w:t xml:space="preserve">Mike Bromley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Caillet</w:t>
+                <w:t xml:space="preserve">Maryse Moya-Nilges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.2553. </w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-37925-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof9020256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03805110v2</w:t>
+                <w:t xml:space="preserve">pasteur-04131611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surfactant protein D inhibits growth, alters cell surface polysaccharide exposure and immune activation potential of Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Dellière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Schiefermeier-Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2242,51 +2242,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Genomic and Biochemical Analysis Reveals Pleiotropic Effect of Congo Red on Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shriya Raj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2370,658 +2370,658 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03230545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotinylated Oligo-α-(1 → 4)- d -galactosamines and Their N-Acetylated Derivatives: α-Stereoselective Synthesis and Immunology Application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential of Chemically Synthesized Oligosaccharides To Define the Carbohydrate Moieties of the Fungal Cell Wall Responsible for the Human Immune Response, Using Aspergillus fumigatus Galactomannan as a Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Kazakova</w:t>
+                <w:t xml:space="preserve">Vadim Krylov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Yashunsky</w:t>
+                <w:t xml:space="preserve">Dmitry Argunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vadim Krylov</w:t>
+                <w:t xml:space="preserve">Alexander Karelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Bouchara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Murielle Cornet</w:t>
+                <w:t xml:space="preserve">Jean-Phillipe Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.9b11703⟩</w:t>
+              <w:t xml:space="preserve">MSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (1), pp.e00688-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mSphere.00688-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483263v1</w:t>
+                <w:t xml:space="preserve">hal-02483291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotinylated Oligo-α-(1 → 4)- d -galactosamines and Their N-Acetylated Derivatives: α-Stereoselective Synthesis and Immunology Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Kazakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Yashunsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Kazakova</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vadim Krylov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 142 (3), pp.1175-1179. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.9b11703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05272003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galactosaminogalactan activates the inflammasome to provide host protection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Biotinylated Oligo-α-(1 → 4)- d -galactosamines and Their N-Acetylated Derivatives: α-Stereoselective Synthesis and Immunology Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Kazakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Yashunsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Krylov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parimal Samir</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Place</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Muszkieta</w:t>
+                <w:t xml:space="preserve">Murielle Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 142 (3), pp.1175-1179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.9b11703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-020-2996-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03163638v1</w:t>
+                <w:t xml:space="preserve">hal-02483263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galactomannan produced by Aspergillus fumigatus: an update on the structure, Biosynthesis and biological functions of an emblematic fungal biomarker</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Galactosaminogalactan activates the inflammasome to provide host protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Parimal Samir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Place</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Muszkieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jof6040283⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 588 (7839), pp.688-692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-020-2996-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03254734v1</w:t>
+                <w:t xml:space="preserve">hal-03163638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Chemically Synthesized Oligosaccharides To Define the Carbohydrate Moieties of the Fungal Cell Wall Responsible for the Human Immune Response, Using Aspergillus fumigatus Galactomannan as a Model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexander Karelin</w:t>
+                <w:t xml:space="preserve">Galactomannan produced by Aspergillus fumigatus: an update on the structure, Biosynthesis and biological functions of an emblematic fungal biomarker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Phillipe Bouchara</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (1), pp.e00688-19. </w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (4), pp.283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mSphere.00688-19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof6040283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02483291v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03254734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoration of the enterococcal polysaccharide antigen EPA is essential for virulence, cell surface charge and interaction with effectors of the innate immune system</w:t>
               </w:r>
@@ -3141,77 +3141,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Glycosylphosphatidylinositol-Anchored DFG Family Is Essential for the Insertion of Galactomannan into the β-(1,3)-Glucan-Chitin Core of the Cell Wall of Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Muszkieta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mouyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3269,351 +3269,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two KTR Mannosyltransferases Are Responsible for the Biosynthesis of Cell Wall Mannans and Control Polarized Growth in Aspergillus fumigatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Definition of the Anti-inflammatory Oligosaccharides Derived From the Galactosaminogalactan (GAG) From Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Gressler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Henry</w:t>
+                <w:t xml:space="preserve">Christoph Heddergott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jizhou Li</w:t>
+                <w:t xml:space="preserve">Inés C. N'Go</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Danion</w:t>
+                <w:t xml:space="preserve">Giorgia Renga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Alcazar-Fuoli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilia Mellado</w:t>
+                <w:t xml:space="preserve">Vasilis Oikonomou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mBio.02647-18⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Frontiers in Cellular and Infection Microbiology, 9, pp.365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2019.00365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03264608v1</w:t>
+                <w:t xml:space="preserve">hal-03044465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of the Anti-inflammatory Oligosaccharides Derived From the Galactosaminogalactan (GAG) From Aspergillus fumigatus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Markus Gressler</w:t>
+                <w:t xml:space="preserve">Two KTR Mannosyltransferases Are Responsible for the Biosynthesis of Cell Wall Mannans and Control Polarized Growth in Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Heddergott</w:t>
+                <w:t xml:space="preserve">Jizhou Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inés C. N'Go</w:t>
+                <w:t xml:space="preserve">François Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Renga</w:t>
+                <w:t xml:space="preserve">Laura Alcazar-Fuoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasilis Oikonomou</w:t>
+                <w:t xml:space="preserve">Emilia Mellado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Frontiers in Cellular and Infection Microbiology, 9, pp.365. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.e02647-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2019.00365⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mBio.02647-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044465v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03264608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycosylphosphatidylinositol Anchors from Galactomannan and GPI-Anchored Protein Are Synthesized by Distinct Pathways in Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jizhou Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mouyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Moyrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3805,295 +3805,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of CD4 Lymphopenia and Defective Neutrophil Functions in a Patient with Amebiasis Associated with CMV Reactivation and Severe Bacterial and Fungal Infections</w:t>
+                <w:t xml:space="preserve">Modifications to the composition of the hyphal outer layer of Aspergillus fumigatus modulates HUVEC proteins related to inflammatory and stress responses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Ghrenassia</w:t>
+                <w:t xml:space="preserve">Gabriela Westerlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Guihot</w:t>
+                <w:t xml:space="preserve">Nathália de Andrade Curty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuan Dong</w:t>
+                <w:t xml:space="preserve">Paula Helena Kubitschek-Barreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Robinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Gustavo Henrique Martins Ferreirasouza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, pp.203. </w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 151, pp.83 - 96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.00203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2016.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01492551v1</w:t>
+                <w:t xml:space="preserve">pasteur-01725635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspergillus fumigatus Cell Wall α-(1,3)-Glucan Stimulates Regulatory T-Cell Polarization by Inducing PD-L1 Expression on Human Dendritic Cells</w:t>
+                <w:t xml:space="preserve">First Report of CD4 Lymphopenia and Defective Neutrophil Functions in a Patient with Amebiasis Associated with CMV Reactivation and Severe Bacterial and Fungal Infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Stephen-Victor</w:t>
+                <w:t xml:space="preserve">Etienne Ghrenassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anupama Karnam</w:t>
+                <w:t xml:space="preserve">Amelie Guihot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mrinmoy Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 216 (10), pp.1281-1294. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/infdis/jix469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.00203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02455452v1</w:t>
+                <w:t xml:space="preserve">hal-01492551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sphingolipids from the human fungal pathogen Aspergillus fumigatus.</w:t>
               </w:r>
@@ -4151,217 +4151,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01580433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications to the composition of the hyphal outer layer of Aspergillus fumigatus modulates HUVEC proteins related to inflammatory and stress responses.</w:t>
+                <w:t xml:space="preserve">Aspergillus fumigatus Cell Wall α-(1,3)-Glucan Stimulates Regulatory T-Cell Polarization by Inducing PD-L1 Expression on Human Dendritic Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Westerlund</w:t>
+                <w:t xml:space="preserve">Emmanuel Stephen-Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathália de Andrade Curty</w:t>
+                <w:t xml:space="preserve">Anupama Karnam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Helena Kubitschek-Barreira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Anne Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Henrique Martins Ferreirasouza</w:t>
+                <w:t xml:space="preserve">Mrinmoy Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 151, pp.83 - 96. </w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 216 (10), pp.1281-1294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2016.06.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jix469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01725635v1</w:t>
+                <w:t xml:space="preserve">inserm-02455452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset of differentially regulated proteins in HUVECs challenged with wild type and UGM1 mutant Aspergillus fumigatus strains.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Westerlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalia Curty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Helena Kubitschek-Barreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4438,64 +4438,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galactosaminogalactan of Aspergillus fumigatus, a bioactive fungal polymer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Muszkieta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4542,103 +4542,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosynthesis of cell wall mannan in the conidium and the mycelium of Aspergillus fumigatus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Henry</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christoph Heddergott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vishukumar Aimanianda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (12), pp.1881-1891. </w:t>
@@ -4702,51 +4702,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Günter Rambach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4944,51 +4944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale biophysical properties of the cell surface galactosaminogalactan from the fungal pathogen Aspergillus fumigatus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Beaussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane El-Kirat-Chatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5068,857 +5068,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01725348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspergillus Cell Wall and Biofilm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Beauvais</w:t>
+                <w:t xml:space="preserve">Enzymic Studies of the Distribution Pattern of 4- O -Methylglucuronic Acid Residues in Glucuronoxylans from Sunflower Hulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bazus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycopathologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11046-014-9766-0⟩</w:t>
+              <w:t xml:space="preserve">Bioscience, Biotechnology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 56 (3), pp.508-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1271/bbb.56.508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02515872v1</w:t>
+                <w:t xml:space="preserve">hal-04748921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A polysaccharide virulence factor from Aspergillus fumigatus elicits anti-inflammatory effects through induction of Interleukin-1 receptor antagonist.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aspergillus Cell Wall and Biofilm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishukumar Aimanianda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Latge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003936⟩</w:t>
+              <w:t xml:space="preserve">Mycopathologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 178 (5-6), pp.371-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11046-014-9766-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01721887v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02515872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical organization of the cell wall polysaccharide core of Malassezia restricta.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A polysaccharide virulence factor from Aspergillus fumigatus elicits anti-inflammatory effects through induction of Interleukin-1 receptor antagonist.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark S. Gresnigt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Stalhberger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Simenel</w:t>
+                <w:t xml:space="preserve">Silvia Bozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Clavaud</w:t>
+                <w:t xml:space="preserve">Katharina L. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent G H Eijsink</w:t>
+                <w:t xml:space="preserve">Leo A.B. Joosten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Jourdain</w:t>
+                <w:t xml:space="preserve">Shahla Abdollahi-Roodsaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 289 (18), pp.12647 - 12656. </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (3), pp.e1003936. </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M113.547034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01723701v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01721887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A polysaccharide virulence factor of a human fungal pathogen induces neutrophil apoptosis via NK cells.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemical organization of the cell wall polysaccharide core of Malassezia restricta.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Baychelier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Thomas Stalhberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucine Picard</w:t>
+                <w:t xml:space="preserve">Cécile Clavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Debré</w:t>
+                <w:t xml:space="preserve">Vincent G H Eijsink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1303180⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 289 (18), pp.12647 - 12656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M113.547034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01724671v1</w:t>
+                <w:t xml:space="preserve">pasteur-01723701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlapping and distinct roles of Aspergillus fumigatus UDP-glucose 4-epimerases in galactose metabolism and the synthesis of galactose-containing cell wall polysaccharides.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert P. Cerone</w:t>
+                <w:t xml:space="preserve">A polysaccharide virulence factor of a human fungal pathogen induces neutrophil apoptosis via NK cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefanie D. Baptista</w:t>
+                <w:t xml:space="preserve">Florence Baychelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo V. Campoli</w:t>
+                <w:t xml:space="preserve">Capucine Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Debré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M113.522516⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 192 (11), pp.5332 - 5342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1303180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01725157v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01724671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymic Studies of the Distribution Pattern of 4- O -Methylglucuronic Acid Residues in Glucuronoxylans from Sunflower Hulls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bazus</w:t>
+                <w:t xml:space="preserve">Overlapping and distinct roles of Aspergillus fumigatus UDP-glucose 4-epimerases in galactose metabolism and the synthesis of galactose-containing cell wall polysaccharides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark J. Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice N. Gravelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Rigal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Robert P. Cerone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Fournet</w:t>
+                <w:t xml:space="preserve">Stefanie D. Baptista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Gosselin</w:t>
+                <w:t xml:space="preserve">Paolo V. Campoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioscience, Biotechnology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 56 (3), pp.508-509. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 289 (3), pp.1243 - 1256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1271/bbb.56.508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M113.522516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748921v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01725157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspergillus Galactosaminogalactan Mediates Adherence to Host Constituents and Conceals Hyphal β-Glucan from the Immune System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gravelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6289,51 +6289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Delangle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6391,1673 +6391,1673 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01721100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β(1,3)-Glucanosyl-Transferase Activity Is Essential for Cell Wall Integrity and Viability of Schizosaccharomyces pombe</w:t>
+                <w:t xml:space="preserve">β(1-3)Glucanosyltransferase Gel4p Is Essential for Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria de Medina-Redondo</w:t>
+                <w:t xml:space="preserve">Amandine Gastebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolanda Arnáiz-Pita</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.-P. Latge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0014046⟩</w:t>
+              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (8), pp.1294 - 1298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/EC.00107-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01719931v1</w:t>
+                <w:t xml:space="preserve">pasteur-01709216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell wall α1-3glucans induce the aggregation of germinating conidia of Aspergillus fumigatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative functional analysis of the OCH1 mannosyltransferase families in Aspergillus fumigatus and Saccharomyces cerevisiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Lambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Perkhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fgb.2010.04.006⟩</w:t>
+              <w:t xml:space="preserve">Yeast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (8), pp.625-636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/yea.1798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01719601v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01719916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a new β(1-3)glucan branching activity of Aspergillus fumigatus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Coddeville</w:t>
+                <w:t xml:space="preserve">Disruption of the Bcchs3a chitin synthase gene in Botrytis cinerea is responsible for altered adhesion and overstimulation of host plant immunity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Arbelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Malfatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Simond-Côte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Desquilbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M109.077545⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (10), pp.1324-1334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-02-10-0046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01709918v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01719950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β(1-3)Glucanosyltransferase Gel4p Is Essential for Aspergillus fumigatus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Gastebois</w:t>
+                <w:t xml:space="preserve">β(1,3)-Glucanosyl-Transferase Activity Is Essential for Cell Wall Integrity and Viability of Schizosaccharomyces pombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria de Medina-Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Arnáiz-Pita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Clavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco del Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/EC.00107-10⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (11), pp.e14046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0014046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01709216v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01719931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative functional analysis of the OCH1 mannosyltransferase families in Aspergillus fumigatus and Saccharomyces cerevisiae</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cell wall α1-3glucans induce the aggregation of germinating conidia of Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Loussert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit B. Thevenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus C. Fulgsang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yeast</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/yea.1798⟩</w:t>
+              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 47 (8), pp.707 - 712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fgb.2010.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01719916v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01719601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruption of the Bcchs3a chitin synthase gene in Botrytis cinerea is responsible for altered adhesion and overstimulation of host plant immunity.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loic Desquilbet</w:t>
+                <w:t xml:space="preserve">Characterization of a new β(1-3)glucan branching activity of Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gastebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Clavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 23 (10), pp.1324-1334. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 285 (4), pp.2386 - 2396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/MPMI-02-10-0046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M109.077545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01719950v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01709918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galactofuranose attenuates cellular adhesion of Aspergillus fumigatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cell wall beta-(1,6)-glucan of Saccharomyces cerevisiae: structural characterization and in situ synthesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishukumar Aimanianda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Clavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Lamarre</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joanne Wong Sak Hoi</w:t>
+                <w:t xml:space="preserve">Muriel Delepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2009.01352.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 284 (20), pp.13401-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M807667200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666297v1</w:t>
+                <w:t xml:space="preserve">pasteur-00512054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of glucuronic acid containing glycolipid in Aspergillus fumigatus mycelium.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Galactofuranose attenuates cellular adhesion of Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Balloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Coddeville</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Wong Sak Hoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2009.07.012⟩</w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11 (11), pp.1612-1623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2009.01352.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00512059v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mechanisms of yeast cell wall glucan remodeling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sharon Shepherd</w:t>
+                <w:t xml:space="preserve">Characterization of glucuronic acid containing glycolipid in Aspergillus fumigatus mycelium.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Lambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M807990200⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 344 (15), pp.1960-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2009.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01709962v1</w:t>
+                <w:t xml:space="preserve">pasteur-00512059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell wall beta-(1,6)-glucan of Saccharomyces cerevisiae: structural characterization and in situ synthesis.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Molecular mechanisms of yeast cell wall glucan remodeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Hurtado-Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander W Schüttelkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel F.M. Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Delepierre</w:t>
+                <w:t xml:space="preserve">Sharon Shepherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 284 (20), pp.13401-12. </w:t>
+              <w:t xml:space="preserve">, 2009, 284 (13), pp.8461 - 8469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M807667200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M807990200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00512054v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01709962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycosylinositolphosphoceramides in Aspergillus fumigatus.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;UGE1&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;UGE2&amp;lt;/i&amp;gt; Regulate the UDP-Glucose/UDP-Galactose Equilibrium in &amp;lt;i&amp;gt;Cryptococcus neoformans&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Moyrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Janbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwm122⟩</w:t>
+              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7 (12), pp.2069 - 2077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/ec.00189-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00366203v1</w:t>
+                <w:t xml:space="preserve">pasteur-04901340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;UGE1&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;UGE2&amp;lt;/i&amp;gt; Regulate the UDP-Glucose/UDP-Galactose Equilibrium in &amp;lt;i&amp;gt;Cryptococcus neoformans&amp;lt;/i&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Lafontaine</w:t>
+                <w:t xml:space="preserve">Glycosylinositolphosphoceramides in Aspergillus fumigatus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Delepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Janbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 7 (12), pp.2069 - 2077. </w:t>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (1), pp.84-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/ec.00189-08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwm122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04901340v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00366203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic capsule gene disruption reveals the central role of galactose metabolism on &amp;lt;i&amp;gt;Cryptococcus neoformans&amp;lt;/i&amp;gt; virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Moyrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Janbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 64 (3), pp.771 - 781. </w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8767,177 +8767,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01710765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial SLH domain proteins are non-covalently anchored to the cell surface via a conserved mechanism involving wall polysaccharide pyruvylation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GPI-anchored glucanosyltransferases play an active role in the biosynthesis of the cell wall of yeast and filamentous fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Vai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mesnage</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Michèle Mock</w:t>
+                <w:t xml:space="preserve">William A. Fonzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/emboj/19.17.4473⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 275 (20), pp.14882-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.275.20.14882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00370366v1</w:t>
+                <w:t xml:space="preserve">pasteur-01711035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the catalytic residues of the first family of beta(1-3)glucanosyltransferases identified in fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mouyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8986,699 +8986,699 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Léchenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 347 (3), pp.741-747. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1042/bj3470741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01711043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPI-anchored glucanosyltransferases play an active role in the biosynthesis of the cell wall of yeast and filamentous fungi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+                <w:t xml:space="preserve">Bacterial SLH domain proteins are non-covalently anchored to the cell surface via a conserved mechanism involving wall polysaccharide pyruvylation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mesnage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Monod</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tâm Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Delepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William A. Fonzi</w:t>
+                <w:t xml:space="preserve">Michèle Mock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 275 (20), pp.14882-9. </w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 19 (17), pp.4473-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.275.20.14882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/emboj/19.17.4473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01711035v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00370366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of two glycosylated components of Mycoplasma penetrans: a surface-exposed capsular polysaccharide and a glycolipid fraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A b(1-3) glucanosyltransferase isolated from the cell wall of Aspergillus fumigatus is an homolog of the yeast BGL2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Neyrolles</w:t>
+                <w:t xml:space="preserve">Robert P. Hartland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Brenner</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Luc Montagnier</w:t>
+                <w:t xml:space="preserve">Michel Diaquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 144 (5), pp.1247-1255. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/00221287-144-5-1247⟩</w:t>
+              <w:t xml:space="preserve">, 1998, 144, pp.3171-3180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/00221287-144-11-3171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04748990v1</w:t>
+                <w:t xml:space="preserve">pasteur-00372577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A b(1-3) glucanosyltransferase isolated from the cell wall of Aspergillus fumigatus is an homolog of the yeast BGL2</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mouyna</w:t>
+                <w:t xml:space="preserve">Identification of two glycosylated components of Mycoplasma penetrans: a surface-exposed capsular polysaccharide and a glycolipid fraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Neyrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert P. Hartland</w:t>
+                <w:t xml:space="preserve">Marie-Christine Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Diaquin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Simenel</w:t>
+                <w:t xml:space="preserve">Luc Montagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 144, pp.3171-3180. </w:t>
+              <w:t xml:space="preserve">, 1998, 144 (5), pp.1247-1255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/00221287-144-11-3171⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/00221287-144-5-1247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00372577v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04748990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification and Characterization of an Endo‐1,3‐β‐Glucanase from Aspergillus fumigatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular characterization of the Aspergillus nidulans treA gene encoding an acid trehalase required for growth on trehalose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe d'Enfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean‐paul Latge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1432-1033.1997.0315a.x⟩</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 24 (1), pp.203-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.1997.3131693.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04748982v1</w:t>
+                <w:t xml:space="preserve">pasteur-04748988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of the Aspergillus nidulans treA gene encoding an acid trehalase required for growth on trehalose</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purification and Characterization of an Endo‐1,3‐β‐Glucanase from Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robbert Hartland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Diaquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe d'Enfert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+                <w:t xml:space="preserve">Jean‐paul Latge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 24 (1), pp.203-216. </w:t>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 243 (1-2), pp.315-321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.1997.3131693.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1432-1033.1997.0315a.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04748988v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04748982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential patterns of activity displayed by two exo-beta-1,3-glucanases associated with the Aspergillus fumigatus cell wall.</w:t>
               </w:r>
@@ -9690,77 +9690,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robbert P. Hartland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Diaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Latgé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 179 (10), pp.3154-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9833,64 +9833,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Debeaupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Simenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Delepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 271 (43), pp.26843-9. </w:t>
@@ -9922,524 +9922,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-00376441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipopolysaccharides from six strains of Acetobacter diazotrophicus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differentiation of Capsular Polysaccharides from Acetobacter diazotrophicus Strains Isolated from Sugarcane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marília Penteado Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Debarbieux</w:t>
+                <w:t xml:space="preserve">José Osvaldo Previato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Osvaldo Previato</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucia Mendonça-Préviato</w:t>
+                <w:t xml:space="preserve">Lúcia Mendonça-Previato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.1995.tb07808.x⟩</w:t>
+              <w:t xml:space="preserve">Microbiology and Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 39 (4), pp.237-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1348-0421.1995.tb02195.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03165709v1</w:t>
+                <w:t xml:space="preserve">hal-04748972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiation of Capsular Polysaccharides from Acetobacter diazotrophicus Strains Isolated from Sugarcane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lipopolysaccharides from six strains of Acetobacter diazotrophicus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilia Penteado Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marília Penteado Stephan</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+                <w:t xml:space="preserve">Laurent Debarbieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Osvaldo Previato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lúcia Mendonça-Previato</w:t>
+                <w:t xml:space="preserve">Lucia Mendonça-Préviato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology and Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 39 (4), pp.237-242. </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 132 (1-2), pp.45-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1348-0421.1995.tb02195.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.1995.tb07808.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748972v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an understanding of the biogenesis of the starch granule. Determination of granule-bound and soluble starch synthase functions in amylopectin synthesis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new procedure for the reduction of uronic acid containing polysaccharides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Maddelein</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yannis Karamanos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0021-9258(17)31510-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 20 (2), pp.149-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0167-7012(94)90017-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748951v1</w:t>
+                <w:t xml:space="preserve">hal-04748964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new procedure for the reduction of uronic acid containing polysaccharides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Fournet</w:t>
+                <w:t xml:space="preserve">Toward an understanding of the biogenesis of the starch granule. Determination of granule-bound and soluble starch synthase functions in amylopectin synthesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Maddelein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Libessart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Karamanos</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B Delrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C d'Hulst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0167-7012(94)90017-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 269 (40), pp.25150-25157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0021-9258(17)31510-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04748964v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production, isolation and preliminary characterization of the exopolysaccharide of the cyanobacterium Spirulina platensis</w:t>
               </w:r>
@@ -10580,64 +10580,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an understanding of the biogenesis of the starch granule. Evidence that Chlamydomonas soluble starch synthase II controls the synthesis of intermediate size glucans of amylopectin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C d'Hulst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Maddelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10701,51 +10701,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waxy Chlamydomonas reinhardtii: monocellular algal mutants defective in amylose biosynthesis and granule-bound starch synthase activity accumulate a structurally modified amylopectin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Delrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10874,51 +10874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Talmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy G.S. Dutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fournet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 199 (2), pp.154-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11133,51 +11133,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701392v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malitha Dickwella Widanage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isha Gautam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daipayan Sarkar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mentink-Vigier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Vermaas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50799-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701383v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sze Wah Wong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gressler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Possetti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51047-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04400500v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjyot Kaur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ollivier-Nakusi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Thoral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille-Delarbre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2023.105286" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Heilig" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariha Natasha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Trinks" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishukumar Aimanianda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012315" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05271836v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bekirian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Valsecchi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bachellier-Bassi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Scandola" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I. Guijarro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.100569" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04658500v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Briard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fontaine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirumala-Devi Kanneganti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil A.R. Gow" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2024.100119" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05104880v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Schmidt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mondino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gomez-Valero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Escoll" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle P A Mascarenhas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012534" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131664v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Reedy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianne Crossen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paige Negoro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Brown Harding" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Ward" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03184-22" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131659v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Scott" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Valero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Mato-L&#243;pez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Donaldson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Rold&#225;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04770-22" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03988574v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghua Liu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A Le Meur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Simenel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I&#241;aki Guijarro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9020155" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131611v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Samalova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Flamant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Beau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bromley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Moya-Nilges" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9020256" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03805110v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Bayard-Bernal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brossaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Caillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37925-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929013v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Schiefermeier-Mach" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Lechner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Perkhofer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2022.100072" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03264639v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Herkersdorf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kr&#252;ger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Wein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne L&#246;ffler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15621" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03501321v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2021.100067" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03501315v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Chakraborty" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyanage Fernando" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia Fang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingzhen Wei" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-26749-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03230545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shriya Raj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman van Rhijn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Fraczek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00863-21" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02483263v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kazakova" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Yashunsky" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Krylov" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouchara" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cornet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b11703" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05272003v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03163638v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parimal Samir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Place" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Muszkieta" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2996-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03254734v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Latg&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof6040283" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02483291v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Argunov" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Karelin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Bouchara" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00688-19" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628940v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E. Smith" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart&#322;omiej Salamaga" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szkuta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Hajdamowicz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz K. Prajsnar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007730" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545847v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mouyna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Samuel Vogt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00397-19" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03264608v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Henry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jizhou Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Danion" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alcazar-Fuoli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mellado" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02647-18" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03044465v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Heddergott" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s C. N'Go" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Renga" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Oikonomou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2019.00365" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331357v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Moyrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof4010019" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886461v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Abbott" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orly Alber" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Bayer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisdair Boraston" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwx089" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01492551v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ghrenassia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Guihot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Dong" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00203" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02455452v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stephen-Victor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Karnam" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauvais" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrinmoy Das" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jix469" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01580433v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.06.012" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725635v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Westerlund" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lia de Andrade Curty" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Helena Kubitschek-Barreira" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Martins Ferreirasouza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2016.06.015" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725418v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Curty" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Martins Ferreira Souza" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.07.062" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3852/15-312" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12665" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725319v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Rambach" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Blum" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Heinekamp" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiv191" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725386v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Lee" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Liu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget M." TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan D. Snarr" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice N. Gravelat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005187" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725348v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane El-Kirat-Chatel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Latge" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves F Dufrene" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nr04399a" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02515872v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-014-9766-0" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721887v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S. Gresnigt" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bozza" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina L. Becker" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo A.B. Joosten" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahla Abdollahi-Roodsaz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003936" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01723701v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stalhberger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clavaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G H Eijsink" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Jourdain" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.547034" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01724671v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baychelier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Picard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Debr&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1303180" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725157v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Cerone" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie D. Baptista" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo V. Campoli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.522516" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748921v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazus" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rigal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fournet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gosselin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1271/bbb.56.508" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01726798v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gravelat" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lee" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003575" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721842v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jawhara" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Habib" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maggiotto" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pignede" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandekerckove" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040648" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02017407v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Travier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnus" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00043-11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721100v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delangle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Coddeville" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra J. van Vliet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002372" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719931v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Medina-Redondo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Arn&#225;iz-Pita" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco del Rey" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014046" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719601v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Loussert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Thevenard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus C. Fulgsang" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2010.04.006" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSQ74MVC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709918v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gastebois" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.077545" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709216v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Latge" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00107-10" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719916v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lambou" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.1798" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719950v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arbelet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Malfatti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Simond-C&#244;te" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Desquilbet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-02-10-0046" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666297v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lamarre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Balloy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Wong Sak Hoi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2009.01352.x" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512059v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2009.07.012" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVBG0659-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709962v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Hurtado-Guerrero" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander W Sch&#252;ttelkopf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel F.M. Ibrahim" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Shepherd" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807990200" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512054v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Delepierre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807667200" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00366203v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwm122" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901340v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lafontaine" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ec.00189-08" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901399v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05695.x" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942380v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Balestrino" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0605399103" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008701v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petres" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Holm" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosario" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2006.04.069" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTJNXKRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093541v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Morelle" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vai" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Monod" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara L&#233;chenne" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2005.04654.x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01710742v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sarfati" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Recco" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/mmy.40.5.455.464" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01710765v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bernard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dubreucq" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Debeaupuis" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-9-2819" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00370366v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mesnage" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;m Mignot" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mock" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.17.4473" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01711043v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3470741" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01711035v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Fonzi" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.20.14882" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748990v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Neyrolles" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brenner" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Prevost" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Montagnier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-5-1247" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00372577v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Hartland" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diaquin" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-11-3171" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748982v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert Hartland" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Latge" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-1033.1997.0315a.x" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748988v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Enfert" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1997.3131693.x" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00372822v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert P. Hartland" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.179.10.3154-3163.1997" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00376441v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.43.26843" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165709v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Penteado Stephan" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Osvaldo Previato" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Mendon&#231;a-Pr&#233;viato" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1995.tb07808.x" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748972v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;lia Penteado Stephan" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia Mendon&#231;a-Previato" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1348-0421.1995.tb02195.x" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748951v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Maddelein" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Libessart" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bellanger" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Delrue" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C d'Hulst" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(17)31510-7" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748964v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-7012(94)90017-5" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L66LH615-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748956v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Filali Mouhim" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Cornet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dubertret" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00138541" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-8F3JP6TS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748947v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Routier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T P&#233;pin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(19)85409-1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748928v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decq" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Wieruszeski" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.174.11.3612-3620.1992" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748912v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Talmont" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G.S. Dutton" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0003-2697(91)90083-6" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KFJNS59T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701392v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malitha Dickwella Widanage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isha Gautam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daipayan Sarkar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mentink-Vigier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Vermaas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50799-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04400500v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjyot Kaur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ollivier-Nakusi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Thoral" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille-Delarbre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2023.105286" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sze Wah Wong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gressler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Possetti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51047-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05271836v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bekirian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Valsecchi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bachellier-Bassi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Scandola" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I. Guijarro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.100569" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701398v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Heilig" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariha Natasha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Trinks" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishukumar Aimanianda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012315" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04658500v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Briard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fontaine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirumala-Devi Kanneganti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil A.R. Gow" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2024.100119" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05104880v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Schmidt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mondino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gomez-Valero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Escoll" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle P A Mascarenhas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012534" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03805110v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Bayard-Bernal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brossaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Caillet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37925-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131659v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Scott" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Valero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Mato-L&#243;pez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Donaldson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Rold&#225;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04770-22" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131664v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Reedy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianne Crossen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paige Negoro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Brown Harding" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Ward" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03184-22" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03988574v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghua Liu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A Le Meur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Simenel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I&#241;aki Guijarro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9020155" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04131611v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Samalova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Flamant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Beau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bromley" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Moya-Nilges" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9020256" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929013v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Schiefermeier-Mach" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Lechner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Perkhofer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2022.100072" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03264639v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Herkersdorf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kr&#252;ger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Wein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne L&#246;ffler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15621" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03501321v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2021.100067" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03501315v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Chakraborty" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyanage Fernando" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia Fang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingzhen Wei" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-26749-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03230545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shriya Raj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman van Rhijn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Fraczek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00863-21" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02483291v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Krylov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Argunov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Karelin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Bouchara" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00688-19" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05272003v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kazakova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Yashunsky" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouchara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cornet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b11703" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02483263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03163638v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parimal Samir" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Place" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Muszkieta" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2996-z" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03254734v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Latg&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof6040283" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628940v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E. Smith" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart&#322;omiej Salamaga" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szkuta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Hajdamowicz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz K. Prajsnar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007730" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545847v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mouyna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Samuel Vogt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00397-19" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03044465v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Heddergott" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s C. N'Go" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Renga" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Oikonomou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2019.00365" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03264608v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Henry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jizhou Li" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Danion" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alcazar-Fuoli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mellado" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02647-18" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331357v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Moyrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof4010019" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886461v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Abbott" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orly Alber" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Bayer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisdair Boraston" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwx089" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725635v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Westerlund" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lia de Andrade Curty" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Helena Kubitschek-Barreira" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Martins Ferreirasouza" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2016.06.015" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01492551v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ghrenassia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Guihot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Dong" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00203" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01580433v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.06.012" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02455452v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stephen-Victor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Karnam" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauvais" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrinmoy Das" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jix469" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725418v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Curty" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Martins Ferreira Souza" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.07.062" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3852/15-312" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12665" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725319v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Rambach" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Blum" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Heinekamp" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiv191" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725386v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Lee" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Liu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget M." TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan D. Snarr" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice N. Gravelat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005187" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725348v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane El-Kirat-Chatel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Latge" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves F Dufrene" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nr04399a" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748921v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazus" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rigal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fournet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gosselin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1271/bbb.56.508" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02515872v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-014-9766-0" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721887v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S. Gresnigt" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bozza" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina L. Becker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo A.B. Joosten" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahla Abdollahi-Roodsaz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003936" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01723701v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stalhberger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clavaud" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G H Eijsink" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Jourdain" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.547034" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01724671v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baychelier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Picard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Debr&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1303180" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01725157v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Cerone" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie D. Baptista" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo V. Campoli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.522516" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01726798v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gravelat" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lee" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003575" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721842v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jawhara" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Habib" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maggiotto" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pignede" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandekerckove" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040648" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02017407v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Travier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnus" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00043-11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01721100v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delangle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Coddeville" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra J. van Vliet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002372" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709216v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gastebois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Latge" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00107-10" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719916v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lambou" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.1798" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719950v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arbelet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Malfatti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Simond-C&#244;te" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Desquilbet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-02-10-0046" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719931v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Medina-Redondo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Arn&#225;iz-Pita" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco del Rey" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014046" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01719601v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Loussert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Thevenard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus C. Fulgsang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2010.04.006" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSQ74MVC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709918v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.077545" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512054v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Delepierre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807667200" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666297v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lamarre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Balloy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Wong Sak Hoi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2009.01352.x" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512059v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2009.07.012" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVBG0659-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01709962v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Hurtado-Guerrero" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander W Sch&#252;ttelkopf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel F.M. Ibrahim" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Shepherd" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807990200" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901340v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lafontaine" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ec.00189-08" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00366203v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwm122" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901399v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05695.x" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942380v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Balestrino" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0605399103" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008701v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petres" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Holm" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosario" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2006.04.069" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTJNXKRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093541v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Morelle" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vai" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Monod" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara L&#233;chenne" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2005.04654.x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01710742v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sarfati" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Recco" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/mmy.40.5.455.464" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01710765v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bernard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dubreucq" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Debeaupuis" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-9-2819" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01711035v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Fonzi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.20.14882" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01711043v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3470741" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00370366v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mesnage" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;m Mignot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mock" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.17.4473" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00372577v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Hartland" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diaquin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-11-3171" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748990v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Neyrolles" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brenner" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Prevost" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Montagnier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-5-1247" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748988v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Enfert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1997.3131693.x" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04748982v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert Hartland" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Latge" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-1033.1997.0315a.x" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00372822v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert P. Hartland" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.179.10.3154-3163.1997" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00376441v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.43.26843" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748972v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;lia Penteado Stephan" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Osvaldo Previato" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia Mendon&#231;a-Previato" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1348-0421.1995.tb02195.x" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165709v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Penteado Stephan" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Mendon&#231;a-Pr&#233;viato" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1995.tb07808.x" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748964v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-7012(94)90017-5" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L66LH615-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748951v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Maddelein" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Libessart" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bellanger" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Delrue" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C d'Hulst" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(17)31510-7" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748956v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Filali Mouhim" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Cornet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dubertret" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00138541" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-8F3JP6TS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748947v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Routier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T P&#233;pin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(19)85409-1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748928v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decq" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Wieruszeski" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.174.11.3612-3620.1992" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748912v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Talmont" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G.S. Dutton" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0003-2697(91)90083-6" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KFJNS59T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>