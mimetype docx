--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -661,567 +661,580 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filmer la pratique des cyclistes pour concevoir une interface de vélomobilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interfaces communicationnelles, imaginaires et pratiques de la vélomobilité électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Equoy Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilo von Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Méthodes Visuelles en Sciences Sociales : Méthodes visuelles et design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad de La Laguna, Nov 2023, Ténérife, Îles Canaries, Espagne</w:t>
+              <w:t xml:space="preserve">IAMCR OCP2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04352477v1</w:t>
+                <w:t xml:space="preserve">hal-05082180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfaces communicationnelles, imaginaires et pratiques de la vélomobilité électrique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Séverine Equoy Hutin</w:t>
+                <w:t xml:space="preserve">Filmer la pratique des cyclistes pour concevoir une interface de vélomobilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAMCR OCP2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque International Méthodes Visuelles en Sciences Sociales : Méthodes visuelles et design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad de La Laguna, Nov 2023, Ténérife, Îles Canaries, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05082180v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04352477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication, territoire et micromobilité : vers un modèle d’analyse des interfaces info-communicationnelles</w:t>
+                <w:t xml:space="preserve">Interfaces info-communicationnelles de la micromobilité : une approche socio-technique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Equoy Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIe congrès de la SFSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Echirolles, France</w:t>
+              <w:t xml:space="preserve">XXIIème Congrès de la SFSIC - Sociétés et espaces en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03499912v1</w:t>
+                <w:t xml:space="preserve">hal-03536409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfaces info-communicationnelles de la micromobilité : une approche socio-technique.</w:t>
+                <w:t xml:space="preserve">Conceptualizing micromobility: its technical essence, its appropriation, and the role of mobile interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Equoy Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIème Congrès de la SFSIC - Sociétés et espaces en mouvement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">71st Annual International Communication Association Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03536409v1</w:t>
+                <w:t xml:space="preserve">hal-03499919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualizing micromobility: its technical essence, its appropriation, and the role of mobile interfaces</w:t>
+                <w:t xml:space="preserve">Communication, territoire et micromobilité : vers un modèle d’analyse des interfaces info-communicationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Equoy Hutin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71st Annual International Communication Association Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, virtual conference, France</w:t>
+              <w:t xml:space="preserve">XXIIe congrès de la SFSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Echirolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03499919v1</w:t>
+                <w:t xml:space="preserve">hal-03931253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication, territoire et micromobilité : vers un modèle d’analyse des interfaces info-communicationnelles</w:t>
               </w:r>
@@ -1242,435 +1255,422 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mariani-Rousset</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIe congrès de la SFSIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Echirolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03931253v1</w:t>
+                <w:t xml:space="preserve">hal-03499912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of privacy mechanisms on self-disclosure and success in Web search</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Privacy Aware Data Access System for Automotive Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Zelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Krauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Hiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Communication Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, San Diego, United States</w:t>
+              <w:t xml:space="preserve">15thescar Europe conference – Embedded Security in Cars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03166265v1</w:t>
+                <w:t xml:space="preserve">hal-03166293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dogs May Bark About Privacy, But Adoption Moves on: Effects of Communication on the Adoption and Use of Wearable Technologies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What really matters is what you like not what you are like. Self-positioning through cultural capital in the social web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Communication Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, San Diago, United States</w:t>
+              <w:t xml:space="preserve">Langue(s) et Culture des Médias Numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Düsseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166110v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03167563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What really matters is what you like not what you are like. Self-positioning through cultural capital in the social web</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Dogs May Bark About Privacy, But Adoption Moves on: Effects of Communication on the Adoption and Use of Wearable Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Trepte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langue(s) et Culture des Médias Numériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Düsseldorf, Germany</w:t>
+              <w:t xml:space="preserve">International Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, San Diago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03167563v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Privacy Aware Data Access System for Automotive Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Zelle</w:t>
+                <w:t xml:space="preserve">Effects of privacy mechanisms on self-disclosure and success in Web search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilo von Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Krauss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thilo von Pape</w:t>
+                <w:t xml:space="preserve">L. Hiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15thescar Europe conference – Embedded Security in Cars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">International Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166293v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2033,51 +2033,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595565v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo von Pape" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Domenget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Equoy-Hutin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mariani-Rousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buhler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283869v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jth.2021.101131" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164843v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311271v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Humphreys" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Karnowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcc4.12019" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01476630v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.416" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04352477v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082180v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hur&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Equoy Hutin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03499912v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536409v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03499919v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03931253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166265v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hiller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166110v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trepte" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167563v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166293v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01476654v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165537v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595565v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo von Pape" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Domenget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Equoy-Hutin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mariani-Rousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buhler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283869v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jth.2021.101131" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164843v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311271v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Humphreys" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Karnowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcc4.12019" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01476630v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.416" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082180v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hur&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Equoy Hutin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04352477v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536409v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03499919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03931253v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03499912v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166293v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167563v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166110v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trepte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166265v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hiller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01476654v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165537v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>