--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -75,8028 +75,8283 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
-[...5380 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the environnemental microbial community from the fish sector on L. monocytogenes biofilm formation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Graziella Midelet</w:t>
+                <w:t xml:space="preserve">IMPACT DU RÉSISTOME ET DU MOBILOME SUR LA FORMATION DES BIOFILMS DE VIBRIO PARAHAEMOLYTICUS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berdous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Briandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROBE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFM, Sep 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">MICROBES 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de microbiologie, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05421578v1</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIFFÉRENCIATION PAR SPECTROSCOPIE RAMAN DES ÉTATS DE VIABILITÉ DE BACILLUS CEREUS EXPOSÉ À UN STRESS SALIN OU DÉSINFECTANT</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Graziella Midelet</w:t>
+                <w:t xml:space="preserve">New Insights into Resistome and Biofilm relationship in Vibrio parahaemolyticus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dumaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berdous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Briandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpecMa2025: Spectroscopie et microscopie du milieu marin, environnement et interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Journée des doctorant de l'ANSES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Maison -Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05421624v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a better understanding of the ecology of Listeria monocytogenes in pork processing facilities</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+                <w:t xml:space="preserve">Influence of the environnemental microbial community from the fish sector on L. monocytogenes biofilm formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Bellay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kahina Slimani</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Delporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janushan Christy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Safepork 2025, 6-8 octobre 2025, Rennes, France, 2 pages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ifip; Anses; Oniris; Inrae, Oct 2025, Rennes (FR), France</w:t>
+              <w:t xml:space="preserve">MICROBE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFM, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05482681v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into Resistome and Biofilm relationship in Vibrio parahaemolyticus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Briandet</w:t>
+                <w:t xml:space="preserve">DIFFÉRENCIATION PAR SPECTROSCOPIE RAMAN DES ÉTATS DE VIABILITÉ DE BACILLUS CEREUS EXPOSÉ À UN STRESS SALIN OU DÉSINFECTANT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abedini Darius Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorant de l'ANSES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Maison -Alfort, France</w:t>
+              <w:t xml:space="preserve">SpecMa2025: Spectroscopie et microscopie du milieu marin, environnement et interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422182v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMPACT DU RÉSISTOME ET DU MOBILOME SUR LA FORMATION DES BIOFILMS DE VIBRIO PARAHAEMOLYTICUS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+                <w:t xml:space="preserve">Towards a better understanding of the ecology of Listeria monocytogenes in pork processing facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Fremaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Bellay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROBES 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française de microbiologie, Sep 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">15th Safepork 2025, 6-8 octobre 2025, Rennes, France, 2 pages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ifip; Anses; Oniris; Inrae, Oct 2025, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422241v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05482681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiotic resistance of Vibrio parahaemolyticus strains isolated from seafood products</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Détermination de l'état de viabilité de listeria monocytogènes par microspectroscopie Raman-Dip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius Lucas Abedini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Debuiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Graziella Midelet</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Jean Ducloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAFP 2024 European Symposium on Food Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Food Protection, Apr 2024, Genève (Suisse), Switzerland</w:t>
+              <w:t xml:space="preserve">Journée Doctorale 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR Campus de la Mer, Oct 2024, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979948v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occurrence, diversité génétique et capacité de formation de biofilms des souches de Listeria monocytogenes issues de trois filières agroalimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Bellay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Frémaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Feurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Champigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Hanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICROBE 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFM, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence, diversité génétique et capacité de formation de biofilm des souches de Listeria monocytogenes issues de trois filières agroalimentaires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+                <w:t xml:space="preserve">Antibiotic resistance of Vibrio parahaemolyticus strains isolated from seafood products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROBES 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française de microbiologie, Oct 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">IAFP 2024 European Symposium on Food Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Food Protection, Apr 2024, Genève (Suisse), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827871v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des désinfectants sur la viabilité bactérienne de Vibrio parahaemolyticus en biofilm Impact of disinfectants on the bacterial viability of Vibrio parahaemolyticus in biofilm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occurrence, diversité génétique et capacité de formation de biofilm des souches de Listeria monocytogenes issues de trois filières agroalimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maylis Bellay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Frémaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Colloque du Réseau National Biofilms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RNB, Nov 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">MICROBES 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de microbiologie, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05421754v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nettoyer pour Innover : Améliorer la qualité des données publiques de pathogènes alimentaires pour les utiliser dans des modèles d’IA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Impact des désinfectants sur la viabilité bactérienne de Vibrio parahaemolyticus en biofilm Impact of disinfectants on the bacterial viability of Vibrio parahaemolyticus in biofilm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFM 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">10e Colloque du Réseau National Biofilms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RNB, Nov 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04765200v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination de l'état de viabilité de listeria monocytogènes par microspectroscopie Raman-Dip</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Jean Ducloux</w:t>
+                <w:t xml:space="preserve">Nettoyer pour Innover : Améliorer la qualité des données publiques de pathogènes alimentaires pour les utiliser dans des modèles d’IA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Lorenzo-Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Meyniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Doctorale 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFR Campus de la Mer, Oct 2024, Boulogne-sur-Mer, France</w:t>
+              <w:t xml:space="preserve">SFM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422984v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04765200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses du MOBILOME, VIRULOME et RESISTOME de Vibrio parahaemolyticus isolées de produits de la mer en lien avec des caractéristiques phénotypiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des doctorant de la Société fédérative de recherche Campus de la mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Boulogne-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-throughput molecular method for the detection of antimicrobial resistance markers in seafood bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Hoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Youf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hattie E. Webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Symposium on Antimicrobial Resistance in Animals and the Environment (ARAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Jul 2023, Tours (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04206771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a better understanding of the ecology of Listeria monocytogenes in pork processing facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Fremaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Bellay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Slimani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IFIP; ANSES; INRAE; ONIRIS. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Safepork 2025, 6-8 octobre 2025, Rennes, France, 2 pages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Rennes (FR), France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IFIP</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAFEPORK, 15, 2025, 15th Safepork 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05482669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification et détermination de l’état de viabilité de Listeria monocytogenes et Vibrio parahaemolyticus à l’échelle de la cellule unique par microspectroscopie Raman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius L. Abedini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Afgoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbes 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des risques associés aux contaminations croisées (agents microbiens, chimiques et allergènes) lors du réemploi des emballages alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Frémaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lien entre profil génétique et formation de biofilm de L. monocytogenes provenant de trois filières alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Bellay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Frémaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICROBE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désinfectants et biofilms de Vibrio parahaemolyticus : augmentation de biomasse et induction de l’état viable mais non cultivable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dumaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société Française de Microbiologie « Microbes dans un monde de transition »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Big Data to Prediction: Machine Learning for source attribution in a One Health approach - A case study on L. monocytogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Lorenzo Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BSFM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bruxelle, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05308168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation de l’état de viabilité de Listeria monocytogenes en biofilm après traitement biocide par microspectroscopie Raman-DIP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Shakya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abedini Darius Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbes 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification and viability state determination of Listeria monocytogenes and Vibrio parahaemolyticus at a single-cell level by Raman microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius L. Abedini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Afgoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JSDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Maisons-Alfort, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Big Data to Prediction: Machine Learning for source attribution in a One Health approach - A case study on L. monocytogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Lorenzo Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbes 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05308156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détection de l’état Viables Non Cultivables de bactéries pathogènes : Présentation d’une méthode innovante de microspectroscopie Raman couplé à un marquage au deutérium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre R. Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abedini Darius Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ducloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbes 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Occurrence, diversité génétique et capacité de formation de biofilm des souches de Listeria monocytogenes issues de 3 filières agroalimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Bellay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Frémaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biofilm 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05136225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification de bactéries pathogènes Listeria monocytogenes et Vibrio parahaemolyticus et détermination de leur état de viabilité par microspectroscopie Raman couplée au marquage isotopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius Lucas Abedini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dikec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ducloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre R Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Régionale des Doctorants en Sciences de la Mer et Automatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Boulogne-sur-Mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VIRULOME, RESISTOME and MOBILOME of Vibrio parahaemolyticus strains isolated from imported seafood in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des doctorant de l'ANSES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Maison Alfort, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse du RESISTOME, MOBILOME et VIRULOME de souches de Vibrio parahaemolyticus isolées de produits de la mer importés en France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société Française de Microbiologie « Bienvenue chez les Microbes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interlaboratory validation trial report on multiplex real-time PCR method for molecular serotyping and identification of the 30 major clonal complexes of Listeria monocytogenes circulating in food in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Te</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Asséré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Plodková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.00116-25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of disinfectant-neutralizing buffers used for sampling methods on the viability of adherent Listeria monocytogenes cells on surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 372, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnaf048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Induction of the Viable but non-culturable state by an alkyl dipropylene triamine-based disinfectant in Vibrio parahaemolyticus biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Chalivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Dumaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracking antimicrobial resistance indicator genes in wild flatfish from the English Channel and the North Sea area: a One Health concern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 343, pp.123274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.123274⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benzalkonium chloride disinfectant residues stimulate biofilm formation and increase survival of Vibrio bacterial pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giles Best</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Ells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1309032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04445262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial susceptibility profile and molecular characterization of Vibrio parahaemolyticus strains isolated from imported shrimps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Briet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Helsens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.00175-24⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial resistance and geographical distribution of Staphylococcus sp. isolated from whiting (Merlangius merlangus) and seawater in the English Channel and the North sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 345, pp.123434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123434⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unraveling the impact of genome assembly on bacterial typing: a one health perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Merda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryl Vila-Nova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Boutigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (1), pp.1059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-024-10982-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04779436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sources and contamination routes of seafood with human pathogenic Vibrio spp.: A Farm‐to‐Fork approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Ells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), pp.e13283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1541-4337.13283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring indicator genes to assess antimicrobial resistance contamination in phytoplankton and zooplankton communities from the English Channel and the North Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, 13p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2024.1313056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic population structure of Listeria monocytogenes strains isolated from salmon and trout sectors in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.e18154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e18154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic population structure of Listeria monocytogenes strains isolated from salmon and trout sectors in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.e18154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e18154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification by High-Throughput Real-Time PCR of 30 Major Circulating Listeria monocytogenes Clonal Complexes in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Te</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Felten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (3), pp.e0395422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.03954-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04170563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deuterium isotope probing (DIP) on Listeria innocua: Optimisation of labelling and impact on viability state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Dedole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rebuffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (3), pp.e0280885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0280885⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of Bacterial DNA Extraction Methods on Marine Samples Integrating a Process Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (10), 7p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37421/2168-9547.2022.11.346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High Throughput Screening of Antimicrobial Resistance Genes in Gram-Negative Seafood Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Hoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Youf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dauvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hattie E Webb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (6), pp.1225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10061225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03707197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Occurrence of Indicator Genes of Antimicrobial Resistance Contamination in the English Channel and North Sea Sectors and Interactions With Environmental Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bourdonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darina Colcanap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, 11p. / Article 883081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.883081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MALDI-TOF Mass Spectrometry Fingerprinting Performance Versus 16S rDNA Sequencing to Identify Bacterial Microflora From Seafood Products and Sea Water Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Briet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Debuiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.650116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03524181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A review of molecular identification tools for the opisthorchioidea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Setbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 187, pp.106258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2021.106258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of the performance of the biofilm sampling methods (swab, sponge, contact agar) in the recovery of Listeria monocytogenes populations considering the seafood environment conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 325, pp.108626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2020.108626⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Treatment with disinfectants may induce an increase in viable but non culturable populations of Listeria monocytogenes in biofilms formed in smoked salmon processing environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92, pp.103548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2020.103548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European survey and evaluation of sampling methods recommended by the standard EN ISO 18593 for the detection of Listeria monocytogenes and Pseudomonas fluorescens on industrial surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 367 (7), pp.fnaa057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnaa057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamics of mobile genetic elements of Listeria monocytogenes persisting in ready-to-eat seafood processing plants in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Palma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Radomski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Felten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-6544-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vibrio species involved in seafood-borne outbreaks (Vibrio cholerae, V. parahaemolyticus and V. vulnificus): Review of microbiological versus recent molecular detection methods in seafood products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bonnin-Jusserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Copin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (4), pp.597-610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2017.1384715⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of ratiometric probes with a spectrofluorometer for bacterial viability measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Watier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duflos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (11), pp.1782-1790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4014/jmb.1804.04048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The absence of N-acetylglucosamine in wall teichoic acids of Listeria monocytogenes modifies biofilm architecture and tolerance to rinsing and cleaning procedures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Charbit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bénézech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), 19p. :/ e0190879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0190879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative evaluation of DNA extraction methods for amplification by qPCR of superficial vs intracellular DNA from Bacillus spores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Inglebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Morieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 266, pp.289-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2017.12.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What are the possibilities of spontaneous resorption of a thoracic disc herniation occupying more than 20% of the spinal canal in the asymptomatic subject? Comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Madkouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04206771v1</w:t>
+                <w:t xml:space="preserve">Robert Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Reina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44, pp.269-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocn.2017.06.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teichoic acid is the major polysaccharide present in theListeria monocytogenesbiofilm matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Sadovskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bénézech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Maes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 363 (2), pp.fnv229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnv229⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viability Detection of Foodborne Bacterial Pathogens in Food Environment by PMA-qPCR and by Microscopy Observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Bellay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Soumet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foodborne Bacterial Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2852, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer US</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.33-46, 2025, Methods in Molecular Biology, 978-1-0716-4100-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-4100-2_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04701544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-contamination of food by contaminated surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention of the Biological Contamination of Food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394299188.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contamination croisée des aliments par des surfaces contaminées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contrôle et Prévention des Risques Biologiques Associés à la Contamination des Aliments : Transformation, Distribution et Utilisation par le Consommateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commercial methods for the detection of surface bacterial contamination in the food industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention of the Biological Contamination of Food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, 2024, 9781789451252. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394299188.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche des contaminations bactériennes de surface en industrie agroalimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contrôle et Prévention des Risques Biologiques Associés à la Contamination des Aliments : Transformation, Distribution et Utilisation par le Consommateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-contamination of foods by contaminated surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Commercial methods for the detection of surface bacterial contamination in the food industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention of the Biological Contamination of Food. Processing/Distribution and Consumer Usage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions; Wiley, 2023, 9781789451252</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456475v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commercial methods for the detection of surface bacterial contamination in the food industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Cross-contamination of foods by contaminated surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Midelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention of the Biological Contamination of Food. Processing/Distribution and Consumer Usage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions; Wiley, 2023, 9781789451252</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456511v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biocides désinfectants en agroalimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Soumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Attig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lavoisier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agents antimicrobiens et sécurité sanitaire des aliments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.87-104, 2021, 978-2-7430-2597-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03624375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viability Detection of Foodborne Bacterial Pathogens in Food Environment by PMA-qPCR and by Microscopic Observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet-Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Soumet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foodborne Bacterial Pathogens: Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.117-128, 2019, 978-1-4939-9000-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-02158087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8106,91 +8361,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risques bactériens liés à la consommation des produits de la pêche et de l'aquaculture, une approche de la mer à l’assiette.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. Université du littoral Côte d'Opale - ULCO, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04844792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8200,154 +8455,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide sur les bonnes pratiques de prélèvement de surfaces en industrie agro-alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hermon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Hermon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Graziella Midelet-Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Boutillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RMT Actia CHLEAN-Guide sur les bonnes pratiques de prélèvement de surfaces en IAA.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8357,165 +8612,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibiorésistance et environnement - État et causes possibles de la contamination des milieux en France par les antibiotiques, les bactéries résistantes aux antibiotiques et les supports génétiques de la résistance aux antibiotiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bibbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2016-SA-025, Anses. 2020, 263 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04301762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId214"/>
+      <w:footerReference w:type="default" r:id="rId218"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8662,51 +8917,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095917v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Capitaine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Te" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ass&#233;r&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Plodkov&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00116-25" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422042v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine R&#233;gnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Chalivat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dumaire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445262v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mougin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leterme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Best" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ells" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1309032" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604407v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bourdonnais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Briet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Debuiche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Helsens" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00175-24" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353943v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.13283" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423681v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Trigueros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cresson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123434" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04779436v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Merda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Vila-Nova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutigny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10982-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972474v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1313056" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384404v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.123274" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165407v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Leleu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hanin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Felix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e18154" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846542v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04170563v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Felten" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03954-22" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Dedole" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rebuffel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0280885" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03707197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Hoffer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Youf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dauvergne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattie E Webb" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061225" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917926v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darina Colcanap" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.883081" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917945v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37421/2168-9547.2022.11.346" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03524181v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.650116" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300031v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Duflot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Setbon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106258" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568760v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Denis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103548" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02620313v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Barre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Denis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnaa057" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913857v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Palma" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radomski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mallet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6544-x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02540892v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2020.108626" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629165v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bonnin-Jusserand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Copin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2017.1384715" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621017v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cleach" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Watier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Fur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4014/jmb.1804.04048" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Sadovskaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charbit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;n&#233;zech" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190879" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627155v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Inglebert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Morieux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.12.012" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496500v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brauge" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Madkouri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Clement" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reina" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocn.2017.06.042" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636218v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnv229" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421731v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fr&#233;maux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482669v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fremaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Champigny" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Bellay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bridier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Slimani" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safepork.ifip.asso.fr" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421587v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius L. Abedini" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dikec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Afgoun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Hanin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308168v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo Colina" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roussel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chesnais" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421626v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422913v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Shakya" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abedini Darius Lucas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308156v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423063v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R. Marcoux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ducloux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422911v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Lucas Abedini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R Marcoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136225v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422101v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422175v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421578v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Delporte" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janushan Christy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421624v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482681v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422182v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dumaire" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berdous" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422241v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979948v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421500v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827871v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421754v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Regnier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04765200v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422984v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jean Ducloux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422075v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04206771v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattie E. Webb" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04701544v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007/978-1-0716-4100-2_3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4100-2_3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971221v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394299188.ch3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456514v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971229v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456500v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456475v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456511v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03624375v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Attig" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/agro-alimentaire/agents-antimicrobiens-et-securite-sanitaire-des-aliments/descriptif-9782743025977" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02158087v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet-Bourdin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9000-9_9" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04844792v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276185v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hermon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Andr&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutillier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422241v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine R&#233;gnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chesnais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berdous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Debuiche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422182v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dumaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421578v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Bellay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Delporte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Hanin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janushan Christy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421624v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dikec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Chalivat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abedini Darius Lucas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482681v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fremaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Champigny" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bridier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Slimani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422984v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Lucas Abedini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Trigueros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jean Ducloux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421500v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fr&#233;maux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979948v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827871v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hanin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421754v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Regnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04765200v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roussel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422075v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04206771v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Hoffer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Youf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dauvergne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattie E. Webb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482669v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safepork.ifip.asso.fr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421587v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius L. Abedini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Afgoun" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bourdonnais" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261900v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422190v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308168v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo Colina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Shakya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421626v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308156v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R. Marcoux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ducloux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422911v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R Marcoux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422101v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422175v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Capitaine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Te" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ass&#233;r&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Plodkov&#225;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00116-25" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499374v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Leleu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Colas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnaf048" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422042v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dumaire" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384404v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.123274" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445262v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mougin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leterme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Best" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ells" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1309032" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Briet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Helsens" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00175-24" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423681v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cresson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123434" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04779436v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Merda" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Vila-Nova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutigny" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10982-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353943v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.13283" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972474v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1313056" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165407v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Felix" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e18154" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846542v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04170563v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Felten" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03954-22" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174150v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Dedole" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rebuffel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0280885" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917945v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37421/2168-9547.2022.11.346" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03707197v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattie E Webb" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061225" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917926v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darina Colcanap" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.883081" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03524181v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.650116" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300031v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Duflot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Setbon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106258" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02540892v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Denis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2020.108626" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568760v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103548" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02620313v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Barre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Denis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnaa057" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913857v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Palma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radomski" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mallet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6544-x" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629165v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bonnin-Jusserand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Copin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2017.1384715" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621017v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cleach" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Watier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Fur" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4014/jmb.1804.04048" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322371v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Sadovskaya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charbit" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;n&#233;zech" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190879" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627155v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Inglebert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Morieux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.12.012" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496500v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brauge" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Madkouri" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Clement" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocn.2017.06.042" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636218v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnv229" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04701544v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007/978-1-0716-4100-2_3" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4100-2_3" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971221v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394299188.ch3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456514v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971229v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456500v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456511v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04456475v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03624375v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Attig" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/agro-alimentaire/agents-antimicrobiens-et-securite-sanitaire-des-aliments/descriptif-9782743025977" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02158087v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet-Bourdin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9000-9_9" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04844792v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276185v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hermon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Andr&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutillier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>