--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -160,654 +160,654 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a 50% (w/v) aluminium chloride hexahydrate solution as haemostatic agent</w:t>
+                <w:t xml:space="preserve">Impact of Clinical and Pharmacological Parameters on Faecal Microbiota Transplantation Outcome in Clostridioides difficile Infections: Results of a 5‐Year French National Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Briot</w:t>
+                <w:t xml:space="preserve">Nicolas Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cassier</w:t>
+                <w:t xml:space="preserve">Nadim Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Fredenucci</w:t>
+                <w:t xml:space="preserve">Laurent Alric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Ehmke</w:t>
+                <w:t xml:space="preserve">Frédéric Barbut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Durupt</w:t>
+                <w:t xml:space="preserve">Rui Batista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, ejhpharm-2024-004356. </w:t>
+              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61 (1), pp.159-167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2024-004356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/apt.18330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880882v1</w:t>
+                <w:t xml:space="preserve">hal-04735925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peripheral neuropathy during long-term suppressive therapy with tedizolid: a case series</w:t>
+                <w:t xml:space="preserve">Ultraviolet C Decontamination Devices in a Hospital Pharmacy: An Evaluation of Their Contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomaso Beringheli</w:t>
+                <w:t xml:space="preserve">Clara Baudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Javaux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Briot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkaf315⟩</w:t>
+              <w:t xml:space="preserve">Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmacy13010009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227623v1</w:t>
+                <w:t xml:space="preserve">hal-04949459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standard formulas and individualised parenteral nutrition preparations in very low birth weight infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Dez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Haÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Leboucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Dez</w:t>
+                <w:t xml:space="preserve">Romain Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pharmacy and Pharmaceutical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 28, pp.15310. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/jpps.2025.15310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05393392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultraviolet C Decontamination Devices in a Hospital Pharmacy: An Evaluation of Their Contribution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a 50% (w/v) aluminium chloride hexahydrate solution as haemostatic agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Briot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fredenucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Baudart</w:t>
+                <w:t xml:space="preserve">Alicia Ehmke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Briot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Durupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (1), pp.9. </w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, ejhpharm-2024-004356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmacy13010009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2024-004356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949459v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Clinical and Pharmacological Parameters on Faecal Microbiota Transplantation Outcome in Clostridioides difficile Infections: Results of a 5‐Year French National Survey</w:t>
+                <w:t xml:space="preserve">Peripheral neuropathy during long-term suppressive therapy with tedizolid: a case series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Benech</w:t>
+                <w:t xml:space="preserve">Tomaso Beringheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadim Cassir</w:t>
+                <w:t xml:space="preserve">Clément Javaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Alric</w:t>
+                <w:t xml:space="preserve">Sandrine Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Barbut</w:t>
+                <w:t xml:space="preserve">Evelyne Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rui Batista</w:t>
+                <w:t xml:space="preserve">Pierre Chauvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 61 (1), pp.159-167. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 80 (11), pp.2918-2922. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/apt.18330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkaf315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735925v1</w:t>
+                <w:t xml:space="preserve">hal-05227623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time monitoring by interferometric light microscopy of phage suspensions for personalised phage therapy</w:t>
               </w:r>
@@ -953,51 +953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtille Le Bouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Roussel-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1195,90 +1195,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fecal Microbiota Transplantation for Recurrent Clostridioides difficile Infection Can Be the Best Therapeutic Option in Severely Immunocompromised Patients Depending on a Case-by-Case Assessment of the Benefit-to-Risk Ratio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Galperine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Scanzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1355,77 +1355,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Lustig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (1), pp 145-146. </w:t>
@@ -1489,77 +1489,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lustig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (1), pp.145-146. </w:t>
@@ -1597,77 +1597,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les virus au service de la santé : les bactériophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Chaffringeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1731,51 +1731,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paving the way for phage therapy using novel drug delivery approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1865,77 +1865,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les virus au service de la santé : les bactériophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Chaffringeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2025,51 +2025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2103,51 +2103,51 @@
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/v13122414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735981v1</w:t>
+                <w:t xml:space="preserve">hal-04705947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety of Tedizolid as Suppressive Antimicrobial Therapy for Patients With Complex Implant-Associated Bone and Joint Infection due to Multidrug-Resistant Gram-Positive Pathogens: Results From the TediSAT Cohort Study</w:t>
               </w:r>
@@ -2172,51 +2172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Conrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dupieux-Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2293,51 +2293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kolenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2371,120 +2371,120 @@
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/v13122414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705947v1</w:t>
+                <w:t xml:space="preserve">hal-04735981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety of Tedizolid as Suppressive Antimicrobial Therapy for Patients With Complex Implant-Associated Bone and Joint Infection due to Multidrug-Resistant Gram-Positive Pathogens: Results From the TediSAT Cohort Study</w:t>
+                <w:t xml:space="preserve">Blue Dye Embolization of Renal Tumor: A New Technique to Improve Tumor Localization During Laparoscopic Partial Nephrectomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Paisant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2505,120 +2505,120 @@
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/lap.2019.0686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735990v1</w:t>
+                <w:t xml:space="preserve">hal-03292835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blue Dye Embolization of Renal Tumor: A New Technique to Improve Tumor Localization During Laparoscopic Partial Nephrectomy</w:t>
+                <w:t xml:space="preserve">Safety of Tedizolid as Suppressive Antimicrobial Therapy for Patients With Complex Implant-Associated Bone and Joint Infection due to Multidrug-Resistant Gram-Positive Pathogens: Results From the TediSAT Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Paisant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2639,81 +2639,81 @@
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/lap.2019.0686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03292835v1</w:t>
+                <w:t xml:space="preserve">hal-04735990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Di-O-lauroyl-decitabine-lipid nanocapsules: toward extending decitabine activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2797,504 +2797,504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02516731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial keratitis treated by strengthened antibiotic eye drops: An 18 months review of clinical cases and antibiotic susceptibilities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advances in treatment formulations for acute myeloid leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Briot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Saillard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Briot</w:t>
+                <w:t xml:space="preserve">Sylvain Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2017.11.005⟩</w:t>
+              <w:t xml:space="preserve">Drug Discovery Today Biosilico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.drudis.2018.05.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02616044v1</w:t>
+                <w:t xml:space="preserve">inserm-01809889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of a 50 mg/mL Ceftazidime Eye-Drops Formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Saillard</w:t>
+                <w:t xml:space="preserve">Caroline Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Deshayes</w:t>
+                <w:t xml:space="preserve">Sandy Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lagarce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutical Technology in Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (4), pp.219-226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/pthp-2018-0025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in treatment formulations for acute myeloid leukemia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Bacterial keratitis treated by strengthened antibiotic eye drops: An 18 months review of clinical cases and antibiotic susceptibilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Spiesser-Robelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Discovery Today Biosilico</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Epub ahead of print. </w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76 (2), pp.107-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.drudis.2018.05.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2017.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01809889v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of a 50 mg/mL Ceftazidime Eye-Drops Formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Saillard</w:t>
+                <w:t xml:space="preserve">Caroline Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutical Technology in Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (4), pp.219-226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/pthp-2018-0025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524920v1</w:t>
@@ -3305,51 +3305,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and in vitro evaluations of new decitabine nanocarriers for the treatment of acute myeloid leukemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3433,937 +3433,937 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01668530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of Reconstituted and Diluted Mitomycin C Solutions in Polypropylene Syringes and Glass Vials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Développement et validation d’une méthode de dosage des traces de détergents inactivants totaux du prion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Truffaut</w:t>
+                <w:t xml:space="preserve">A. Robelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Le Quay</w:t>
+                <w:t xml:space="preserve">N Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lebreton</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérémie Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutical Technology in Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/pthp-2016-0012⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 74 (4), pp.317-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2015.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736060v1</w:t>
+                <w:t xml:space="preserve">hal-01392249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of Reconstituted and Diluted Mitomycin C Solutions in Polypropylene Syringes and Glass VialsAbstract</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Stability of Reconstituted and Diluted Mitomycin C Solutions in Polypropylene Syringes and Glass Vials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Truffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Le Quay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutical Technology in Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1 (2), pp.83-89. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+              <w:t xml:space="preserve">, 2016, 1 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/pthp-2016-0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01392484v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et validation d’une méthode de dosage des traces de détergents inactivants totaux du prion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Stability of Reconstituted and Diluted Mitomycin C Solutions in Polypropylene Syringes and Glass VialsAbstract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Robelet</w:t>
+                <w:t xml:space="preserve">Christine Truffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Morin</w:t>
+                <w:t xml:space="preserve">Luc Le Quay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Riou</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pharmaceutical Technology in Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (2), pp.83-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/pthp-2016-0012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2015.12.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01392249v1</w:t>
+                <w:t xml:space="preserve">hal-01392484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of micafungin sodium solutions at different concentrations in glass bottles and syringes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Design and stability study of a paediatric oral solution of methotrexate 2mg/ml</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Vrignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandy Vrignaud</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 492 (1-2), pp.137-140. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.07.019⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 487 (1-2), pp.270-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.04.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736067v1</w:t>
+                <w:t xml:space="preserve">hal-04736072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of micafungin sodium solutions at different concentrations in glass bottles and syringes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 492, pp.137-40. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+              <w:t xml:space="preserve">, 2015, 492 (1-2), pp.137-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01392457v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and stability study of a paediatric oral solution of methotrexate 2mg/ml</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Stability of micafungin sodium solutions at different concentrations in glass bottles and syringes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Briot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Vrignaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 487, pp.270-273. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 492, pp.137-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.07.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.04.016⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01392445v1</w:t>
+                <w:t xml:space="preserve">hal-01392457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and stability study of a paediatric oral solution of methotrexate 2mg/ml</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 487 (1-2), pp.270-273. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+              <w:t xml:space="preserve">, 2015, 487, pp.270-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.04.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736072v1</w:t>
+                <w:t xml:space="preserve">hal-01392445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2012 update of French guidelines for the pharmacological treatment of postmenopausal osteoporosis</w:t>
               </w:r>
@@ -4388,51 +4388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Trémollières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4508,51 +4508,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical reappraisal of vitamin D deficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Bone Spine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 77 (2), pp.115-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4688,51 +4688,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C1FA6602"/>
+    <w:nsid w:val="40132AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4919,51 +4919,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-briot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4693-4605" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880882v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Briot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fredenucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Ehmke" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durupt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2024-004356" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227623v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso Beringheli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Javaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Braun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chauvelot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaf315" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05393392v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Dez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ha&#255;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leboucher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garreau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Picaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/jpps.2025.15310" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949459v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Baudart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Briot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy13010009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735925v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Cassir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alric" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbut" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Batista" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.18330" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880898v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Lapras" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Merienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Eynaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Usseglio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-79478-w" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770909v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Ferry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Le Bouar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Roussel-Gaillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perpoint" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107372" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04521923v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mar&#231;on" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roland" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brossard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2023-0013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04677832v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Galperine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scanzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2024.04.022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559605v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kolenda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lustig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2021.09.027" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735985v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lustig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735976v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Chaffringeon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022169" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735979v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Medina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Laurent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2022.05.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897502v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735981v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Souche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13122414" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559958v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Conrad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Senneville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dupieux-Chabert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab351" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705947v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735990v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouvier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Besnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paisant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hebert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/lap.2019.0686" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03292835v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02516731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila Bou Haidar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lautram" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.s190482" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616044v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Saillard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Spiesser-Robelet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gohier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.11.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736024v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Deshayes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Vrignaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lagarce" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2018-0025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01809889v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;pot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drudis.2018.05.040" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02524920v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01668530v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Verger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S147659" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736060v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Truffaut" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Quay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebreton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2016-0012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392484v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392249v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robelet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Morin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Leli&#232;vre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2015.12.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736067v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.07.019" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCLHX93T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392457v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392445v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Launay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kempf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.04.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXD30FZ4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736072v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03350009v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tr&#233;molli&#232;res" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cortet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2012.02.014" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-429HJWZM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03350007v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Audran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2009.12.003" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRXS761T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-briot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4693-4605" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735925v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Cassir" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alric" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Batista" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.18330" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949459v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Baudart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Briot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy13010009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05393392v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Dez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ha&#255;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leboucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Picaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/jpps.2025.15310" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880882v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Briot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fredenucci" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Ehmke" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durupt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2024-004356" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227623v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso Beringheli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Javaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Braun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chauvelot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaf315" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880898v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Lapras" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Merienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Eynaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Usseglio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-79478-w" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770909v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Ferry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Le Bouar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Roussel-Gaillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perpoint" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107372" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04521923v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mar&#231;on" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roland" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brossard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2023-0013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04677832v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Galperine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scanzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2024.04.022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559605v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kolenda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lustig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2021.09.027" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735985v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lustig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735976v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Chaffringeon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022169" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735979v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Medina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Laurent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2022.05.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897502v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705947v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Souche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13122414" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559958v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Conrad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Senneville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dupieux-Chabert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab351" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735981v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03292835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouvier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Besnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paisant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hebert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/lap.2019.0686" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02516731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila Bou Haidar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lautram" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.s190482" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01809889v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;pot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drudis.2018.05.040" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736024v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Saillard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Deshayes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Vrignaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lagarce" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2018-0025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616044v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Spiesser-Robelet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gohier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.11.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02524920v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01668530v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Verger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S147659" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392249v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robelet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Morin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Leli&#232;vre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2015.12.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736060v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Truffaut" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Quay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebreton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2016-0012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392484v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736072v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Launay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kempf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.04.016" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXD30FZ4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736067v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.07.019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCLHX93T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392457v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392445v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03350009v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tr&#233;molli&#232;res" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cortet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2012.02.014" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-429HJWZM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03350007v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Audran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2009.12.003" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRXS761T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>