--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Thèse (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -148,893 +148,964 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05418536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les origines de Lugdunum : chronologie et fonctions du site de Lyon à la fin de l'âge du Fer (2e-1er s. av. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerisay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Histoire. Université Lumière - Lyon II, 2025. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2025LYO20087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05548816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de la Chapelle des Fous à Valsonne: un état de la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41, pp.36-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04828419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hommage à un archéologue tararien : Jacques Chambost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40, pp.3-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de Biers à Châtillon (69): histoire d'un homme et d'une collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 39, pp.22-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualité des recherches archéologiques dans la région d'Amplepuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Brouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38, pp.44-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de la Truche à Violay (42): état de la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37, pp.4-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La toponymie des Monts de Tarare: quelques noms de lieux d'origine gauloise et latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36, pp.40-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de Miollan à Pontcharra-sur-Turdine (Rhône): recherches archéologiques en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 35, pp.22-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l'archéologie refait surface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet de recherche archéologique dans l'Ouest lyonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Perrouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 34, pp.28-30</w:t>
+              <w:t xml:space="preserve">L'Araire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 193, pp.9-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-04059462v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04059471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de recherche archéologique dans l'Ouest lyonnais</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quand l'archéologie refait surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Araire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 193, pp.9-47</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société d'Histoire, d'Archéologie et de Généalogie des Monts de Tarare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34, pp.28-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-04059471v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04059462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Où sont passés les villages lyonnais ? Identification et interprétation de l’habitat groupé autour de &amp;lt;i&amp;gt;Lugdunum&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antonin Nüsslein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages et hameaux paysans en Gaule et sa périphérie entre la fin de la période laténienne et l'époque romaine : actes du XV</w:t>
@@ -1061,733 +1132,733 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> octobre 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11, AVAGE, pp.273-294, 2024, Mémoires d'archéologie du Grand Est, 978-2-9590817-1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du mythe aux fantasmes: Lugdunum à la fin de l'âge du Fer (2e - 1er s. av. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerisay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construire la Protohistoire. Hier, aujourd'hui, demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Européenne de Protohistoire de Bibracte, Mar 2023, Glux-en-Glenne (Bibracte), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04059543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un établissement rural de la Tène finale à la fin du Haut-Empire : le site de Miollan/Mediolanum à Pontcharra-sur-Turdine (Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerisay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Établissements ruraux et territoires antiques : actualités de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Archéologie et Archéométrie, UMR 5138, Dec 2020, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04059551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'oppidum fortifié de Corent (Néolithique moyen, Bronze final, La Tène finale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mergoil, 2023, Protohistoire Européenne 16, série Oppidum de Corent II, 978-2-35518-138-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285984v1</w:t>
-              </w:r>
-[...168 lines deleted...]
-                <w:t xml:space="preserve">halshs-04059551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corent, remparts sud-ouest. Fouille programmée annuelle, rapport 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambrine Bouchene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC - SRA Auvergne Rhône Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site archéologique de Miollan, commune de Pontcharra-sur-Turdine (69): rapport de prospection-inventaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC - SRA Auvergne Rhône Alpes. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corent, fouille programmée annuelle, rapport 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC - SRA Auvergne Rhône Alpes. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04059521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Châtillon (69380), archaeological surveys, Route des Eparcieux (69380), Châtillon – La Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Ramona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bouvard-Mor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerisay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Crausaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service archéologique de la ville de Lyon; Archeodunum; Université Lyon 2 Lumière. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04815693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1934,51 +2005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05418536v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828419v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790295v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059499v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059493v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lassus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Brouillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059486v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059481v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059478v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059462v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059471v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Perrouin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790272v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fily" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Polo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285984v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059543v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059551v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059531v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambrine Bouchene" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059513v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815693v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crausaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05418536v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05548816v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025LYO20087" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828419v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059499v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059493v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lassus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Brouillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059486v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059481v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059478v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059471v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Perrouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059462v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fily" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Polo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059543v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059551v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285984v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059531v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambrine Bouchene" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059513v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059521v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815693v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crausaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>