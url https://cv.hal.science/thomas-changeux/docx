--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -181,1648 +181,1648 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating historical sources for long-term ecological knowledge and biodiversity conservation</w:t>
+                <w:t xml:space="preserve">Correction: Ecosystem-based assessment of a widespread Mediterranean marine habitat: The Coastal Detrital Bottoms, with a special focus on epibenthic assemblages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Navarro</w:t>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chelsey Geralda Armstrong</w:t>
+                <w:t xml:space="preserve">Ameline Orts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Changeux</w:t>
+                <w:t xml:space="preserve">Thomas Schohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dagmar Frisch</w:t>
+                <w:t xml:space="preserve">Bruno Belloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graciela Gil-Romera</w:t>
+                <w:t xml:space="preserve">Enric Ballesteros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Biodiversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1 (10), pp.657-670. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.1673739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s44358-025-00084-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2025.1673739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05480202v1</w:t>
+                <w:t xml:space="preserve">hal-05308288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Italian still life paintings as a resource for reconstructing past Mediterranean aquatic biodiversity</w:t>
+                <w:t xml:space="preserve">Integrating historical sources for long-term ecological knowledge and biodiversity conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Merquiol</w:t>
+                <w:t xml:space="preserve">Laetitia Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
+                <w:t xml:space="preserve">Chelsey Geralda Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Faget</w:t>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël P J Denys</w:t>
+                <w:t xml:space="preserve">Dagmar Frisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Richard</w:t>
+                <w:t xml:space="preserve">Graciela Gil-Romera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Biodiversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 4 (1), pp.33. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s44185-025-00103-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s44358-025-00084-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05235625v1</w:t>
+                <w:t xml:space="preserve">hal-05242580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating historical sources for long-term ecological knowledge and biodiversity conservation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Graciela Gil-Romera</w:t>
+                <w:t xml:space="preserve">Italian still life paintings as a resource for reconstructing past Mediterranean aquatic biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Merquiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël P J Denys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Biodiversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44358-025-00084-3⟩</w:t>
+              <w:t xml:space="preserve">npj Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (1), pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44185-025-00103-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242580v1</w:t>
+                <w:t xml:space="preserve">hal-05235625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The functioning of an iconic Mediterranean ecosystem, the Posidonia oceanica meadow: The keys to a success story</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Integrating historical sources for long-term ecological knowledge and biodiversity conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chelsey Geralda Armstrong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar Frisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graciela Gil-Romera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Black Sea/Mediterranean Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Reviews Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (10), pp.657-670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44358-025-00084-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05468814v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05480202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Ecosystem-based assessment of a widespread Mediterranean marine habitat: The Coastal Detrital Bottoms, with a special focus on epibenthic assemblages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">The functioning of an iconic Mediterranean ecosystem, the Posidonia oceanica meadow: The keys to a success story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Belloni</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enric Ballesteros</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michèle Perret-Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruitton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Black Sea/Mediterranean Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05308288v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem based approach to assess the impact of invasive or expanding species in the lower Saône River</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature experiences affect the aesthetic reception of art: The case of paintings depicting aquatic animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ancene.2024.100446⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (7), pp.e0303584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0303584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04675380v1</w:t>
+                <w:t xml:space="preserve">hal-04653818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A long term overview of freshwater fisheries in France</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ecosystem based approach to assess the impact of invasive or expanding species in the lower Saône River</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dragotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Franquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Stolzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jf Fruget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11160-023-09803-5⟩</w:t>
+              <w:t xml:space="preserve">Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 47, pp.100446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ancene.2024.100446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04244953v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morpho- and Chemotyping of Holopelagic Sargassum Species Causing Massive Strandings in the Caribbean Region</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A long term overview of freshwater fisheries in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boisneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stolzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Goulon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/phycology4030018⟩</w:t>
+              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 34 (1), pp.19-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11160-023-09803-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04706376v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244953v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact assessment of multiple pressures on ecosystem services with a state and transition model: Application to Posidonia oceanica seagrass meadows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Scemama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Kermagoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.-F. Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 367, pp.121888. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.121888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature experiences affect the aesthetic reception of art: The case of paintings depicting aquatic animals</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Morpho- and Chemotyping of Holopelagic Sargassum Species Causing Massive Strandings in the Caribbean Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Helias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Le Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 19 (7), pp.e0303584. </w:t>
+              <w:t xml:space="preserve">Journal of Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (3), pp.340-362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0303584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/phycology4030018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04653818v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem-based assessment of a widespread Mediterranean marine habitat: The Coastal Detrital Bottoms, with a special focus on epibenthic assemblages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Enric Ballesteros</w:t>
+                <w:t xml:space="preserve">Variability in growth and tissue composition (CNP, natural isotopes) of the three morphotypes of holopelagic Sargassum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Berline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Podlejski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stiger-Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1130540⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 187, pp.103644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2023.103644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04187007v1</w:t>
+                <w:t xml:space="preserve">hal-04229865v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability in growth and tissue composition (CNP, natural isotopes) of the three morphotypes of holopelagic Sargassum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Stiger-Pouvreau</w:t>
+                <w:t xml:space="preserve">Ecosystem-based assessment of a widespread Mediterranean marine habitat: The Coastal Detrital Bottoms, with a special focus on epibenthic assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameline Orts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Ballesteros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 187, pp.103644. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1130540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2023.103644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1130540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229865v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of pre-19th century art in conservation biology: An untapped potential for connecting with nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 276, pp.109791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1850,1837 +1850,1837 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity Management in a Mediterranean National Park: The Long, Winding Path from a Species-Centred to an Ecosystem-Centred Approach</w:t>
+                <w:t xml:space="preserve">A NEMO-based model of &amp;lt;i&amp;gt;Sargassum&amp;lt;/i&amp;gt; distribution in the tropical Atlantic: description of the model and sensitivity analysis (NEMO-Sarg1.0)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
+                <w:t xml:space="preserve">Julien Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Barcelo</w:t>
+                <w:t xml:space="preserve">Rachid Benshila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Blanfuné</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Changeux</w:t>
+                <w:t xml:space="preserve">Léo Berline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Martin</w:t>
+                <w:t xml:space="preserve">Antonin Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Radenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/d13110594⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (6), pp.4069 - 4086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-14-4069-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437843v1</w:t>
+                <w:t xml:space="preserve">hal-03287064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the riverine nutrient export to the Tropical Atlantic over the last 15 years: is there a link with Sargassum proliferation?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Jouanno</w:t>
+                <w:t xml:space="preserve">Multi-secular and regional trends of aquatic biodiversity in European Early Modern paintings: toward an ecological and historical significance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Héloïse Villesseche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/abe11a⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5751/es-12740-260426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03150859v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-secular and regional trends of aquatic biodiversity in European Early Modern paintings: toward an ecological and historical significance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Tribot</w:t>
+                <w:t xml:space="preserve">Biodiversity Management in a Mediterranean National Park: The Long, Winding Path from a Species-Centred to an Ecosystem-Centred Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Barcelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Faget</w:t>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Villesseche</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gilles Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (4), </w:t>
+              <w:t xml:space="preserve">Diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (594), </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5751/es-12740-260426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/d13110594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427391v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NEMO-based model of &amp;lt;i&amp;gt;Sargassum&amp;lt;/i&amp;gt; distribution in the tropical Atlantic: description of the model and sensitivity analysis (NEMO-Sarg1.0)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Evolution of the riverine nutrient export to the Tropical Atlantic over the last 15 years: is there a link with Sargassum proliferation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Benshila</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Berline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Radenac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Soulié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Radenac</w:t>
+                <w:t xml:space="preserve">William Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (6), pp.4069 - 4086. </w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, pp.034042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-14-4069-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/abe11a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03287064v1</w:t>
+                <w:t xml:space="preserve">insu-03150859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species-based or ecosystem-based approaches to conservation practices: lessons from the Port-Cros National Park (South-east France, Mediterranean Sea)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corrigendum to “Thicklip (Chelon labrosus) and flathead (Mugil cephalus) grey mullets fry production in Tunisian aquaculture” [Aquacult. Rep. 17 (2020) 100380]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Médail</w:t>
+                <w:t xml:space="preserve">Raouf Besbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ponel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Astruch</w:t>
+                <w:t xml:space="preserve">Amina Besbes Benseddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barcelo</w:t>
+                <w:t xml:space="preserve">Lambros Kokokiris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahlem Hamza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aquaculture Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18, pp.100536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2020.100536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03342427v1</w:t>
+                <w:t xml:space="preserve">hal-03210651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoring exchanges between the sea and the lagoons: a necessary support for the restoration of the functional role as fish nursery in the saltmarshes of Hyères (Provence, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Moussy</w:t>
+                <w:t xml:space="preserve">Species-based or ecosystem-based approaches to conservation pratices: Lessons from the Port-Cros National Park (south-east France, Mediterranean Sea).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Jehl</w:t>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Barcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 70</w:t>
+              <w:t xml:space="preserve">, 2020, 70 (3-4), pp.89-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342462v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A strategic approach to assess the bundle of ecosystem services provided by Posidonia oceanica meadows in the Bay of Marseille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Kermagoret</w:t>
+                <w:t xml:space="preserve">Species-based or ecosystem-based approaches to conservation practices: lessons from the Port-Cros National Park (South-east France, Mediterranean Sea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Accornero-Picon</w:t>
+                <w:t xml:space="preserve">F. Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Alban</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">P. Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342451v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ observations and modelling revealed environmental factors favouring occurrence of Vibrio in microbiome of the pelagic Sargassum responsible for strandings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Michotey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristele Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 748, pp.141216. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the management of the saltmarshes of Hyeres (Provence, France) using an ecosystem-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lasceve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem-based quality indices: valuable tools for environment management</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Favoring exchanges between the sea and the lagoons: a necessary support for the restoration of the functional role as fish nursery in the saltmarshes of Hyères (Provence, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Direach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Belloni</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Moussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 70 (3-4), pp.3-15</w:t>
+              <w:t xml:space="preserve">, 2020, 70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342401v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “Thicklip (Chelon labrosus) and flathead (Mugil cephalus) grey mullets fry production in Tunisian aquaculture” [Aquacult. Rep. 17 (2020) 100380]</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amina Besbes Benseddik</w:t>
+                <w:t xml:space="preserve">A strategic approach to assess the bundle of ecosystem services provided by Posidonia oceanica meadows in the Bay of Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Scemama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lambros Kokokiris</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Changeux</w:t>
+                <w:t xml:space="preserve">C. Kermagoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahlem Hamza</w:t>
+                <w:t xml:space="preserve">A. Accornero-Picon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 70</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03210651v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species-based or ecosystem-based approaches to conservation pratices: Lessons from the Port-Cros National Park (south-east France, Mediterranean Sea).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
+                <w:t xml:space="preserve">Ecosystem-based quality indices: valuable tools for environment management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Médail</w:t>
+                <w:t xml:space="preserve">D. Bănaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ponel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Barcelo</w:t>
+                <w:t xml:space="preserve">B. Belloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 70 (3-4), pp.89-112</w:t>
+              <w:t xml:space="preserve">, 2020, 70 (3-4), pp.3-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03342557v1</w:t>
+                <w:t xml:space="preserve">hal-03342401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunisian reservoirs : diagnosis and biological potentialities</w:t>
+                <w:t xml:space="preserve">Mugilids fisheries of Tunisian coasts and lagoons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mohamed Salah Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiheb Fassatoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moez Shaiek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amel Ben Rejeb Jenhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Salah Romdhane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Living Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 32, pp.17. </w:t>
+              <w:t xml:space="preserve">, 2019, 32, pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/alr/2019014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/alr/2019005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02293531v1</w:t>
+                <w:t xml:space="preserve">hal-02123575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mugilids fisheries of Tunisian coasts and lagoons</w:t>
+                <w:t xml:space="preserve">Tunisian reservoirs : diagnosis and biological potentialities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Amel Ben Rejeb Jenhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afef Fathalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Djemali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mohamed Salah Romdhane</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Living Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 32, pp.6. </w:t>
+              <w:t xml:space="preserve">, 2019, 32, pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/alr/2019005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/alr/2019014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123575v1</w:t>
+                <w:t xml:space="preserve">hal-02293531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From In Situ to satellite observations of pelagic Sargassum distribution and aggregation in the Tropical North Atlantic Ocean</w:t>
               </w:r>
@@ -3692,64 +3692,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Ody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thibaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Berline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3852,51 +3852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Ody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Castro-Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 53 (13), pp.7513-7521. </w:t>
@@ -3934,77 +3934,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of citizen science for marine biodiversity surveys : from species identification to ecologically relevant observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4090,51 +4090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ringler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fillinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Oecologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 72, </w:t>
@@ -4297,51 +4297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durée minimale de pêche pour estimer le rendement de pêche dans les enquêtes itinérantes auprès des pêcheurs aux lignes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Gallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4414,51 +4414,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bonnieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 365-366, pp.565-578</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4509,51 +4509,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bonnieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 362, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4587,51 +4587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost benefit analysis of fisheries management plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bonnieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4682,51 +4682,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des captures effectuées durant la saison 1991-1992 par les pêcheurs à la ligne dans un grand cours d'eau français (la Saône)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 343, pp.203-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4754,459 +4754,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bases de données : outils de stockage et d'exploitation des échantillonnages piscicoles</w:t>
+                <w:t xml:space="preserve">Analyse de la richesse piscicole de quatre ensembles hydrographiques francais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Sanlaville Boisson</w:t>
+                <w:t xml:space="preserve">Didier Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Olivier</w:t>
+                <w:t xml:space="preserve">Jérôme Belliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Simier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Philippe Boët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Poizat</w:t>
+                <w:t xml:space="preserve">Thierry Oberdorff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin français de la pêche et de la pisciculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 337-338-339, pp.121-129. </w:t>
+              <w:t xml:space="preserve">, 1995, 337-339, pp.75-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/kmae:1995014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/kmae:1995010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02576556v1</w:t>
+                <w:t xml:space="preserve">hal-02707189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la richesse piscicole de quatre ensembles hydrographiques francais</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies démographiques des poissons des rivières françaises : premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Pont</w:t>
+                <w:t xml:space="preserve">Jean Allardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Belliard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Oberdorff</w:t>
+                <w:t xml:space="preserve">Georges Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin français de la pêche et de la pisciculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 337-339, pp.75-81. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/kmae:1995010⟩</w:t>
+              <w:t xml:space="preserve">, 1995, 337-338-339, pp.113-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/kmae:1995013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02707189v1</w:t>
+                <w:t xml:space="preserve">hal-02576563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies démographiques des poissons des rivières françaises : premiers résultats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Pont</w:t>
+                <w:t xml:space="preserve">Les bases de données : outils de stockage et d'exploitation des échantillonnages piscicoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sanlaville Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Allardi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Boët</w:t>
+                <w:t xml:space="preserve">Monique Simier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Carrel</w:t>
+                <w:t xml:space="preserve">Gilles Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin français de la pêche et de la pisciculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 337-338-339, pp.113-119. </w:t>
+              <w:t xml:space="preserve">, 1995, 337-338-339, pp.121-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/kmae:1995013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/kmae:1995014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02576563v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02576556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des statistiques de pêche aux engins dans le bassin du Rhône. Deuxième partie : étude des captures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zylberblat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5285,90 +5285,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosystem based approach of a Lower Saone River section to assess the impact of invasive or expanding species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Dragotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Franquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stolzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Fruget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5436,51 +5436,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte R. Dromard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Kergosien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Cerantola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5535,90 +5535,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the management of Hyères saltmarshes (Provence, France) using an ecosystem-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Astruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. F. Boudouresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Astruch</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lascève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5660,51 +5660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rentabilité sociale des plans de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bonnieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5781,51 +5781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Argillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium and workshop on management and ecology of lake and reservoir fisheries, Hull, GBR, 10-14 April 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5888,51 +5888,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assumptions and model structure for the growth and survival of the holopelagic brown macroalga Sargassum spp. based on DEB (Dynamic Energy Budget) theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María José Lagunes</w:t>
+                <w:t xml:space="preserve">María-José Lagunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pecquerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6033,263 +6033,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
+                <w:t xml:space="preserve">Les poissons d'eau douce de France. Deuxième édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël P.J. Denys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Biotope éditions; Publications scientifiques du MNHN, 703 p., 2020, 978-2-36662-247-8</w:t>
+              <w:t xml:space="preserve">Biotope, Mèze, Inventaires &amp; biodiversité - Tome 18, 704 p., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117963v1</w:t>
+                <w:t xml:space="preserve">mnhn-04254776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les poissons d'eau douce de France. Deuxième édition</w:t>
+                <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël P.J. Denys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Biotope, Mèze, Inventaires &amp; biodiversité - Tome 18, 704 p., 2020</w:t>
+              <w:t xml:space="preserve">Biotope éditions; Publications scientifiques du MNHN, 703 p., 2020, 978-2-36662-247-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04254776v1</w:t>
+                <w:t xml:space="preserve">hal-03117963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6301,427 +6301,427 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cristivomer : salvelinus namaycush (Walbaum, 1792)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'aphanius de Corse : aphanius fasciatus (Valenciennes, 1821)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Changeux</w:t>
+                <w:t xml:space="preserve">B. Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Biotope; MNHN, pp.517-518, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
+              <w:t xml:space="preserve">, Biotope; MNHN, pp.541-543, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339044v1</w:t>
+                <w:t xml:space="preserve">hal-03339054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chevaine : squalius cephalus (Linnaeus, 1758)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le huchon : hucho hucho (Linnaeus, 1758)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Persat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Biotope; MNHN, pp.377-380, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
+              <w:t xml:space="preserve">, Biotope; MNHN, pp.519-520, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339014v1</w:t>
+                <w:t xml:space="preserve">hal-03339049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'aphanius de Corse : aphanius fasciatus (Valenciennes, 1821)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le cristivomer : salvelinus namaycush (Walbaum, 1792)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Biotope; MNHN, pp.541-543, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
+              <w:t xml:space="preserve">, Biotope; MNHN, pp.517-518, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03339054v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le huchon : hucho hucho (Linnaeus, 1758)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le chevaine : squalius cephalus (Linnaeus, 1758)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Le Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Persat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Biotope; MNHN, pp.519-520, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
+              <w:t xml:space="preserve">, Biotope; MNHN, pp.377-380, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03339049v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le hotu : chondrostoma nasus (Linnaeus, 1758)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nelva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biotope; MNHN, pp.371-376, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
@@ -6763,51 +6763,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'omble de fontaine : salvelinus fontinalis (Mitchill, 1814)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Rivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biotope; MNHN, pp.514-516, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
@@ -6836,51 +6836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pêche fluviale en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6961,103 +6961,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Management of Mediterranean Coastal Habitats: A Plea for a Socio-ecosystem-Based Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-François Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Bănaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Blanchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hubert-Jean Ceccaldi; Yves Hénocque; Teruhisa Komatsu; Patrick Prouzet; Benoit Sautour; Jiro Yoshida. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution of Marine Coastal Ecosystems under the Pressure of Global Changes. Proceedings of Coast Bordeaux Symposium and of the 17th French-Japanese Oceanography Symposium</w:t>
@@ -7125,51 +7125,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.J. Crivelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Quatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Keith, P. (ed.); Poulet, N. (ed.); Denys, G. (ed.); Changeux, Thomas (ed.); Feunteun, E. (ed.); Persat, H. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les poissons d'eau douce de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biotope; MNHN, pp.544-546, 2020, Inventaires et Biodiversité, 978-2-366-62247-8</w:t>
@@ -7230,77 +7230,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MARINE PROTECTED AREAS: MULTI-USE MANAGEMENT (MUM) VS. NO-TAKE ZONES (NTZ) AND THE EFFICIENCY OF LOCALLY MANAGED ARTISANAL FISHERY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles F. Boudouresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Astruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7383,51 +7383,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaulaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Prouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7508,51 +7508,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Castelnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaulaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baisez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7732,51 +7732,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eel stock and fishery in France in 2003</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Castelnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7866,51 +7866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Argillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management and ecology of lake and reservoir fisheries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, pp.312-321</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7961,271 +7961,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier de Réflexion Prospective MERMED : adaptation aux changements globaux en mer Méditerranée</w:t>
+                <w:t xml:space="preserve">ARP MERMED Forward-thinking Workshop : adapting to global changes in the Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Boulier</w:t>
+                <w:t xml:space="preserve">F. Boulier (coord.)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Chagué</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">V. Chagué (coord.)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lacroix</w:t>
+                <w:t xml:space="preserve">D. Lacroix (coord.)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Chaboud</w:t>
+                <w:t xml:space="preserve">Christian Chaboud (collab.)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Agropolis International. 2015, 12 p</w:t>
+              <w:t xml:space="preserve">[Research Report] Agropolis International. 2015, 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02566399v1</w:t>
+                <w:t xml:space="preserve">hal-02566419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARP MERMED Forward-thinking Workshop : adapting to global changes in the Mediterranean Sea</w:t>
+                <w:t xml:space="preserve">Atelier de Réflexion Prospective MERMED : adaptation aux changements globaux en mer Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Boulier (coord.)</w:t>
+                <w:t xml:space="preserve">F. Boulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Chagué (coord.)</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">V. Chagué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lacroix (coord.)</w:t>
+                <w:t xml:space="preserve">D. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Chaboud (collab.)</w:t>
+                <w:t xml:space="preserve">Christian Chaboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Agropolis International. 2015, 12 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Agropolis International. 2015, 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02566419v1</w:t>
+                <w:t xml:space="preserve">hal-02566399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier de réflexion prospective MERMED : adaptation aux changements globaux en mer Méditerranée : rapport final</w:t>
               </w:r>
@@ -8237,77 +8237,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Broin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Boulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Chagué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Agropolis International. 2014, 156 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -8346,51 +8346,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme Mer : état des lieux et enjeux de la recherche et de l'innovation en sciences marines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Changeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cochonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8541,51 +8541,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4948D5AB"/>
+    <w:nsid w:val="98C5E3E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8772,51 +8772,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-changeux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0418-3321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAE-5326-2019" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480202v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Navarro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsey Geralda Armstrong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Changeux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Frisch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Gil-Romera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44358-025-00084-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235625v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Merquiol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Tribot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P J Denys" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-025-00103-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242580v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05468814v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Boudouresque" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Astruch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Perret-Boudouresque" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruitton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308288v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Orts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schohn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belloni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1673739" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675380v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Changeux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dragotta" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Stolzenberg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Fruget" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2024.100446" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244953v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boisneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stolzenberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Goulon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-023-09803-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04706376v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Kergosien" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Helias" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Grand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/phycology4030018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675389v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scemama" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-F. Boudouresque" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121888" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653818v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303584" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04187007v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1130540" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229865v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berline" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Podlejski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2023.103644" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942992v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109791" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437843v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Boudouresque" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barcelo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanfun&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d13110594" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03150859v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Berline" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Radenac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Santini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abe11a" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427391v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Villesseche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/es-12740-260426" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03287064v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benshila" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Souli&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-4069-2021" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342427v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;dail" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcelo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342462v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Direach" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moussy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jehl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342451v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kermagoret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accornero-Picon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alban" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933822v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michotey" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blanfun&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Chevalier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diaz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141216" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faget" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasceve" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342401v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B&#259;naru" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belloni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Besbes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Besbes Benseddik" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambros Kokokiris" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Hamza" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2020.100536" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342557v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293531v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ben Rejeb Jenhani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Fathalli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Djemali" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Romdhane" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123575v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiheb Fassatoui" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Shaiek" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019005" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291680v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Ody" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thibaut" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222584" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02161028v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schmidt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Castro-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b01585" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304651v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blazy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-019-04070-7" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Qu&#233;tel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marinesque" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ringler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fillinger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587865v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prouzet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Feunteun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rigaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Castelnaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Muchiut" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294371v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gallet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:2002052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674624v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Armand" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnieux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680556v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:2002053" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671146v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294376v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1996017" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576556v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanlaville Boisson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Simier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poizat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995014" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707189v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pont" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Belliard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bo&#235;t" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oberdorff" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995010" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576563v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Allardi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Carrel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995013" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294379v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zylberblat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1993007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555711v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dragotta" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fruget" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010365v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charles" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cerantola" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cosquer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024582v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Boudouresque" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lasc&#232;ve" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594044v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580681v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argillier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pronier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181607v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; Lagunes" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecquerie" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lett" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Benavides" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cecchi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117963v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keith" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254776v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339044v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Perrin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339014v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Louarn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Persat" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339054v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roche" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339049v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339008v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nelva" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339038v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rivier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338986v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillouet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boisneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stolzenberg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goulon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899067v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blanchot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_20" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339062v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Crivelli" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quatre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474530v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruitton" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588590v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Briand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaulaton" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586415v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baisez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587445v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bardonnet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Farrugio" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583299v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Briand" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. de Casamajor" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582626v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566399v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chagu&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chaboud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566419v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulier (coord.)" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chagu&#233; (coord.)" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix (coord.)" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chaboud (collab.)" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860473v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hubert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598290v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cochonat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-changeux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0418-3321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAE-5326-2019" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308288v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Astruch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Orts" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schohn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belloni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1673739" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Navarro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsey Geralda Armstrong" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Changeux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Frisch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Gil-Romera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44358-025-00084-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235625v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Merquiol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Tribot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P J Denys" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-025-00103-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480202v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05468814v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Boudouresque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Perret-Boudouresque" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruitton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653818v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303584" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675380v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Changeux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dragotta" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Stolzenberg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Fruget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2024.100446" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244953v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boisneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stolzenberg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Goulon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-023-09803-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675389v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scemama" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-F. Boudouresque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121888" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04706376v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Kergosien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Helias" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Grand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/phycology4030018" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229865v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berline" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Podlejski" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guillot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2023.103644" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04187007v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1130540" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942992v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109791" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03287064v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benshila" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Berline" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Souli&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Radenac" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-4069-2021" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427391v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Villesseche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/es-12740-260426" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437843v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Boudouresque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barcelo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanfun&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d13110594" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03150859v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Santini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abe11a" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210651v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Besbes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Besbes Benseddik" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambros Kokokiris" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Hamza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2020.100536" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342557v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342427v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;dail" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcelo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933822v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michotey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blanfun&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Chevalier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diaz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141216" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342463v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faget" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasceve" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342462v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Direach" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moussy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jehl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342451v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kermagoret" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accornero-Picon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alban" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342401v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B&#259;naru" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belloni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123575v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Romdhane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiheb Fassatoui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Shaiek" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ben Rejeb Jenhani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293531v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Fathalli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Djemali" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291680v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Ody" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thibaut" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222584" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02161028v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schmidt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Castro-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b01585" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304651v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blazy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-019-04070-7" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Qu&#233;tel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marinesque" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ringler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fillinger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587865v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prouzet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Feunteun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rigaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Castelnaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Muchiut" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294371v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gallet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:2002052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674624v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Armand" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnieux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680556v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:2002053" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671146v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294376v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1996017" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707189v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pont" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Belliard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bo&#235;t" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oberdorff" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995010" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576563v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Allardi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Carrel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995013" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576556v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanlaville Boisson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Simier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poizat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995014" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294379v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zylberblat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1993007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555711v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dragotta" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fruget" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010365v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charles" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cerantola" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cosquer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024582v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Boudouresque" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lasc&#232;ve" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594044v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580681v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argillier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pronier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181607v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Lagunes" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecquerie" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lett" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Benavides" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cecchi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254776v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keith" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117963v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339054v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roche" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339049v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Perrin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339044v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339014v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Louarn" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Persat" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339008v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nelva" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339038v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rivier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338986v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillouet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boisneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stolzenberg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goulon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899067v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blanchot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_20" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339062v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Crivelli" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quatre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474530v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruitton" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588590v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Briand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaulaton" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586415v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baisez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587445v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bardonnet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Farrugio" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583299v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Briand" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. de Casamajor" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582626v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566419v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulier (coord.)" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chagu&#233; (coord.)" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix (coord.)" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chaboud (collab.)" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566399v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chagu&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chaboud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860473v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hubert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598290v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cochonat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>