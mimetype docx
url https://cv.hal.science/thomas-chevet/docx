--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -325,538 +325,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05077124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonotopic Kalman Filter-based Interval Estimation for Discrete-Time Linear Systems with Unknown Inputs</w:t>
+                <w:t xml:space="preserve">Robust Interval Observer for Systems Described by the Fornasini-Marchesini Second Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Andreas Rauh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Raïssi</w:t>
+                <w:t xml:space="preserve">Tarek Raissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 6, pp.806 - 811. </w:t>
+              <w:t xml:space="preserve">, 2021, 6, pp.1940-1945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2021.3086562⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2021.3136762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03239436v1</w:t>
+                <w:t xml:space="preserve">hal-03498843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Interval Observer for Systems Described by the Fornasini-Marchesini Second Model</w:t>
+                <w:t xml:space="preserve">Zonotopic Kalman Filter-based Interval Estimation for Discrete-Time Linear Systems with Unknown Inputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Rauh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Marzat</w:t>
+                <w:t xml:space="preserve">Zhenhua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Raissi</w:t>
+                <w:t xml:space="preserve">Tarek Raïssi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 6, pp.1940-1945. </w:t>
+              <w:t xml:space="preserve">, 2021, 6, pp.806 - 811. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2021.3136762⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2021.3086562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03498843v1</w:t>
+                <w:t xml:space="preserve">hal-03239436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized MPC for UAVs Formation Deployment and Reconfiguration with Multiple Outgoing Agents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guaranteed Set-Membership State Estimation of an Octorotor's Position for Radar Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Vlad</w:t>
+                <w:t xml:space="preserve">Dory Merhy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youmin Zhang</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Teodoro Alamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Fernandez Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ben Chabane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10846-019-01025-x⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207179.2020.1825796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02100517v1</w:t>
+                <w:t xml:space="preserve">hal-02972596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guaranteed Set-Membership State Estimation of an Octorotor's Position for Radar Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dory Merhy</w:t>
+                <w:t xml:space="preserve">Decentralized MPC for UAVs Formation Deployment and Reconfiguration with Multiple Outgoing Agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiane Ben Chabane</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Youmin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97, pp.155-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00207179.2020.1825796⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10846-019-01025-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972596v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1554,103 +1554,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Stochastic Design Approach for Iterative Learning Observers for the Estimation of Periodically Recurring Trajectories and Disturbances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Rauh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Raissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Londres, United Kingdom. pp.1548-1553, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1684,103 +1684,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Iterative Learning Observers Based on a Combination of Stochastic Estimation Schemes and Ellipsoidal Calculus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Rauh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Raissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Conference on Information Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Linköping, Sweden. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1808,304 +1808,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Estimation for Discrete-Time Linear Parameter-Varying System with Unknown Inputs</w:t>
+                <w:t xml:space="preserve">Robust Sensor Fault Detection for Linear Parameter-Varying Systems using Interval Observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Raissi</w:t>
+                <w:t xml:space="preserve">Tarek Raïssi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60th IEEE Conference on Decision and Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Austin, United States. pp.4002-4007, </w:t>
+              <w:t xml:space="preserve">31st European Safety and Reliability Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Angers, France. pp.1486-1493, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC45484.2021.9683335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_380-cd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332064v1</w:t>
+                <w:t xml:space="preserve">hal-03239385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Sensor Fault Detection for Linear Parameter-Varying Systems using Interval Observer</w:t>
+                <w:t xml:space="preserve">Interval Estimation for Discrete-Time Linear Parameter-Varying System with Unknown Inputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Raïssi</w:t>
+                <w:t xml:space="preserve">Tarek Raissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st European Safety and Reliability Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Angers, France. pp.1486-1493, </w:t>
+              <w:t xml:space="preserve">60th IEEE Conference on Decision and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Austin, United States. pp.4002-4007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_380-cd⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CDC45484.2021.9683335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03239385v1</w:t>
+                <w:t xml:space="preserve">hal-03332064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control Systems Engineering made Easy: Motivating Students through Experimentation on UAVs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2199,77 +2199,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youmin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Fernandez Camacho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC 2020 - 21st IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.6969-6974, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2303,90 +2303,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zonotopic set-membership state estimation applied to an octorotor model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dory Merhy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodoro Alamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Fernandez Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2441,51 +2441,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modernizing Teaching through Experimentation on UAVs Formations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2588,64 +2588,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youmin Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECC 2019 - European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.4016-4021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2705,64 +2705,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youmin Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Unmanned Aircraft Systems, ICUAS'18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Dallas, TX, United States. pp.9-14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3119,51 +3119,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A6766DB7"/>
+    <w:nsid w:val="3F01D964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3350,51 +3350,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-chevet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8599-7038" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249952025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-7877-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077124v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usama" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salaje" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15115874" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03239436v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marzat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2021.3086562" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498843v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rauh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Raissi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2021.3136762" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100517v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Vlad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Stoica Maniu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youmin Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-019-01025-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972596v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dory Merhy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodoro Alamo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Fernandez Camacho" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ben Chabane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2020.1825796" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11187042" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041807v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.12.151" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025991v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPE-POWERENG63314.2025.11027209" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV63323.2024.10821506" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669200v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sircoulomb" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS63016.2024.10773325" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261238v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thakker Aarsh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gombert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC59206.2023.10308506" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595002v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838288" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION49751.2022.9841329" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03239385v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_380-cd" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Venturino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571729v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.417" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Rousseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.183" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100528v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796152" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS.2018.8453342" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630173v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Makarov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Hinostroza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tarascon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2017.8107122" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02976812v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UPASG007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-chevet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8599-7038" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249952025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-7877-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077124v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usama" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salaje" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15115874" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498843v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rauh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marzat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Raissi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2021.3136762" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03239436v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2021.3086562" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972596v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dory Merhy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Stoica Maniu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodoro Alamo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Fernandez Camacho" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ben Chabane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2020.1825796" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100517v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Vlad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youmin Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-019-01025-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11187042" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041807v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.12.151" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025991v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPE-POWERENG63314.2025.11027209" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV63323.2024.10821506" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669200v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sircoulomb" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS63016.2024.10773325" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261238v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thakker Aarsh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gombert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC59206.2023.10308506" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595002v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838288" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION49751.2022.9841329" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03239385v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_380-cd" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332064v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683335" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Venturino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571729v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.417" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Rousseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.183" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100528v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796152" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS.2018.8453342" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630173v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Makarov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Hinostroza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tarascon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2017.8107122" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02976812v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UPASG007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>