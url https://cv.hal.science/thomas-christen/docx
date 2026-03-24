--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1568,51 +1568,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01236292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron microbeam radiation therapy induces hypoxia in intracerebral gliosarcoma but not in the normal brain</w:t>
+                <w:t xml:space="preserve">Synchrotron microbeam radiation therapy induces hypoxia in intracerebral gliosarcoma but not in the normal brain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lemasson</w:t>
@@ -1651,114 +1651,114 @@
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 108 (1), pp.143-148. </w:t>
+              <w:t xml:space="preserve">, 2013, 108 (1), pp.143-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.radonc.2013.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05142308v1</w:t>
+                <w:t xml:space="preserve">inserm-00855558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron microbeam radiation therapy induces hypoxia in intracerebral gliosarcoma but not in the normal brain.</w:t>
+                <w:t xml:space="preserve">Synchrotron microbeam radiation therapy induces hypoxia in intracerebral gliosarcoma but not in the normal brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lemasson</w:t>
@@ -1797,90 +1797,90 @@
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 108 (1), pp.143-8. </w:t>
+              <w:t xml:space="preserve">, 2013, 108 (1), pp.143-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.radonc.2013.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00855558v1</w:t>
+                <w:t xml:space="preserve">hal-05142308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simulation tool for dynamic contrast enhanced MRI.</w:t>
               </w:r>
@@ -4143,277 +4143,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03259368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing signal patterns for MR vascular fingerprinting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dictionary-based Learning in MR Fingerprinting: Statistical Learning versus Deep Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Boux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Forbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julyan Arbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Lemasson</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Christen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMRM &amp; SMRT 2020 - Virtual Conference &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Sidney, Australia. pp.1-3</w:t>
+              <w:t xml:space="preserve">ISMRM 2020 - International Society for Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Sidney, Australia. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02926840v1</w:t>
+                <w:t xml:space="preserve">hal-02922858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dictionary-based Learning in MR Fingerprinting: Statistical Learning versus Deep Learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimizing signal patterns for MR vascular fingerprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Boux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thomas Christen</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Warnking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMRM 2020 - International Society for Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Sidney, Australia. pp.1-4</w:t>
+              <w:t xml:space="preserve">ISMRM &amp; SMRT 2020 - Virtual Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Sidney, Australia. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02922858v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5347,51 +5347,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836864v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Oudoumanessah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Christen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408430v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delphin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Barbier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29812" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187172v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Silva Martins Mar&#231;al" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Cunge" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30629" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72069-7_25" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05395422v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brossard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M. Warnking" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00377" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04116278v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stenzel Cackowski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2023.102799" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937866v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montigon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.594799" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouchet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Maisin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Le Duc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.3357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F66748A718703EE4048A7BCA47C8E78E0569E7D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236292v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouchet Bouchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142308v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Potez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2013.05.013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1VLNTM5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00855558v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00861236v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Adrien Pannetier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment St&#233;phan Debacker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mauconduit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Luc Barbier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0057636" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00658563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannetier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tachrount" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Tropr&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1734" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/033461F2E9055D98853ACAB58C76A1DB7F24A2C5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753882v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Farion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Remy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.11110518" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142311v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Serduc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.12112621" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753894v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Zaharchuk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joudiou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.23094" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00607949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tizon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Farion" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Fondraz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1611" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00629822v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Segebarth" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1603" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4430E8774E09F84DBDCD54A446B9EAFD2B7B2B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00527773v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Wion" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L. Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Coles" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stem.2009.08.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142334v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laissue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/13/015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/34ECB059258EBE22789178F961C919FDB71CDA59/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00381397v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean A. Laissue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078193v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Mar&#231;al" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078184v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11971" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647825v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legris" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Warnking" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133727v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael E Moseley" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684105v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670697v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259368v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M Warnking" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926840v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922858v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julyan Arbel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leporq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Rochefort" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107446v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278915v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03418716v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00460939v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836864v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Oudoumanessah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Christen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408430v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delphin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Barbier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29812" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187172v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Silva Martins Mar&#231;al" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Cunge" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30629" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72069-7_25" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05395422v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brossard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M. Warnking" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00377" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04116278v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stenzel Cackowski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2023.102799" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937866v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montigon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.594799" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouchet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Maisin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Le Duc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.3357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F66748A718703EE4048A7BCA47C8E78E0569E7D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236292v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouchet Bouchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00855558v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Potez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2013.05.013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1VLNTM5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00861236v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Adrien Pannetier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment St&#233;phan Debacker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mauconduit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Luc Barbier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0057636" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00658563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannetier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tachrount" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Tropr&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1734" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/033461F2E9055D98853ACAB58C76A1DB7F24A2C5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753882v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Farion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Remy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.11110518" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142311v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Serduc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.12112621" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753894v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Zaharchuk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joudiou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.23094" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00607949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tizon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Farion" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Fondraz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1611" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00629822v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Segebarth" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1603" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4430E8774E09F84DBDCD54A446B9EAFD2B7B2B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00527773v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Wion" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L. Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Coles" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stem.2009.08.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142334v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laissue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/13/015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/34ECB059258EBE22789178F961C919FDB71CDA59/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00381397v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean A. Laissue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078193v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Mar&#231;al" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078184v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11971" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647825v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legris" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Warnking" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133727v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael E Moseley" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684105v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670697v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259368v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M Warnking" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922858v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julyan Arbel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926840v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leporq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Rochefort" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107446v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278915v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03418716v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00460939v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>