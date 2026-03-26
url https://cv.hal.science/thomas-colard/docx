--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Colard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2235-6759</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equipe de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'équipe EvodiBio  de PACEA (Évolution et diversité biologique : des organismes aux écosystèmes).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignements :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Biophysique, Anatomie & Imagerie Orale et Maxillo-Faciale, Biologie du développement Cranio-facial & Dentaire et Évolution Humaine.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Evolutionary Anthropology, Evolutionary Developmental Biology, Craniofacial & Dental ontogeny, morphology & evolution, Evolutionary medicine</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la dureté de la nourriture sur la morphologie de la mandibule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1851es réunion scientifique de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Genève, Suisse. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15hib⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure interne des incisives supérieures permanentes néandertaliennes provenant des deux phases climatiques de l’Hortus (Hérault, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette de Lumley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133nw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First geometric morphometric study of the four Arago mandibles: implications for Middle Pleistocene hominin evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Perrenoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette De Lumley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Annual ESHE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les malformations incisives-molaires : un défaut de développement dentaire méconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53èmes Journées Internationales de la Société Française d’Odontologie Pédiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épaisseur de l’émail et traits non-métriques à la jonction émail-dentine des canines et prémolaires supérieures et inférieures chez les Néandertaliens et les Hommes modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133nv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la biologie du développement dans la paléoanthropologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2024, Bordeaux, France. pp.S32, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.13073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des impressions des granulations arachnoïdiennes sur les surfaces endocrâniennes des hominines fossiles et actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Alcala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Saos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Bordeaux, France. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.12318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des techniques d'imagerie et de paléogénomique : application aux mort-nés inhumés dans l'habitat sur le pourtour méditerranéen, et son potentiel sur des contextes funéraires de l'âge du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Lopez-Onaindia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Debergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Lucas- Aragay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48e colloque international de l’Association Française pour l’Étude de l’Âge du Fer : Les pratiques funéraires en Europe occidentale du IXe au Ve siècle avant J.-C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française pour l’Étude de l’Âge du Fer, May 2024, Rodez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age, sex, and ancestry-related variation in cortical bone and dentine thickness in modern humans and relevance to evolutionary anthropology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aarhus (Danemark), Denmark. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48738/2023.iss2.1093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the presence of sexual dimorphism in radicular dentine thickness and topographic distribution in modern human upper permanent canines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Profico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on Dental Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Francfort, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do dentine and cortical bone thickness covary in humans? The influence of age and sex assessed in a modern sample and the condition of Neandertals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cazenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, online, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-examination of “old fossils”. The Mid-Twentieth discovered specimens from the Late Middle Pleistocene Montmaurin caves (South-west of France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Vialet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Champalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José María Bermúdez de Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Modesto-Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the International Union of Prehistoric and Protohistoric Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case of hydrocephalus and its “neurosurgical” intervention on a woman from 18th century in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Giuffra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Fornaciari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie, colloque du Groupe des Paléopathologistes de Langue Française (GPLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amputations spontanées ou chirurgicales ? Le cas de la léproserie médiévale Saint-Thomas d'Aizier (12e-16e s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française 2018, Applications des méthodes d'imagerie en paléopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GPLF, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of skeletal lesions severity in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienna, Austria. p. 115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-Rays as a sensitive method for the studies of long bones of leg periosteal lesions in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Palich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of skeletal lesions severity in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-Rays as a sensitive method for the studies of long bones of leg periosteal lesions in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Palich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienna, Austria. p. 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paléopathologie de l'ostéomalacie : deux cas originaux provenant du nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Auslender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dedryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Villena I Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des lésions du passé aux diagnostics modernes, colloque du Groupe des paléopathologistes de Langue Française (GPLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Szeged, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« New Paleopathological Evidence of Pre-Columbian Treponematoses from Northern France : deux cas de syphilis tertiaire des XIIIe et XIVe siècles provenant du cloître de l'abbaye d'Ardenne et de l'église Saint-Pierre de Thaon (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Danze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Paleopathology Association Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Copenhague, Danemark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thickness measurements and micro‐ CT imaging of human temporo‐mandibular discs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 247 (2), pp.304-313. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.14237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05301957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral and maxillofacial manifestations of Pycnodysostosis: a summary of clinical, radiological and cephalometric diagnostic criteria. A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bovis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Brotons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Antunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Philip-Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stomatology, Oral and Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jormas.2025.102430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Development in Human Evolution: Specificities, Challenges, and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.70001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Radiographic Measurements for Detecting Interdental Papilla: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vandeweghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevimy Agossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoun Sabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hom‐lay Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Esthetic and Restorative Dentistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (8), pp.2002 - 2010. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jerd.13480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of age, sex, and ancestry-related variation in cortical bone and dentine volumes in modern humans, and a preliminary assessment of cortical bone-dentine covariation in later Homo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JASs. Journal of anthropological sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 101, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4436/JASS.10019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using SXRF and LA-ICP-TOFMS to Explore Evidence of Treatment and Physiological Responses to Leprosy in Medieval Denmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Brozou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello A Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stijn J M van Malderen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Garrevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.184. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology12020184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the mobility of a middle Upper Paleolithic female skeleton from Caviglione (Liguria, Italy): Impact of trauma and mountainous terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 184, pp.103428. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental developmental defects due to mercurial treatment in a child from sixteenth-century Alghero (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Bandiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Milanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouddane Baghdad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (10), pp.193. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01657-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental developmental defects due to mercurial treatment in a child from sixteenth-century Alghero (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Bandiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Milanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouddane Baghdad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (10), pp.193. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01657-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical aspects of Raman spectroscopy as a tool for postmortem interval estimation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Behal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Talanta Open, 249, pp.123589. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2022.123589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evidence of Bone Lesions Due to Larder Beetle Dermestes maculatus (Coleoptera: Dermestidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lavieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Biology, 11 (9), pp.1321. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11091321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone Molecular Modifications Induced by Diagenesis Followed-Up for 12 Months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Behal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (10), pp.1542. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11101542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the palaeobiology of an early &amp;lt;i&amp;gt;Homo&amp;lt;/i&amp;gt; infant: multidisciplinary investigation of the GAR IVE hemi-mandible, Melka Kunture, Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Chaussain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Di Carlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.23087. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-02462-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early ontogeny of humeral trabecular bone in Neandertals and recent modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Doronichev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.102968. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.102968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T1-weighted MRI images accurately represent the volume and surface of architectural mineral damage of osteonecrosis of the femoral head: comparison with high-resolution computed tomography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Paccou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Norberciak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Bone, 130, pp.115099. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bone.2019.115099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcomputed tomography and genetic analysis of a rare case of Caffey's disease in a 5–7‐month‐old girl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Modi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Vergata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Caramelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (5), pp.854-859. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oa.2772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcomputed tomography and genetic analysis of a rare case of Caffey's disease in a 5–7‐month‐old girl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Modi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Vergata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Caramelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (5), pp.854-859. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oa.2772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE OF THE BONE MORPHOLOGY ON MECHANICAL BEHAVIOR OF HUMAN SKULL FOR TWO STRAIN RATE CASES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Haugou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), pp.1850046. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S021951941850046X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The precision of micro-tomography in bone taphonomic experiments and the importance of registration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien de Jonckheere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forensic Science International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 273, pp.161-167. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.forsciint.2017.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of bone diagenesis by histology in forensic contexts: a human taphonomic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Hédouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 132 (1), pp.219-227. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-017-1699-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Leprosarium of Saint-Thomas d’Aizier : the cementochronological proof of the medieval decline of Hansen disease in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bocquet-Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.140-151. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01715280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on the composition and the structure of the acellular extrinsic fiber cementum by Raman analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.1 - 20. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0167316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of periodontal disease on cementochronology age estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.128-133. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology, to cut or not to cut?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel D’incau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.113-119. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2014.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical note: early post-mortem changes of human bone in taphonomy with μCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 131 (3), pp.761-770. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-016-1509-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the environment on bone mass: A human taphonomic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Aubernon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.61-67. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.legalmed.2016.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific Patterns of Canine Scavenging in Indoor Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristen Hartnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Forensic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (2), pp.495-500. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1556-4029.12684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology and sex: A reappraisal of sex-associated differences in survival in past French societies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, International Journal of Paleopathology, 15, pp.152-163. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific patterns of canine scavenging in indoor settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristen Hartnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Forensic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (2), pp.495-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward the adoption of cementochronology in forensic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 132 (4), pp.1117-1124. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-015-1172-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a mechanical model of the human skull bone by morphological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Drazetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (sup1), pp.1962-1963. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1070585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research on the dead body: Prospects in lesional anthropology using an animal model studied by microtomography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de Médecine Légale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (2), pp.83-90. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medleg.2014.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03462162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D-MSCT imaging of bullet trajectory in 3D crime scene reconstruction: Two case reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Raul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (6), pp.318-322. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.legalmed.2013.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of larder beetles (Coleoptera: Dermestidae) on human cadavers: a review of 81 forensic cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pasquerault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Hedouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 128 (6), pp.1021-1030. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-013-0945-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Original experimental ballistic set-up for mechanical behaviour characterisation of the cranial bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Haugou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16 (sup1), pp.209-210. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LumicyanoTM: A new fluorescent cyanoacrylate for a one-step luminescent latent fingermark development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosimo Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Galmiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fifonsi-Gwladys Quenum-Possy-Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thiburce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forensic Science International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 233, pp.104-112. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/jforsciint.2013.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From anatomical modernity to evolutionary complexity: Rethinking human variation beyond a binary framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Cosnefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Crevecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the Study of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse morphométrique 3D de la croissance et du développement de la base du crâne chez l’Homme moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Sourbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850èmes Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France. 37 ((s)), 2025, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133pl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological Affinities of Ibero-Maurusian Populations from Taforalt and Afalou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Crevecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESHE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone diagenesis at early stage followed-up during 12 months by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Olejnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Duponchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ICCBMT 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Oosterbeek, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défauts de développement de l'émail chez un enfant du VIIIe siècle BC : un cas potentiel de syphilis précolombienne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Des Paléopathologistes de Langue Française 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Bruxelles, Belgique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défauts de développement dentaire et lèpre. A propos de 5 cas d’odontodysplasie léprogénique dans la population de Saint-Thomas d’Aizier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lombardo Daniella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology, to cut or not to cut ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel d'Incau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Lanteri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">82nd Annual Meeting of the American Association of Physical Anthropologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Knoxville, United States. 150, pp.204-205, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affinités des dents humaines du Portel-Ouest avec les Néandertaliens et les Hommes modernes : Analyse préliminaire de la quatrième prémolaire inférieure par difféomorphisme. In : Becam G. (dir.), Le site moustérien de la grotte du Portel-Ouest (Loubens, Ariège). Complément au 1er rapport intermédiaire de fouille programmée triennale 2023-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Midi-Pyrénées, Toulouse. 2024, pp.32-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoanthropologie : perspectives post-monographiques pour la recherche et la conservation des collections humaines. In : Perrenoud C., Caune de l ’Arago (Tautavel, Pyrénées-Orientales), rapport de fouilles 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1112337, Service Régional de l'Archéologie. 2022, pp.93-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boulogne-sur-Mer (62), Crypte de la basilique Notre-Dame. Rapport de fouille, 5 volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Blamangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Clerget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Créteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2019, pp.1116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances on Acellular Cementum Increments Composition Using Synchrotron X-Radiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuart R. Stock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, 2022, 9781108477086</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Protocol to Identify Parturitions Lines in Acellular Cementum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Debroucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiann El Ayoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Cambridge University Press, pp.234-248, 2022, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108569507.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques endostructurales des couronnes des dents humaines de la grotte du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. de Lumley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes. Des Homo erectus européens évolués en voie de néandertalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.385-410, 2018, 9782271120182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathologie de l’homme du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette De Lumley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Paquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret. Nice, Alpes-Maritimes, France. Des Homo erectus européens évolués en voie de néandertalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.469-480, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewing's sarcoma in a fourth century AD urban cemetery of northern Gaul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marchandise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Colard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2235-6759</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equipe de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'équipe EvodiBio  de PACEA (Évolution et diversité biologique : des organismes aux écosystèmes).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignements :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Biophysique, Anatomie & Imagerie Orale et Maxillo-Faciale, Biologie du développement Cranio-facial & Dentaire et Évolution Humaine.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Evolutionary Anthropology, Evolutionary Developmental Biology, Craniofacial & Dental ontogeny, morphology & evolution, Evolutionary medicine</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la dureté de la nourriture sur la morphologie de la mandibule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1851es réunion scientifique de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Genève, Suisse. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15hib⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure interne des incisives supérieures permanentes néandertaliennes provenant des deux phases climatiques de l’Hortus (Hérault, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette de Lumley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133nw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First geometric morphometric study of the four Arago mandibles: implications for Middle Pleistocene hominin evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Perrenoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette De Lumley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Annual ESHE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les malformations incisives-molaires : un défaut de développement dentaire méconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53èmes Journées Internationales de la Société Française d’Odontologie Pédiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épaisseur de l’émail et traits non-métriques à la jonction émail-dentine des canines et prémolaires supérieures et inférieures chez les Néandertaliens et les Hommes modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133nv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des impressions des granulations arachnoïdiennes sur les surfaces endocrâniennes des hominines fossiles et actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Alcala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Saos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Bordeaux, France. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.12318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la biologie du développement dans la paléoanthropologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2024, Bordeaux, France. pp.S32, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.13073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des techniques d'imagerie et de paléogénomique : application aux mort-nés inhumés dans l'habitat sur le pourtour méditerranéen, et son potentiel sur des contextes funéraires de l'âge du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Lopez-Onaindia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Debergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Lucas- Aragay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48e colloque international de l’Association Française pour l’Étude de l’Âge du Fer : Les pratiques funéraires en Europe occidentale du IXe au Ve siècle avant J.-C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française pour l’Étude de l’Âge du Fer, May 2024, Rodez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age, sex, and ancestry-related variation in cortical bone and dentine thickness in modern humans and relevance to evolutionary anthropology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aarhus (Danemark), Denmark. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48738/2023.iss2.1093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the presence of sexual dimorphism in radicular dentine thickness and topographic distribution in modern human upper permanent canines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Profico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on Dental Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Francfort, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do dentine and cortical bone thickness covary in humans? The influence of age and sex assessed in a modern sample and the condition of Neandertals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cazenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, online, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-examination of “old fossils”. The Mid-Twentieth discovered specimens from the Late Middle Pleistocene Montmaurin caves (South-west of France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Vialet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Champalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José María Bermúdez de Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Modesto-Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the International Union of Prehistoric and Protohistoric Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case of hydrocephalus and its “neurosurgical” intervention on a woman from 18th century in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Giuffra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Fornaciari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie, colloque du Groupe des Paléopathologistes de Langue Française (GPLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amputations spontanées ou chirurgicales ? Le cas de la léproserie médiévale Saint-Thomas d'Aizier (12e-16e s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française 2018, Applications des méthodes d'imagerie en paléopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GPLF, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-Rays as a sensitive method for the studies of long bones of leg periosteal lesions in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Palich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of skeletal lesions severity in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienna, Austria. p. 115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-Rays as a sensitive method for the studies of long bones of leg periosteal lesions in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Palich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienna, Austria. p. 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of skeletal lesions severity in leprosy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Meeting of the Paleopathology Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paléopathologie de l'ostéomalacie : deux cas originaux provenant du nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Auslender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dedryver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Villena I Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des lésions du passé aux diagnostics modernes, colloque du Groupe des paléopathologistes de Langue Française (GPLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Szeged, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« New Paleopathological Evidence of Pre-Columbian Treponematoses from Northern France : deux cas de syphilis tertiaire des XIIIe et XIVe siècles provenant du cloître de l'abbaye d'Ardenne et de l'église Saint-Pierre de Thaon (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Danze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Paleopathology Association Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Copenhague, Danemark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From anatomical modernity to evolutionary complexity: Rethinking human variation beyond a binary framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Cosnefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Crevecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the Study of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse morphométrique 3D de la croissance et du développement de la base du crâne chez l’Homme moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Sourbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1850èmes Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France. 37 ((s)), 2025, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/133pl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological Affinities of Ibero-Maurusian Populations from Taforalt and Afalou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Crevecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESHE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone diagenesis at early stage followed-up during 12 months by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Olejnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Duponchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ICCBMT 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Oosterbeek, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défauts de développement de l'émail chez un enfant du VIIIe siècle BC : un cas potentiel de syphilis précolombienne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Des Paléopathologistes de Langue Française 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Bruxelles, Belgique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défauts de développement dentaire et lèpre. A propos de 5 cas d’odontodysplasie léprogénique dans la population de Saint-Thomas d’Aizier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lombardo Daniella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology, to cut or not to cut ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel d'Incau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Lanteri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">82nd Annual Meeting of the American Association of Physical Anthropologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Knoxville, United States. 150, pp.204-205, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Development in Human Evolution: Specificities, Challenges, and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.70001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral and maxillofacial manifestations of Pycnodysostosis: a summary of clinical, radiological and cephalometric diagnostic criteria. A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bovis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Brotons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Antunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Philip-Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stomatology, Oral and Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jormas.2025.102430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Radiographic Measurements for Detecting Interdental Papilla: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vandeweghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevimy Agossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoun Sabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hom‐lay Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Esthetic and Restorative Dentistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (8), pp.2002 - 2010. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jerd.13480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thickness measurements and micro‐ CT imaging of human temporo‐mandibular discs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 247 (2), pp.304-313. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.14237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05301957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of age, sex, and ancestry-related variation in cortical bone and dentine volumes in modern humans, and a preliminary assessment of cortical bone-dentine covariation in later Homo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Augoyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Zanolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C Oettlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JASs. Journal of anthropological sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 101, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4436/JASS.10019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using SXRF and LA-ICP-TOFMS to Explore Evidence of Treatment and Physiological Responses to Leprosy in Medieval Denmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Brozou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello A Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stijn J M van Malderen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Garrevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.184. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology12020184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the mobility of a middle Upper Paleolithic female skeleton from Caviglione (Liguria, Italy): Impact of trauma and mountainous terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 184, pp.103428. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental developmental defects due to mercurial treatment in a child from sixteenth-century Alghero (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Bandiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Milanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouddane Baghdad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (10), pp.193. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01657-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental developmental defects due to mercurial treatment in a child from sixteenth-century Alghero (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Bandiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Milanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouddane Baghdad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (10), pp.193. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01657-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical aspects of Raman spectroscopy as a tool for postmortem interval estimation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Behal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Talanta Open, 249, pp.123589. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2022.123589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evidence of Bone Lesions Due to Larder Beetle Dermestes maculatus (Coleoptera: Dermestidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lavieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Biology, 11 (9), pp.1321. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11091321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone Molecular Modifications Induced by Diagenesis Followed-Up for 12 Months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Behal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (10), pp.1542. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11101542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the palaeobiology of an early &amp;lt;i&amp;gt;Homo&amp;lt;/i&amp;gt; infant: multidisciplinary investigation of the GAR IVE hemi-mandible, Melka Kunture, Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Chaussain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Di Carlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.23087. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-02462-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early ontogeny of humeral trabecular bone in Neandertals and recent modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Doronichev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.102968. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.102968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcomputed tomography and genetic analysis of a rare case of Caffey's disease in a 5–7‐month‐old girl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Modi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Vergata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Caramelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (5), pp.854-859. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oa.2772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcomputed tomography and genetic analysis of a rare case of Caffey's disease in a 5–7‐month‐old girl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Modi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Vergata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Caramelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (5), pp.854-859. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oa.2772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T1-weighted MRI images accurately represent the volume and surface of architectural mineral damage of osteonecrosis of the femoral head: comparison with high-resolution computed tomography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Pascart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Paccou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Norberciak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Bone, 130, pp.115099. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bone.2019.115099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE OF THE BONE MORPHOLOGY ON MECHANICAL BEHAVIOR OF HUMAN SKULL FOR TWO STRAIN RATE CASES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Haugou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), pp.1850046. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S021951941850046X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The precision of micro-tomography in bone taphonomic experiments and the importance of registration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien de Jonckheere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forensic Science International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 273, pp.161-167. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.forsciint.2017.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of bone diagenesis by histology in forensic contexts: a human taphonomic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Hédouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 132 (1), pp.219-227. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-017-1699-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Leprosarium of Saint-Thomas d’Aizier : the cementochronological proof of the medieval decline of Hansen disease in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bocquet-Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.140-151. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01715280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on the composition and the structure of the acellular extrinsic fiber cementum by Raman analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.1 - 20. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0167316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of periodontal disease on cementochronology age estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.128-133. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology, to cut or not to cut?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel D’incau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15, pp.113-119. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2014.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical note: early post-mortem changes of human bone in taphonomy with μCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 131 (3), pp.761-770. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-016-1509-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the environment on bone mass: A human taphonomic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Garff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Aubernon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.61-67. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.legalmed.2016.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology and sex: A reappraisal of sex-associated differences in survival in past French societies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, International Journal of Paleopathology, 15, pp.152-163. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2015.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific Patterns of Canine Scavenging in Indoor Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristen Hartnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Forensic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (2), pp.495-500. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1556-4029.12684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific patterns of canine scavenging in indoor settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristen Hartnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Forensic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (2), pp.495-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward the adoption of cementochronology in forensic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 132 (4), pp.1117-1124. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-015-1172-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a mechanical model of the human skull bone by morphological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Drazetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (sup1), pp.1962-1963. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1070585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research on the dead body: Prospects in lesional anthropology using an animal model studied by microtomography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de Médecine Légale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (2), pp.83-90. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medleg.2014.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03462162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D-MSCT imaging of bullet trajectory in 3D crime scene reconstruction: Two case reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Raul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (6), pp.318-322. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.legalmed.2013.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Original experimental ballistic set-up for mechanical behaviour characterisation of the cranial bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manaf Karkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Haugou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16 (sup1), pp.209-210. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of larder beetles (Coleoptera: Dermestidae) on human cadavers: a review of 81 forensic cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pasquerault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Hedouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 128 (6), pp.1021-1030. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-013-0945-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LumicyanoTM: A new fluorescent cyanoacrylate for a one-step luminescent latent fingermark development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosimo Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Galmiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fifonsi-Gwladys Quenum-Possy-Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thiburce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forensic Science International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 233, pp.104-112. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/jforsciint.2013.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affinités des dents humaines du Portel-Ouest avec les Néandertaliens et les Hommes modernes : Analyse préliminaire de la quatrième prémolaire inférieure par difféomorphisme. In : Becam G. (dir.), Le site moustérien de la grotte du Portel-Ouest (Loubens, Ariège). Complément au 1er rapport intermédiaire de fouille programmée triennale 2023-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Midi-Pyrénées, Toulouse. 2024, pp.32-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoanthropologie : perspectives post-monographiques pour la recherche et la conservation des collections humaines. In : Perrenoud C., Caune de l ’Arago (Tautavel, Pyrénées-Orientales), rapport de fouilles 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1112337, Service Régional de l'Archéologie. 2022, pp.93-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boulogne-sur-Mer (62), Crypte de la basilique Notre-Dame. Rapport de fouille, 5 volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Blamangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Clerget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Créteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2019, pp.1116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances on Acellular Cementum Increments Composition Using Synchrotron X-Radiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuart R. Stock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, 2022, 9781108477086</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Protocol to Identify Parturitions Lines in Acellular Cementum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Debroucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiann El Ayoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Falgayrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Cambridge University Press, pp.234-248, 2022, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108569507.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques endostructurales des couronnes des dents humaines de la grotte du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. de Lumley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes. Des Homo erectus européens évolués en voie de néandertalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.385-410, 2018, 9782271120182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathologie de l’homme du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Antoinette De Lumley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Paquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret. Nice, Alpes-Maritimes, France. Des Homo erectus européens évolués en voie de néandertalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.469-480, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewing's sarcoma in a fourth century AD urban cemetery of northern Gaul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marchandise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Demondion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId266"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="97468E65"/>
+    <w:nsid w:val="75E70D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-colard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2235-6759" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538624v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lauer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116163v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Becam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chevalier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette de Lumley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nw" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343369v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Perrenoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette De Lumley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343331v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116105v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nv" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064678v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116217v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Alcala" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Saos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12318" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez-Onaindia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Debergue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Lucas- Aragay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501686v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vialet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Champalle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146346v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giuffra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Blondiaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Fornaciari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521325v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936134v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demondion" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Niel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643325v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ruffin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Palich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643328v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936101v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146267v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Auslender" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dedryver" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Villena I Mota" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Binet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336746v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Danze" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301957v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savignat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14237" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218301v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bovis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brotons" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Antunes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Philip-Alliez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jormas.2025.102430" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038572v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.70001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218298v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vandeweghe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevimy Agossa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoun Sabri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hom&#8208;lay Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jerd.13480" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990232v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Brozou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Mannino" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn J M van Malderen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12020184" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216930v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103428" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572243v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Bandiera" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanese" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouddane Baghdad" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01657-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922268v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04385948v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Falgayrac" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Vitale" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Delannoy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Behal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.123589" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04062109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lavieille" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11091321" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432646v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Behal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11101542" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455869v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chaussain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Di Carlo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-02462-1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185933v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Doronichev" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102968" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04106195v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pascart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paccou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Norberciak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Girard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.115099" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572242v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Modi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2772" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428093v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450088v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manaf Karkar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delille" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bresson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021951941850046X" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426562v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Garff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Mesli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Jonckheere" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2017.02.005" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426589v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cannet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry H&#233;douin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-017-1699-y" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715280v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bocquet-Appel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie de Broucker" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.02.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507409v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devos" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0167316" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521741v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.09.004" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426024v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel D&#8217;incau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.05.003" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426523v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-016-1509-y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425979v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Aubernon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.legalmed.2016.04.006" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04498428v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Hartnett" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12684" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZRCT2CHC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521977v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.05.001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842661v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425861v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cart" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-015-1172-8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03659108v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drazetic" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1070585" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462162v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2014.04.001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03613687v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Raul" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.legalmed.2013.07.002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2XHLQ3QJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526223v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vincent" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pasquerault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Hedouin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-013-0945-1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03623286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815941" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919009v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Prete" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifonsi-Gwladys Quenum-Possy-Berry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Allain" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiburce" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/jforsciint.2013.07.008" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345244v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343534v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Sourb&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pl" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343304v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469205v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Olejnik" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02520256v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Louis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139267v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lombardo Daniella" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074753v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907999v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982288v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427321v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cr&#233;teur" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506915v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart R. Stock" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218308v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Debroucker" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiann El Ayoubi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.016" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218322v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. de Lumley" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202484v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duplay" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Paquis" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850223v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Binet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchandise" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-colard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2235-6759" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538624v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lauer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116163v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Becam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chevalier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette de Lumley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nw" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343369v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Perrenoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette De Lumley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343331v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116105v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nv" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116217v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Alcala" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Saos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12318" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064678v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13073" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez-Onaindia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Debergue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Lucas- Aragay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501686v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vialet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Champalle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146346v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giuffra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Blondiaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Fornaciari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521325v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643325v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ruffin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Palich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demondion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936134v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Niel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936101v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643328v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146267v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Auslender" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dedryver" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Villena I Mota" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Binet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336746v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Danze" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345244v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343534v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Sourb&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savignat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343304v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469205v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Falgayrac" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Vitale" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Delannoy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Olejnik" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02520256v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Louis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139267v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lombardo Daniella" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074753v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038572v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.70001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218301v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bovis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brotons" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Antunes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Philip-Alliez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jormas.2025.102430" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218298v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vandeweghe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevimy Agossa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoun Sabri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hom&#8208;lay Wang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jerd.13480" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301957v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14237" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990232v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Brozou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Mannino" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn J M van Malderen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12020184" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216930v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103428" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572243v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Bandiera" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanese" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouddane Baghdad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01657-5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922268v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04385948v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Behal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.123589" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04062109v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lavieille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11091321" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432646v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Behal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11101542" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455869v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chaussain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Di Carlo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-02462-1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185933v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Doronichev" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102968" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572242v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Modi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pascart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2772" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428093v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04106195v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paccou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Norberciak" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Girard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.115099" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450088v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manaf Karkar" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delille" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bresson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021951941850046X" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426562v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Garff" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Mesli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Jonckheere" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2017.02.005" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NFXD4THK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426589v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cannet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry H&#233;douin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-017-1699-y" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715280v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bocquet-Appel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie de Broucker" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.02.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507409v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0167316" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521741v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.09.004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426024v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel D&#8217;incau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.05.003" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426523v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-016-1509-y" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425979v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Aubernon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.legalmed.2016.04.006" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWTZJ4MX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521977v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.05.001" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04498428v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Hartnett" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12684" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZRCT2CHC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842661v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425861v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cart" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-015-1172-8" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03659108v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drazetic" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1070585" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462162v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2014.04.001" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03613687v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Raul" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.legalmed.2013.07.002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2XHLQ3QJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03623286v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815941" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526223v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vincent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pasquerault" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Hedouin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-013-0945-1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919009v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Prete" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifonsi-Gwladys Quenum-Possy-Berry" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Allain" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiburce" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/jforsciint.2013.07.008" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907999v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982288v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427321v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cr&#233;teur" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506915v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart R. Stock" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218308v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Debroucker" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiann El Ayoubi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.016" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218322v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. de Lumley" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202484v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duplay" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Paquis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850223v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Binet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchandise" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>