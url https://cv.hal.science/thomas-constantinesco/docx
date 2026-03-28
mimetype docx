--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -2196,209 +2196,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: The Terms of the Political</w:t>
+                <w:t xml:space="preserve">Bodymind Pains and Metabolic Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Édouard Marsoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leviathan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1353/lvn.2024.a944381⟩</w:t>
+              <w:t xml:space="preserve">American Literary History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (4), pp.1089-1099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/alh/ajae115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04822671v1</w:t>
+                <w:t xml:space="preserve">hal-04822660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bodymind Pains and Metabolic Conditions</w:t>
+                <w:t xml:space="preserve">Introduction: The Terms of the Political</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Ludot-Vlasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Marsoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Literary History</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36 (4), pp.1089-1099. </w:t>
+              <w:t xml:space="preserve">Leviathan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (3), pp.3-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/alh/ajae115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1353/lvn.2024.a944381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04822660v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04822671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain after 2020, An Introduction</w:t>
               </w:r>
@@ -2785,183 +2785,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03614099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Afterword: The Pleasures of Literature</w:t>
+                <w:t xml:space="preserve">“I must calculate over again”: Measures of Pain in Melville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, N° 167 (2), pp.99-104. </w:t>
+              <w:t xml:space="preserve">Textual Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfea.167.0099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/0950236X.2021.1941525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05467359v1</w:t>
+                <w:t xml:space="preserve">hal-03255500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“I must calculate over again”: Measures of Pain in Melville</w:t>
+                <w:t xml:space="preserve">Afterword: The Pleasures of Literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textual Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 167 (2), pp.99-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/0950236X.2021.1941525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfea.167.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03255500v1</w:t>
+                <w:t xml:space="preserve">hal-05467359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry James across Borders</w:t>
               </w:r>
@@ -3710,174 +3710,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01378890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgar Allan Poe et les meubles de la philosophie</w:t>
+                <w:t xml:space="preserve">Mimésis et Politique dans Representative Men de R. W. Emerson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135, pp.12-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfea.135.0012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01378887v1</w:t>
+                <w:t xml:space="preserve">hal-01378891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mimésis et Politique dans Representative Men de R. W. Emerson</w:t>
+                <w:t xml:space="preserve">Edgar Allan Poe et les meubles de la philosophie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfea.135.0012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01378891v1</w:t>
+                <w:t xml:space="preserve">hal-01378887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Waldo Emerson, ou le génie de l’imitation</w:t>
               </w:r>
@@ -4224,51 +4224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hildebrandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Marsoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6106,64 +6106,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melville's Political Energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Ludot-Vlasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Marsoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leviathan: A Journal of Melville Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26 (3), 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6973,51 +6973,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7245FDFB"/>
+    <w:nsid w:val="944548DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7204,51 +7204,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-constantinesco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-3474" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140218637" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107061489" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas.constantinesco@sorbonne-universite.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uspain.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/transatlantica/18819" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revues-msh.uca.fr/viatica/index.php?id=1172" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transatlantica.revues.org/7687" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/6370" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sillagescritiques.revues.org/2809" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/alh/ajac123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/ideas/9911" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/transatlantica/13261" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transatlantica.revues.org/7962" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/7226" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/6589" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822671v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constantinesco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ludot-Vlasak" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Marsoin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lvn.2024.a944381" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822660v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alh/ajae115" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Altschuler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00029831-11218858" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008915v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343320v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lurie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.21418" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.18819" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03614099v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alh/ajab099" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467359v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.167.0099" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255500v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2021.1941525" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255487v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931109v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roudeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2019.1665911" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931098v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01650002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378886v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997755v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinesco Thomas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Specq Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513340v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esq.2014.0008" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.141.0056" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378887v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378891v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.135.0012" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378888v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467337v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.118.0030" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467344v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tneq.2008.81.2.218" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467329v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.112.0016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417002v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hildebrandt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03614110v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/writing-pain-in-the-nineteenth-century-united-states-9780192855596?q=constantinesco&amp;amp;lang=en&amp;amp;cc=fr#" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931100v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail-Imbert Agn&#232;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Le Reste" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail Agn&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Monfort" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laniel-Musitelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378474v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100726530" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997502v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Specq (dir.)" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378480v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Specq" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/revue-francaise-d-etudes-americaines-2014-3.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.140.0003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378441v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.ens.fr/collections_21_offshore_ralph-waldo-emerson_978-2-7288-0473-3.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378454v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traisnel Antoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Midan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931153v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/title/537216" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01349494v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Romanticism-and-Philosophy-Thinking-with-Literature/Laniel-Musitelli-Constantinesco/p/book/9781138805507" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01349784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100726530&amp;amp;fa=sommaire" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378889v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/henry-james-and-the-poetics-of-duplicity-14" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419068v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaworski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419062v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419064v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419061v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822689v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693887v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343307v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.21205" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931157v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467316v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Derail" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folliot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Imbert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail-Imbert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419070v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-constantinesco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-3474" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140218637" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107061489" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas.constantinesco@sorbonne-universite.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uspain.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/transatlantica/18819" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revues-msh.uca.fr/viatica/index.php?id=1172" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transatlantica.revues.org/7687" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/6370" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sillagescritiques.revues.org/2809" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/alh/ajac123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/ideas/9911" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/transatlantica/13261" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transatlantica.revues.org/7962" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/7226" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://transatlantica.revues.org/6589" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822660v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constantinesco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alh/ajae115" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822671v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ludot-Vlasak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Marsoin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lvn.2024.a944381" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Altschuler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00029831-11218858" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008915v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343320v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lurie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.21418" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.18819" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03614099v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alh/ajab099" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255500v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2021.1941525" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467359v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.167.0099" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255487v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931109v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roudeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2019.1665911" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931098v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01650002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378886v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997755v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinesco Thomas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Specq Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513340v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esq.2014.0008" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.141.0056" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378891v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.135.0012" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378887v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378888v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467337v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.118.0030" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467344v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tneq.2008.81.2.218" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467329v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.112.0016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417002v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hildebrandt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03614110v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/writing-pain-in-the-nineteenth-century-united-states-9780192855596?q=constantinesco&amp;amp;lang=en&amp;amp;cc=fr#" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931100v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail-Imbert Agn&#232;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Le Reste" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail Agn&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Monfort" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laniel-Musitelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378474v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100726530" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997502v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Specq (dir.)" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378480v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Specq" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/revue-francaise-d-etudes-americaines-2014-3.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.140.0003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378441v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.ens.fr/collections_21_offshore_ralph-waldo-emerson_978-2-7288-0473-3.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378454v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traisnel Antoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Midan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931153v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/title/537216" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01349494v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Romanticism-and-Philosophy-Thinking-with-Literature/Laniel-Musitelli-Constantinesco/p/book/9781138805507" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01349784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100726530&amp;amp;fa=sommaire" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01378889v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/henry-james-and-the-poetics-of-duplicity-14" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419068v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaworski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419062v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419064v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419061v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822689v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693887v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343307v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.21205" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931157v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467316v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Derail" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folliot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Imbert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail-Imbert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419070v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>