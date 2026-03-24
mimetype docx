--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -321,619 +321,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836864v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MR Fingerprinting for Imaging Brain Hemodynamics and Oxygenation</w:t>
+                <w:t xml:space="preserve">Estimating blood oxygen saturation through susceptibility source separation: A new standpoint on quantitative BOLD models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Coudert</w:t>
+                <w:t xml:space="preserve">Lucie Chalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Delphin</w:t>
+                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barrier</w:t>
+                <w:t xml:space="preserve">Vasile Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E L Barbier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Lemasson</w:t>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmri.29812⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0271678X251386228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05408430v1</w:t>
+                <w:t xml:space="preserve">hal-05414912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MR-WAVES: MR Water-diffusion And Vascular Effects Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maitê Silva Martins Marçal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maitê Silva Martins Marçal</w:t>
+                <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Cunge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 94 (5), pp.2234-2248. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mrm.30629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05187172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxometry and contrast‐free cerebral microvascular quantification using balanced steady‐state free precession MR fingerprinting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antoine Barrier</w:t>
+                <w:t xml:space="preserve">MR Fingerprinting for Imaging Brain Hemodynamics and Oxygenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Legris</w:t>
+                <w:t xml:space="preserve">A. Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan M Warnking</w:t>
+                <w:t xml:space="preserve">E L Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrm.30434⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 62 (6), pp.1525-1545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmri.29812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902133v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating blood oxygen saturation through susceptibility source separation: A new standpoint on quantitative BOLD models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Chalet</w:t>
+                <w:t xml:space="preserve">Relaxometry and contrast‐free cerebral microvascular quantification using balanced steady‐state free precession MR fingerprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
+                <w:t xml:space="preserve">Loïc Legris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasile Stupar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Coudert</w:t>
+                <w:t xml:space="preserve">Jan M Warnking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0271678X251386228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrm.30434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414912v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MARVEL: MR Fingerprinting with Additional micRoVascular Estimates using bidirectional LSTMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -993,51 +993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing MR vascular Fingerprinting with realistic microvascular geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Boux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1153,480 +1153,480 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MR-WAVES: MR simulations from 3D realistic microvascular networks in a few seconds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouveaux développements sur l’IRM Fingerprint Vasculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maitê Marçal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Lemasson</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 ISMRM &amp; ISMRT Annual Meeting &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISMRM, May 2025, Honolulu (Hawaï), United States</w:t>
+              <w:t xml:space="preserve">Société Française de Résonance Magnétique en Biologie et Médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Saint Malo, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05074256v1</w:t>
+                <w:t xml:space="preserve">hal-05078193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux développements sur l’IRM Fingerprint Vasculaire</w:t>
+                <w:t xml:space="preserve">Advanced MR vascular Fingerprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maitê Marçal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Barrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Résonance Magnétique en Biologie et Médecine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Honolulu (Hawaii), USA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05078193v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05078184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced MR vascular Fingerprinting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MR-WAVES: MR simulations from 3D realistic microvascular networks in a few seconds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maitê Marçal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 ISMRM &amp; ISMRT Annual Meeting &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISMRM, May 2025, Honolulu (Hawaï), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature11971⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05078184v1</w:t>
+                <w:t xml:space="preserve">hal-05074256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrast-free Blood Volume, Microvascular Properties and Relaxometry mapping using bSSFP MR Fingerprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Legris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Barrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Warnking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1668,51 +1668,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MR Vascular Fingerprinting with 3D realistic blood vessel structures and machine learning to assess oxygenation changes in human volunteers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1806,90 +1806,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for an MR Fingerprinting sequence to measure brain oxygenation without contrast agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan M. Warnking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM 31st Annual Meeting &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, London, United Kingdom</w:t>
@@ -2194,70 +2194,70 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de séquences de type MR Fingerprinting bSSFP pour les mesures T2* et la quantification de l'effet BOLD</w:t>
+                <w:t xml:space="preserve">Réseaux de neurones Deep Learning pour la simulation rapide de signaux IRM pour l'IRM Fingerprinting vasculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan M. Warnking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2269,116 +2269,116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Luc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Christen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFRMBM 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Paris Sorbonne Université, France. </w:t>
+              <w:t xml:space="preserve">IABM 2023 - Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris Institut Curie, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278915v1</w:t>
+                <w:t xml:space="preserve">hal-04278882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux de neurones Deep Learning pour la simulation rapide de signaux IRM pour l'IRM Fingerprinting vasculaire</w:t>
+                <w:t xml:space="preserve">Utilisation de séquences de type MR Fingerprinting bSSFP pour les mesures T2* et la quantification de l'effet BOLD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan M. Warnking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2390,73 +2390,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Luc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Christen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IABM 2023 - Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Paris Institut Curie, France. </w:t>
+              <w:t xml:space="preserve">SFRMBM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris Sorbonne Université, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278882v1</w:t>
+                <w:t xml:space="preserve">hal-04278915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2474,51 +2474,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing MR vascular Fingerprinting through realistic microvascular geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Boux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2526,51 +2526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan M Warnking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2682,51 +2682,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B661A857"/>
+    <w:nsid w:val="9237CC74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2913,51 +2913,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-coudert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-0158-6105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/coudert_t_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836864v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Oudoumanessah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Christen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408430v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delphin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Barbier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29812" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187172v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Silva Martins Mar&#231;al" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Cunge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30629" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M Warnking" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30434" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647024v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72069-7_25" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05395422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M. Warnking" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00377" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074256v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Mar&#231;al" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078193v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078184v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11971" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647825v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Warnking" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133727v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael E Moseley" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Zaharchuk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670697v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505861v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ancelet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadya Pyatigorskaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Nichelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ricard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541089v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Daniela Talba Malla Tchamedeu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lambert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Moyal Cohen-Jonathan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278915v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Luc Barbier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278882v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107446v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-coudert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-0158-6105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/coudert_t_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836864v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Oudoumanessah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Christen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187172v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Silva Martins Mar&#231;al" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Cunge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30629" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408430v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delphin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Barbier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29812" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902133v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legris" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M Warnking" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30434" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647024v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72069-7_25" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05395422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan M. Warnking" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00377" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078193v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#234; Mar&#231;al" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078184v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11971" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074256v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647825v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Warnking" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133727v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael E Moseley" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Zaharchuk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670697v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505861v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ancelet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadya Pyatigorskaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Nichelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ricard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541089v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Daniela Talba Malla Tchamedeu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lambert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Moyal Cohen-Jonathan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278882v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Luc Barbier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278915v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107446v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>