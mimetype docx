--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The plurality of values in sustainable agriculture models: diverse lock-in and coevolution patterns</w:t>
+                <w:t xml:space="preserve">Caractérisation socio-économique des formes d’agriculture durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
@@ -179,106 +179,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sarthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23 (1), 13 p. </w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 363, pp.99-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5751/ES-09881-230121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.5430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622347v1</w:t>
+                <w:t xml:space="preserve">hal-02620900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation socio-économique des formes d’agriculture durable</w:t>
+                <w:t xml:space="preserve">The plurality of values in sustainable agriculture models: diverse lock-in and coevolution patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
@@ -313,106 +313,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sarthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 363, pp.99-120. </w:t>
+              <w:t xml:space="preserve">Ecology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (1), 13 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/economierurale.5430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5751/ES-09881-230121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02620900v1</w:t>
+                <w:t xml:space="preserve">hal-02622347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités de qualification et de gestion des ressources naturelles – Introduction à la deuxième partie du dossier thématique</w:t>
+                <w:t xml:space="preserve">Développement durable et territoires: Introduction à la deuxième partie du dossier thématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
@@ -421,102 +421,93 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 8 (1), 7 p. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2017, 8 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606528v1</w:t>
+                <w:t xml:space="preserve">hal-02620559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement durable et territoires: Introduction à la deuxième partie du dossier thématique</w:t>
+                <w:t xml:space="preserve">Modalités de qualification et de gestion des ressources naturelles – Introduction à la deuxième partie du dossier thématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
@@ -525,69 +516,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 8 (1)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 8 (1), 7 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11648⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620559v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualifier le manque d'eau et gouverner les conflits d'usage : le cas des débits d'objectif d'étiage (DOE) en Adour-Garonne</w:t>
               </w:r>
@@ -658,239 +658,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01551702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy farmers, agricultural experts, and the agroecological transition: a cross-analysis of agricultural and marketing practices in Aveyron</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Objectivation négociée et gestion contestée de l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Therond</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (3), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605677v1</w:t>
+                <w:t xml:space="preserve">hal-01437013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objectivation négociée et gestion contestée de l’environnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dairy farmers, agricultural experts, and the agroecological transition: a cross-analysis of agricultural and marketing practices in Aveyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Ryschawy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Petit</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sarthou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 228, pp.295-300</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01437013v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement durable et territoires</w:t>
               </w:r>
@@ -1010,51 +1010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre J.-P. Sarthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 222, pp.143-148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1168,852 +1168,852 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devenir « acteur de santé » : des limites organisationnelles de la montée en puissance des associations de malades</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Critical Multi-level Governance Issues of Integrated Modelling: An Example of Low-Water Management in the Adour-Garonne Basin (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mazzega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hug March</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sibertin-Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Sociologie Santé - RSS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 519, pp.2515-2526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.09.043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01285285v1</w:t>
+                <w:t xml:space="preserve">hal-01280082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la connaissance des espèces à la gestion des espaces : l’action territorialisée d’un parc national</w:t>
+                <w:t xml:space="preserve">Devenir « acteur de santé » : des limites organisationnelles de la montée en puissance des associations de malades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature, sciences, sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 22, pp.23-32</w:t>
+              <w:t xml:space="preserve">Revue Sociologie Santé - RSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37, pp.215-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03901222v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01285285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la connaissance des espèces à la gestion des espaces : l’action territorialisée d’un parc national</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature, sciences, sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22, pp.23-32</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629692v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical Multi-level Governance Issues of Integrated Modelling: An Example of Low-Water Management in the Adour-Garonne Basin (France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la connaissance des espèces à la gestion des espaces : l’action territorialisée d’un parc national</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 519, pp.2515-2526. </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22 (1), pp.23-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.09.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2014019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01280082v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution de la régulation de la filière pêche dans le contexte européen : externalités économiques et politique publique</w:t>
+                <w:t xml:space="preserve">L’évolution de la régulation de la filière pêche dans le contexte européen : externalités économiques et politique publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 329, pp.3-15</w:t>
+              <w:t xml:space="preserve">, 2012, 239, pp.3-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02641801v1</w:t>
+                <w:t xml:space="preserve">hal-03901213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les difficultés associées à la gestion quantitative de l’eau et à la mise en œuvre de la réforme des volumes prélevables : le cas du bassin Adour-Garonne</w:t>
+                <w:t xml:space="preserve">L'évolution de la régulation de la filière pêche dans le contexte européen : externalités économiques et politique publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2 (2), pp.127-138</w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 329, pp.3-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02646474v1</w:t>
+                <w:t xml:space="preserve">hal-02641801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de la régulation de la filière pêche dans le contexte européen : externalités économiques et politique publique</w:t>
+                <w:t xml:space="preserve">Les difficultés associées à la gestion quantitative de l’eau et à la mise en œuvre de la réforme des volumes prélevables : le cas du bassin Adour-Garonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 239, pp.3-15</w:t>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (2), pp.127-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901213v1</w:t>
+                <w:t xml:space="preserve">hal-02646474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La dynamique de la qualification dans l'ajustement marchand ? Le cas d'une filière ostréicole</w:t>
+                <w:t xml:space="preserve">« Marée », « charcuterie-traiteur ». Le rayon traditionnel en grande surface, lieu d'expérimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dubuisson-Quellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 286-287, pp.44-55</w:t>
+              <w:t xml:space="preserve">Ethnologie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, XXXV (1), pp.93-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901203v1</w:t>
+                <w:t xml:space="preserve">hal-03901176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marée', 'charcuterie-traiteur'.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dubuisson-Quellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnologie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 35 (1), pp.93-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ethn.051.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Marée », « charcuterie-traiteur ». Le rayon traditionnel en grande surface, lieu d'expérimentation</w:t>
+                <w:t xml:space="preserve">La dynamique de la qualification dans l'ajustement marchand ? Le cas d'une filière ostréicole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dubuisson-Quellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologie française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, XXXV (1), pp.93-102</w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 286-287, pp.44-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901176v1</w:t>
+                <w:t xml:space="preserve">hal-03901203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clôture d'un marché, mise en forme des échanges, débordement des acteurs - Le cas de l'informatisation des criées au poisson du Pays Bigouden</w:t>
               </w:r>
@@ -2674,51 +2674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Duru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Lereps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Toulouse, France. 19 p</w:t>
@@ -2866,247 +2866,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the objectification to the water management : a case study in the Camargue region (Rhône delta, France)</w:t>
+                <w:t xml:space="preserve">From the objectification to the water management : a case study in Camargue (Rhône delta, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Environmental politics, public policies and local practices: how to deal with interactions ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque Géode: Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587904v1</w:t>
+                <w:t xml:space="preserve">hal-02808027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the objectification to the water management : a case study in Camargue (Rhône delta, France)</w:t>
+                <w:t xml:space="preserve">From the objectification to the water management : a case study in the Camargue region (Rhône delta, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Géode: Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. 11 p</w:t>
+              <w:t xml:space="preserve"> Environmental politics, public policies and local practices: how to deal with interactions ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02808027v1</w:t>
+                <w:t xml:space="preserve">hal-01587904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal Representation of Water Withdrawal Policies for Integrated Impact Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eunate Mayor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sibertin-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,780 +3385,780 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05092642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Mise en nombre et prise en compte de la nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trouble dans le calcul. Modélisation des rivières et action publique environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Thomas Debril (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l’environnement en France</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.9-23, 2023, EcoPolis, 9782875749079</w:t>
+              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l'environnement en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.223-250, 2023, 978-2-87574-907-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994238v1</w:t>
+                <w:t xml:space="preserve">hal-04724628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prendre la mesure pour prendre des mesures : l’administration des débits des cours d’eau sur le bassin Adour Garonne</w:t>
+                <w:t xml:space="preserve">Introduction. Mise en nombre et prise en compte de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Debril (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une nature comptée - Quantification et régulation de l'environnement en France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, 2023</w:t>
+              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l’environnement en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-23, 2023, EcoPolis, 9782875749079</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05068795v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion. Travail de quantification et quantification au travail</w:t>
+                <w:t xml:space="preserve">Prendre la mesure pour prendre des mesures : l’administration des débits des cours d’eau sur le bassin Adour Garonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...61 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l’environnement en France</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.251-260, 2023, EcoPolis, 9782875749079</w:t>
+              <w:t xml:space="preserve">Une nature comptée - Quantification et régulation de l'environnement en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994247v1</w:t>
+                <w:t xml:space="preserve">hal-05068795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographier les manières de savoir et de gouverner la nature par les nombres</w:t>
+                <w:t xml:space="preserve">Conclusion. Travail de quantification et quantification au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Doré</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Debril (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l'environnement en France</w:t>
+              <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l’environnement en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 41, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.25-59, 2023, 9782875749079</w:t>
+              <w:t xml:space="preserve">, pp.251-260, 2023, EcoPolis, 9782875749079</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613460v1</w:t>
+                <w:t xml:space="preserve">hal-04994247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouble dans le calcul. Modélisation des rivières et action publique environnementale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cartographier les manières de savoir et de gouverner la nature par les nombres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Peter Lang. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Debril (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une nature comptée. Quantification et régulation de l'environnement en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.223-250, 2023, 978-2-87574-907-9</w:t>
+              <w:t xml:space="preserve">, 41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.25-59, 2023, 9782875749079</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724628v1</w:t>
+                <w:t xml:space="preserve">hal-04613460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérer la pénurie d’eau par des indicateurs environnementaux. Une situation de gestion au périmètre négocié</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Les trajectoires négociées de l'infraction environnementale : le cas des usages agricoles de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Debril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gaudin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Rémi Barbier; François-Joseph Daniel; Sara Fernandez; Nathalie Raulet-Croset; Maya Leroy; Laetitia Guerrin-Schneider. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Leenhardt, M. Voltz, O. Barreteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'environnement en mal de gestion. Les apports d'une perspective situationnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.293-312, 2020, 978-2-7574-3028-6</w:t>
+              <w:t xml:space="preserve">L'eau en milieu agricole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quaé, pp.89-101, 2020, 9782759231232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130473v1</w:t>
+                <w:t xml:space="preserve">hal-03900984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trajectoires négociées de l'infraction environnementale : le cas des usages agricoles de l'eau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gérer la pénurie d’eau par des indicateurs environnementaux. Une situation de gestion au périmètre négocié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">D. Leenhardt, M. Voltz, O. Barreteau. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rémi Barbier; François-Joseph Daniel; Sara Fernandez; Nathalie Raulet-Croset; Maya Leroy; Laetitia Guerrin-Schneider. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'eau en milieu agricole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Quaé, pp.89-101, 2020, 9782759231232</w:t>
+              <w:t xml:space="preserve">L'environnement en mal de gestion. Les apports d'une perspective situationnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.293-312, 2020, 978-2-7574-3028-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900984v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-economic Characterisation of Agriculture Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4423,199 +4423,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02807845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions des marchands et qualifications des marchandises : le cas du marché des vins de Bourgogne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sociologie des activités marchandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Barraud de Lagerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">F. Barthélémy. </w:t>
+              <w:t xml:space="preserve">Barthélémy, Fabienne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie de l'action organisée - Nouvelles études de cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck, pp.215-233, 2011</w:t>
+              <w:t xml:space="preserve">Sociologie de l’action organisée : nouvelles études de cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, 2011, 9782804162436</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901392v1</w:t>
+                <w:t xml:space="preserve">hal-01395436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologie des activités marchandes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions des marchands et qualifications des marchandises : le cas du marché des vins de Bourgogne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Barthélémy, Fabienne. </w:t>
+              <w:t xml:space="preserve">F. Barthélémy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie de l’action organisée : nouvelles études de cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck, 2011, 9782804162436</w:t>
+              <w:t xml:space="preserve">Sociologie de l'action organisée - Nouvelles études de cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, pp.215-233, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395436v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marché et la qualité</w:t>
               </w:r>
@@ -4732,51 +4732,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inra. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4794,51 +4794,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des modalités de qualification et de gestion de la ressource en eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5051,51 +5051,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622347v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sarthou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-09881-230121" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620900v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5430" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606528v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620559v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551702v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Debril" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11463" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605677v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437013v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11512" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630483v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637469v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Ryschawy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Sarthou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602063v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01285285v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901222v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629692v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014019" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280082v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mazzega" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hug March" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.09.043" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646474v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901213v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901203v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01477635v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.051.0093" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901176v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Saint Laurent-Kogan  (de)" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01077010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Kogan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901029v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613571v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790454v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785127v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784927v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603692v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587904v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808027v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00968234v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunate Mayor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Panzoli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068770v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092642v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Marty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4075-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994238v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1355462" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068795v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994247v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613460v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130473v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900984v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Aubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=47773" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807845v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/181802.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901392v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395436v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901336v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144124v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144120v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620900v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sarthou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5430" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622347v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-09881-230121" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620559v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606528v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11648" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551702v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Debril" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11463" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437013v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11512" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630483v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637469v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Ryschawy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Sarthou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602063v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280082v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mazzega" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hug March" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.09.043" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01285285v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901222v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629692v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646474v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01477635v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.051.0093" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901203v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Saint Laurent-Kogan  (de)" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01077010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Kogan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901029v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613571v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790454v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785127v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784927v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603692v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808027v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587904v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00968234v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunate Mayor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Panzoli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068770v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092642v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Marty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4075-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724628v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994238v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1355462" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068795v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994247v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613460v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130473v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Aubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=47773" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807845v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/181802.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395436v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901392v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901336v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144124v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144120v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>